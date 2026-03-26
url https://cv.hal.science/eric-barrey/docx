--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,39994 +66,39994 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (195)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (166)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MITOCHONDRIAL DNA IN EQUINE RECURRENT EXERTIONAL RHABDOMYOLYSIS</w:t>
+                <w:t xml:space="preserve">Antisense oligonucleotides targeting the SARS-CoV-2 nucleocapsid gene decrease viral titers in hamsters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Pavlin</w:t>
+                <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lepoder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Ricard</w:t>
+                <w:t xml:space="preserve">Bruno da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th World Mitochondria Scoiety's Annual Meeting</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36 (3), pp.102612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omtn.2025.102612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05460386v1</w:t>
+                <w:t xml:space="preserve">hal-05204337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse croisée de données métabarcoding et métagénomiques sur des microbiotes d'hôtes animaux</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic characterization of equine influenza A subtype H3N8 viruses by long read sequencing and functional analyses of the PB1-F2 virulence factor of A/equine/Paris/1/2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+                <w:t xml:space="preserve">Lena Kleij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Midoux</w:t>
+                <w:t xml:space="preserve">Elise Bruder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Rué</w:t>
+                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Barrey</w:t>
+                <w:t xml:space="preserve">Nathalie Lejal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Nevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FROGSdays 2025</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05397464v1</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-024-01289-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04629360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking predictive models: evaluating parametric, ensemble, and deep learning approaches for animal phenotype prediction from genotypes.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Widespread horse-based mobility arose around 2,200 BCE in Eurasia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Boichard</w:t>
+                <w:t xml:space="preserve">Pablo Librado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyn de Goër de Herve</w:t>
+                <w:t xml:space="preserve">Gaetan Tressières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorelei Chauvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naveed Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AI and biology Symposium</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04510253v1</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 631 (8022), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-024-07597-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Session 5.1 - Presentation of the network Animal Sciences Paris-Saclay</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Early dispersal of domestic horses into the Great Plains and northern Rockies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Timothy Treal Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Librado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mila Hunska Tašunke Icu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlton Shield Chief Gover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Arterberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE-WUR meeting</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04149596v1</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 379 (6639), pp.1316-1323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.adc9691⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04065852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antisense oligonucleotides targeting an oncogenic mitochondrial long non-coding mtRNA to inhibit equine skin tumor cells proliferation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Editorial: Role of mitochondria-associated non-coding RNAs in intracellular communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica A Burzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Leucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Entelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M Hollander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OTS OLIGO MEETING - 19th Annual Meeting</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04510279v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.980674⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antisense oligonucleotides targeting the SARS-CoV-2 genome to inhibit viral replication</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Antisense oligonucleotides targeting ORF1b block replication of severe acute respiratory syndrome coronavirus 2 (SARS-CoV-2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Bourgon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Eléouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OTS- OLIGO MEETING - 19th Annual meeting</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04510229v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.915202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.915202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04065756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of mitochondrial genetic variability on performance of endurance horses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Robert</w:t>
+                <w:t xml:space="preserve">Mining the equine gut metagenome: poorly-characterized taxa associated with cardiovascular fitness in endurance athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Pennarun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Moyec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th annual meeting of the European Federation of Animal Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04650322v1</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, pp.1032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-022-03977-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794437v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using direct long RNA sequencing to explore the whole mitochondrial transcriptome: model of the equine mitochondrial RNA</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Understanding the Holobiont: Crosstalk Between Gut Microbiota and Mitochondria During Long Exercise in Horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lecardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Mitochondria</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04510295v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmolb.2021.656204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03197210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction of the symposium: Non-Coding RNAs in Nuclear-Mitochondrial Crosstalk : Applications for RNA Medicine New Topic 2020. Variety of non-coding RNA imported into and encoded in mitochondria Variety of non-coding RNA imported and encoded in mitochondria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A New Method for Sequencing the Mitochondrial Genome by Using Long Read Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Targeting Mitochondria</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04510303v1</w:t>
+              <w:t xml:space="preserve">Mitochondrial medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Methods in Molecular Biology, 2277, pp.331-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-1270-5_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the effects of the gut microbiota composition and function on horse endurance physiology</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new method for long-read sequencing of animal mitochondrial genomes: application to the identification of equine mitochondrial DNA variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. International Society for Animal Genetics</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02734533v1</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-020-07183-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using direct long RNA sequencing to explore transcriptome and long non-coding RNA in equine muscle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Accelerometers Provide Early Genetic Selection Criteria for Jumping Horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dumont Saint Priest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Danvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBL Advanced Training Centre -The Non-Coding Genome</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02413841v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2020.00448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test de génotypage du caractère frisé chez le cheval Curly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+                <w:t xml:space="preserve">Import of Non-Coding RNAs into Human Mitochondria: A Critical Review and Emerging Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Jeandard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Smirnova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Tarassov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Smirnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Sciences et Innovations Equines</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02733932v1</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (3), pp.286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells8030286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide association studies for performance traits in endurance horses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Núria Mach</w:t>
+                <w:t xml:space="preserve">Tracking Five Millennia of Horse Management with Extensive Ancient Genome Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Hanghøj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naveed Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charleen Gaunitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andaine Seguin-Orlando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th Annual Meeting of the European Federation of Animal Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05493529v1</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 177 (6), pp.1419-1435.e31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2019.03.049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02166928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How gait analysis by accelerometry can improve breeding programs in jumping horses?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mitochondrial ncRNA targeting induces cell cycle arrest and tumor growth inhibition of MDA-MB-231 breast cancer cells through reduction of key cell cycle progression factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliano Bendek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Macarena Briones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Farfán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02737441v1</w:t>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41419-019-1649-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La concordance entre cardiofréquencemètre et ECG holter est bonne pour la fréquence cardiaque mais faible pour l’estimation du contrôle autonome cardiaque à l’effort</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Unraveling the effects of the gut microbiota composition and function on horse endurance physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Plancade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Helbling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Moisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. Journée de la Recherche Equine : "Cheval de précision"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02737870v1</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.9620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-46118-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial genome variability of 205 Arabian endurance horses</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A First Step Toward Unraveling the Energy Metabolism in Endurance Horses: Comparison of Plasma Nuclear Magnetic Resonance Metabolomic Profiles Before and After Different Endurance Race Distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Triba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bouchemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 colloque meetOchondrie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04510288v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmolb.2019.00045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerometry for genetic improvement of gait of jumping horse</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Genotype imputation accuracy in multiple equine breeds from medium- to high-density genotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Chassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Duluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Danvy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th Annual Meeting of the European Federation of Animal Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05493542v1</w:t>
+              <w:t xml:space="preserve">Journal of Animal Breeding and Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 135 (6), pp.420-431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbg.12358⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imputation of high density genotypes from medium density genotypes in various French equine breeds.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding the response to endurance exercise using a systems biology approach: combining blood metabolomics, transcriptomics and miRNomics in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliaxis Ramayo Caldas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Chassier</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Danvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02735449v1</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-017-3571-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mensurations, allures, fonction cardiaque : sur quels critères indirects sélectionner pour optimiser la performance en endurance ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Endurance exercise ability in the horse : A trait with complex polygenic determinism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Blouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Baste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Torquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Journée de la Recherche Equine "Optimiser la performance sportive"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02734063v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2017.00089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imputation of high density genotypes from medium density genotypes in various French equine breeds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Developing a 670k genotyping array to tag similar to 2M SNPs across 24 horse breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert J Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel K Schubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest K Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danika L Bannasch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Duluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">68. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02733734v1</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-017-3943-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does polyribonucleotide nucleotidyltransferase (PNPase) mutation affect the energetic metabolism and the microRNA profile in cell and mitochondria ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integrated mRNA and miRNA expression profiling in blood reveals candidate biomarkers associated with endurance exercise in the horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Plancade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicja Pacholewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme J. Lecardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. World Congress on Targeting Mitochondria</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02733994v1</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.22932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep22932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La métabolomique par RMN : principes et exploration des effets des courses hippiques d’endurance sur le métabolome plasmatique.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Novel equine tissue miRNAs and breed-related miRNA expressed in serum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicja Pacholewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. congrès du GERM (Groupement d’Etudes de Résonance Magnétique)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02736311v1</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-3168-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential expression of microRNAs in synovial fluid as biomarkers of osteochondrosis in equine hock joints</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Mespoulhès-Rivière</w:t>
+                <w:t xml:space="preserve">Relationships between body dimensions, body weight, age, gender, breed and echocardiographic dimensions in young endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. S. Trachsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Giraudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djérène Maso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. D. Hauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. Conference of the International Society for Animal Genetics (ISAG)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01533954v1</w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12917-016-0846-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of exercise intensity on microarn expression in rodent</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Elimination in long-distance endurance rides: insights from the analysis of 7,032 starts in 80 to 160 km competitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Meeting of the Federation of European Physiological Societies and French Physiological Society</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02894252v1</w:t>
+              <w:t xml:space="preserve">Comparative Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (4), pp.157-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/CEP160022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héritabilité de la récupération cardiaque chez le cheval d’endurance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Effects of age, exercise duration, and test conditions on heart rate variability in young endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cottin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Journée de la Recherche Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02742808v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2016.00155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECG, cardiofréquencemètre, échographie cardiaque : des outils complémentaires, redondants ou incompatibles pour l’évaluation des chevaux à l’effort ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Speed and cardiac recovery variables predict the probability of elimination in equine endurance events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. Journées Annuelles de l'Association Vétérinaire Equine Française (AVEF Reims 2016)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02794157v1</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (8), pp.e0137013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0137013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we objectively select a horse for performance: the genEndurance?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Lenoir</w:t>
+                <w:t xml:space="preserve">Energetics of endurance exercise in young horses determined by nuclear magnetic resonance metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux M. Luck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed N. Triba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. S. Trachsel</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadia Bouchemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. journées annuelles AVEF 2016</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02795248v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2015.00198⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial genome variability of 205 Arabian endurance horses</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Diane Esquerre</w:t>
+                <w:t xml:space="preserve">Gait disturbances as specific predictive markers of the first fall onset in elderly people: a two-year prospective observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mignardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th World Congress on Targeting Mitochondria</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01532641v1</w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2014.00022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNAs identification in mouse oocytes, spermatozoids and zygotes: a potential source of inherited early regulation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Protein catabolism and high lipid metabolism associated with long-distance exercise are revealed by plasma NMR metabolomics in endurance horses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed N Triba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique L Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Symposium on Microgenomics 2016</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02741785v1</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (3), pp.e90730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0090730⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00973735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la variabilité de la fréquence cardiaque (VFC) au cours du repos, de l’effort et de la récupération chez des jeunes chevaux d’endurance (4-6 ans)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Next-generation sequencing identifies equine cartilage and subchondral bone miRNAs and suggests their involvement in osteochondrosis physiopathology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Desjardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Laubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Congrès International en Sciences du Sport (STAPS)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02801741v1</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we objectively select a horse for performance: The GenEndurance project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gait analysis using 3D accelerometry in horses sedated with xylazine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.J. López-Sanromán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Holmbak-Petersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Santiago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.A. Gómez de Segura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Veterinary Endurance Conference</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02795247v1</w:t>
+              <w:t xml:space="preserve">Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 193 (1), pp.212-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tvjl.2011.10.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of blood biomarkers in endurance horses by integrating miRNA and mRNA expression profiling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Indirect detection of growth hormone doping [Détection indirecte d'un dopage à l'hormone de croissance]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Dorothy Russel Havemeyer Foundation International Equine Genome Mapping Workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01535370v1</w:t>
+              <w:t xml:space="preserve">Biofutur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 334, pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test d'effort standardisé pour jeunes chevaux d'endurance. Full-text Conference Paper · 4 Nov 2015, Journée AVEF, Paris</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">La mitochondrie : Un nouvel acteur de la régulation par ARN interférence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simonetta S. Bandiera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle M. Ernoult-Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Gidrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra A. Henrion-Caude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles AVEF Paris 2015</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02792385v1</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (1), pp.23-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2012281008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial microARN profiling in Duchenne muscular dystrophy, Limb girdle muscular dystrophy and collagene VI related myopathies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Mamchaoui</w:t>
+                <w:t xml:space="preserve">Transcriptome analysis of muscle in horses suffering from recurrent exertional rhabdomyolysis revealed energetic pathway alterations and disruption in the cytosolic calcium regulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jayr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gospodnetic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Workshop Modern DNA concepts and tools for safe gene transfer and modification</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02738918v1</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 43 (3), pp.271-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2011.02246.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00973744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation génétique des myopathies d’exercice</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Détection indirecte d'un dopage à l'hormone de croissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journée Européenne de l'AVEF (AVEF Roissy 2015) : "Le muscle du cheval, quoi de neuf ?"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02738886v1</w:t>
+              <w:t xml:space="preserve">Biofutur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (334), pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profiling of microRNAs coded by mitochondrion in different equine tissues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marco Moroldo</w:t>
+                <w:t xml:space="preserve">Skeletal muscle alterations and exercise performance decrease in erythropoietin-deficient mice: a comparative study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mille-Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Bonnamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. International Society for Animal Genetics Conference</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01193884v1</w:t>
+              <w:t xml:space="preserve">BMC Medical Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (1), pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1755-8794-5-29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00742677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of the metabolomic profile induced by chronic growth hormone administration in a doping model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Longitudinal Ambulatory Measurements of Gait Abnormality in Dystrophin-Deficient Dogs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Uriarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Le Chevoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02738917v1</w:t>
+              <w:t xml:space="preserve">BMC Musculoskeletal Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (1), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2474-12-75⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00596534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR metabolomics in young endurance horses</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Pre-microRNA and Mature microRNA in Human Mitochondria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Gidrol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02742373v1</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (5), pp.e20220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020220⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00598509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between body dimension, body weight, age, gender, breed and echocardiographic dimensions in young endurance horses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Review: Genetics and genomics in equine exercise physiology: an overview of the new applications of molecular biology as positive and negative markers of performance and health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Congress of the European College of Equine Internal Medicine</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02740621v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42 (s38), pp.561-568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2042-3306.2010.00299.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic component of endurance ability</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Oxygen consumption and gait variables of Arabian endurance horses measured during a field exercise test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Goachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Julliand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Stawinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02740375v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42 (s38), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2042-3306.2010.00184.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de QTL associés à la performance en course d'endurance et à la conformation chez le cheval Arabe</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">Muscular microRNA expressions in healthy and myopathic horses suffering from polysaccharide storage myopathy or recurrent exertional rhabdomyolysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. J. Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Colloque Agenae, Génétique et Génomique Animale</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02796507v1</w:t>
+              <w:t xml:space="preserve">Equine veterinary journal. Supplement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42 (38), pp.303-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2042-3306.2010.00267.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00973757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a 90-km endurance race on resistance to oxidation and inflammation levels in 6-year old horses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Microarray analysis after strenuous exercise in peripheral blood mononuclear cells of endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Capomaccio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Cappelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Felicetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Silvestrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02740545v1</w:t>
+              <w:t xml:space="preserve">Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 41, pp.166-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2052.2010.02129.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a custom equine microRNA expression microarray using RNAseq data analysis of various equine tissues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gait analysis using accelerometry in dystrophin-deficient dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marco Moroldo</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Laurent Thibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Uriarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Voit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agilent 1. European Animal and Plant Symposium</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02801791v1</w:t>
+              <w:t xml:space="preserve">Neuromuscular Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (11), pp.788-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nmd.2009.07.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La morphologie du cheval d'endurance explique une faible part de la performance en course</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of analyses of respiratory gases made with the K4b2 portable and Quark laboratory analysers in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Leprêtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Giovagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pagliei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. Journée de la Recherche Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02744055v1</w:t>
+              <w:t xml:space="preserve">Veterinary Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 165 (1), pp.22-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/vetrec.165.1.22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Putative RNA interference by early miRNA expression in mouse eggs activated in two standard culture media</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gene expression profiling in equine polysaccharide storage myopathy revealed inflammation, glycogenesis inhibition, hypoxia and mitochondrial dysfunctions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jeansoule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Guigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. World Congress on Targeting Mitochondria</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02741347v1</w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (1), pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1746-6148-5-29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00663617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardized exercise test in young endurance horses</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effets de la position du cavalier sur la locomotion du cheval d'endurance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02740289v1</w:t>
+              <w:t xml:space="preserve">Endurance Equestre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Juin 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la marche en simple et double tâche : identification de sous groupes pour une rééducation cognitivo-motrice optimisée de la marche instable chez le senior</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effect of repeated exercise and recovery on heart rate variability in elite trotting horses during high intensity interval training.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. Congrès de Médecine Physique et de Réadaptation (SOFMER 2013)</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02750377v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, suppl. ,) (36), pp.43-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNAs identification and pattern expression in equine skeletal muscles, heart and liver determined by RNA deep sequencing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gene expression profiling in blood cells of endurance horses completing competition or disqualified due to metabolic disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Robert Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Gidrol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Equine Genome Mapping Workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02745732v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 38 (s36), pp.43-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2042-3306.2006.tb05511.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNA identification and pattern expression in equine skeletal muscles, heart and liver determined by small RNA deep sequencing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'analyse biomécanique de la marche pour l'évaluation de la fonction chez le patient gonarthrosique et coxarthrosique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNA metabolism, Cancer, Development &amp; Diseases</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02749997v1</w:t>
+              <w:t xml:space="preserve">Lettre de l'Observatoire du Mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, n° 19, pp.5-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of quantitative trait linkage between SNPs and endurance racing performances and conformation traits in Arabian horses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Mata</w:t>
+                <w:t xml:space="preserve">Gene expression profiling in equine muscle tissues using mouse cDNA microarrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jayr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Gidrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Equine Genome Mapping Workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02748129v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 38 (s36), pp.359-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.2042-3306.2006.tb05569.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréquence cardiaque, temps de récupération cardiaque et vitesse : des critères très pertinents lors de l'examen d'un cheval d'endurance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gait disorders in patients with fibromyalgia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bileckot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles AVEF 2013</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02746708v1</w:t>
+              <w:t xml:space="preserve">Joint Bone Spine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73, pp.543-546</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi sportif, inflammatoire et oxydatif chez le cheval d’endurance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effect of repeated exercise and recovery on heart rate variability in elite trotting horses during high intensity interval training.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">T. Patrice</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Conférence Cheval Athlète, Stress Oxydant et Inflammation 2013</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02745355v1</w:t>
+              <w:t xml:space="preserve">Equine veterinary journal. Supplement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 36, pp.204-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00306417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y-a-t-il une relation entre la vitesse, la récupération cardiaque et le risque d'élimination en course d'endurance de longue distance (80 à 160 km) ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of fatigue on stride pattern continuously measured by an accelerometric gait recorder in middle distance runners.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39. Journée de la Recherche Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02749620v1</w:t>
+              <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 46, pp.227-231</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait instability measured by dual task gait test and leukoaraiosis.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Relations entre la consommation d'oxygène et des mesures accélérométriques en course à pied sur piste.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.P. Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.F. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-01159380v1</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 20, pp.91-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-microRNA and mature microRNA in human mitochondria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gait disorders in Fibromyalgia patient using an accelerometric device.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.F. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bileckot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. World Congress on Targeting Mitochondria</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02746008v1</w:t>
+              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 64 (Suppl. 3), pp.341</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of mitochondrial genetic polymorphism on aerobic capacity and athletic performances in Arabian horses competing in endurance racing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Cadence des pas et maladie de Parkinson, identification de sous-groupes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.F. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Séminaire des thésards du Département de Génétique Animale</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02804088v1</w:t>
+              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 48, pp.439</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac echographic evaluation of equine elite athletes pre and post endurance race</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Relationships between biomechanical variables and race performance in French Standardbred trotters.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cotrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 ACVIM Forum</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01004734v1</w:t>
+              <w:t xml:space="preserve">Livestock Production Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 92, pp.39-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-ride gait variables and risk for elimination in endurance rides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The trot characteristics during the first years of dressage training.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Conference on Equine and Canine Locomotion (ICEL 7)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02745066v1</w:t>
+              <w:t xml:space="preserve">Pferdeheilkunde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 20, pp.135-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mensurations et niveau de qualification des chevaux d'endurance de race Arabe et croisé Arabe inclus dans le projet GenEndurance 2011</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reproducibility of a locomotor test for trotter horses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bariller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cotrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Journée de la Recherche Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01000834v1</w:t>
+              <w:t xml:space="preserve">Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 168, pp.160-166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNA candidates as genomic biomarkers of growth hormone administration in a doping model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Relationship between stride characteristics and scores in dressage tests.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. EMBO Meeting Advancing the Life Sciences</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01019840v1</w:t>
+              <w:t xml:space="preserve">Pferdeheilkunde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 20, pp.140-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'un traitement à base de GH exogène sur la croissance folliculaire de la jument, en fonction de son état nutritionnel</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesure de la locomotion par une méthode accélérométrique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Journée de la Recherche Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01189526v1</w:t>
+              <w:t xml:space="preserve">Lettre de l'Observatoire du Mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 11 (avril 2004), pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a growth hormone treatment on follicular growth in well-fed or feed-restricted mares</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effect of age on locomotion of standardbred trotters in training.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cotrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Equine Reproduction (ISER 2010)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01193552v1</w:t>
+              <w:t xml:space="preserve">Equine and Comparative Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 1, pp.107-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscular transcriptomic analysis in horses suffering from recurrent exertional rhabdomyolysis revealed energetic pathway alterations and disruption in the cytoplasmic calcium regulation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gait analysis in coxarthrosis using an accelerometric device.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.F. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAG.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02811946v1</w:t>
+              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 63 (Suppl. 1), pp.365-366</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can genetics help to find the horse : positive and negative markers of performance and health</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Locometrix : pour une mesure ambulatoire quantifiée de la qualité de la marche.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CESMAS 2010 - Conference on Equine Sports Medicine And Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02751155v1</w:t>
+              <w:t xml:space="preserve">Lettre de l'Observatoire du Mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 11 (avril 2004), pp.8-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen consumption, gait variables and running economy of Arabian endurance horses measured during a field exercise test.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Etude des facteurs locomoteurs et morphologiques de la performance du cheval d'endurance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEEP</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02813041v1</w:t>
+              <w:t xml:space="preserve">Infor Marechalerie - Der Huf - The Farriers Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, n° 104, pp.22-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionnal genomics and histological analysis of the metabolic disorders in Cob Normand draught horses suffering from polysaccharide storage myopathy.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of gait disorders in Parkinson's disease assessed with an accelerometer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Havemeyer foundation, International Equine Genome Mapping Workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02821692v1</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 159, pp.786-789</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a human mitochondrial DNA tiling microarray for functional genomics.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Bonnamy</w:t>
+                <w:t xml:space="preserve">Gait abnormalities in elderly fallers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès, 10ème Anniversaire du Genopole : Le gène</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02814301v1</w:t>
+              <w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 11, pp.40-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonarthrose : une nouvelle approche biomécanique ambulatoire.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Analyse ambulatoire de la foulée du marcheur athlétique ; intérêt et limite pour l'aide à la conduite de l'entrainement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chaleil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFMER, 23-25 octbre 2008</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02817918v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 30 (juillet 2000), pp.72-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'interaction biomécanique cavalier-cheval par la mesure des accélérations à l'aide du système Equimetrix.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Couplage de la ventilation respiratoire avec la locomotion du cheval de course.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. d'Orsetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XII Colloque de l'Ecole nationale d'Equitation, 14 juin 2008</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02754324v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 30 (juillet 2000), pp.32-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a human mitochondrial DNA tiling microarray for functional genomics.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of trotter gait on the track by accelerometry and image analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gloria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Mitochondrial Physiology and Pathology, IUBMB Symposium S1/2008</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02756368v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of gait quality in dystrophin-deficient dogs using accelerometry.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of gait transitions in dressage horses using wavelet analysis of dorsoventral acceleration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Congress of Myology, May 26-30</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02821006v1</w:t>
+              <w:t xml:space="preserve">Pferdeheilkunde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 18, pp.343-350</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait analysis of muscular patients using accelerometry.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chute de la personne âgée : de la nécessité d'un travail en réseau.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Congress of Myology, May 26-30</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02814183v1</w:t>
+              <w:t xml:space="preserve">Revue Médicale de l'Assurance Maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 33, pp.183-191</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractéristiques biomécaniques de la marche de confort et de la marche rapide chez le patient obèse.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The effect of reins on kinetic variables of locomotion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Couve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFMER 2007, 4-6 Octobre</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02816418v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hauts talons et gonarthrose : une nouvelle approche biomécanique.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Reference data for normal subjects obtained with an accelerometric device.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Rhumatologie.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02819957v1</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 16, pp.124-134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early criteria for selection of jumping ability.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Runner's stride analysis: comparison of kinematic and kinetic analyses under field conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gloria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57th EAAP Meeting</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02816363v1</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 17, pp.92-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of repeated exercise and recovery on heart rate variability in elite trotting horses during high intensity interval training.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Early evaluation of dressage ability in different breeds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02816577v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiling in equine muscle tissues using mouse cDNA microarrays.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Locométrix : une méthode d'analyse biomécanique ambulatoire de la course à pied.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02823499v1</w:t>
+              <w:t xml:space="preserve">Cinésiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiling in blood cells of endurance horses completing competition or disqualified due to metabolic disorder.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessment of gait irregularities in the horse: eye vs. gait analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Weishaupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Wiestner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.P. Hogg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02822895v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early criteria for the selection of jumping horses.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Locomotion evaluation for racing in Thoroughbreds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.E. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.L. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.A. Curtis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02752587v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la ferrure et de la piste sur la biomécanique du pied pour la prévention des boiteries.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Heritabilities and genetic and phenotypic parameters for gluteus medius muscle fibre type composition, fibre size and capillaries in purebred Spanish horses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L.L. Rivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès de Médecine et Chirurgie Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02830252v1</w:t>
+              <w:t xml:space="preserve">Livestock Production Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 72, pp.233-241</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression profiling in blood cell of exercising horse using mouse and human cDNA microarrays.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of myosin heavy chains at the protein level in horse skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Luis L. Rivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio L. Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Xavier Gidrol</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Equine Gene Mapping Workshop, County Kildare</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02831792v1</w:t>
+              <w:t xml:space="preserve">Journal of Muscle Research and Cell Motility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 20 (2), pp.211-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1005461214800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse et biomécanique des allures du cheval athlète.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Systèmes d'analyse de la locomotion chez l'homme et le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès de Médecine et Chirurgie Equine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834105v1</w:t>
+              <w:t xml:space="preserve">European Farriers Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 77, pp.42-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02684770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait regularity: measurement and significance.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Methods, applications and limitations of gait analysis in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of the XVIIth Conference on Postural and Gait Research, Gait &amp; Posture</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834001v1</w:t>
+              <w:t xml:space="preserve">Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 157, pp.07-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of genetics in equine exercise physiology.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comparison of exercise tests in French trotters under training track, racetrack and treadmill conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rosé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Annual Congress, European College of Sport Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02759641v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 30, pp.528-532</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02693189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait analysis in coxarthrosis using an accelerometric device.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Comparaison entre athlètes humains et équins à propos des modifications de la foulée entre la vitesse au seuil lactique et la vitesse maximale atteinte lors d'une épreuve triangulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Courreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Slawinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ponsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Congress of Rheumatology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02831490v1</w:t>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 50, pp.07-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs locomoteurs de performance chez le cheval trotteur.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse de la marche humaine dans la pratique hospitalière par une méthode accélérométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02832523v1</w:t>
+              <w:t xml:space="preserve">Revue du Rhumatisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 66 (7-9), pp.447-457</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparative des systèmes Locometrix.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantification ambulatoire des claudications humaines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deguillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02829070v1</w:t>
+              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 41, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02691091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen consumption measured in Arabians tested in a field endurance exercise test</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Mesurer la locomotion et la conformation pour sélectionner les jeunes chevaux de dressage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Session H2: Exercise physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02829038v1</w:t>
+              <w:t xml:space="preserve">Equ'idée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 31, pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profil locomoteur du cheval d'endurance.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Locomotion et détection précoce des meilleurs chevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.L. Cochet</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02833317v1</w:t>
+              <w:t xml:space="preserve">INRA Mensuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 95, pp.25-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02684783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des caractéristiques de la foulée du cheval trotteur avec l'âge et l'entraînement.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantification de la marche humaine par une méthode accélérométrique : application à des sujets témoins, coxarthrosiques et gonarthrosiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02830204v1</w:t>
+              <w:t xml:space="preserve">Revue du Rhumatisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 1998, pp.816</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between locomotor test and racing performances in Standardbreds.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comparison of exercise tests on different tracks and on an uninclined treadmill in french trotters.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.J. Rose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02833401v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Suppl, pp.1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritabilities of locomotor and physiological traits related to the athletic performance.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Mesurer la locomotion et la conformation pour sélectionner les jeunes chevaux de dressage : moyens techniques pour améliorer les concours de modèles et allures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Session H2: Exercise physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02829484v1</w:t>
+              <w:t xml:space="preserve">Echos de France Dressage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, n° 6, pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of locomotion and conformation in the endurance horse.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse de la composition en chaînes lourdes de myosine chez le cheval : application à la sélection du cheval de course</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02830826v1</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 11 (2), pp.160-163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures ambulatoires de la ventilation et de la consommation d'oxygène chez le cheval d'endurance.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Slawinski</w:t>
+                <w:t xml:space="preserve">Caractérisation des différents types de fibres musculaires dans plusieurs espèces : production et utilisation d'anticorps monoclonaux dirigés contre les chaînes lourdes de myosine rapide IIa et IIb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Inra Groupe Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. Biocytex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis L. Lefaucheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Fauconneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02832298v1</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 11 (2), pp.145-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.1998.11.2.3926⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02696314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse quantifiée de la marche humaine par une méthode cinétique, effets de l'âge.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variations d'allure au trot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Collet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIèmes Journées Annuelles de Gérontologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02828710v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 7 (29), pp.4-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02692071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Runner's stride variations during an exhausting running test at VO2max, under field conditions.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Qualité des fibres musculaires et performances sportives chez le cheval anglo-arabe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Annual Congress of the European College of Sport Science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02761663v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 7 (29), pp.56-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Runner's stride analysis under field conditions.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Un nouvel examen complémentaire des boiteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX International Symposium on Biomechanics in Sports, San Francisco</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02762166v1</w:t>
+              <w:t xml:space="preserve">EquiNews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 3, 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02689124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritabilities of gait characteristics: application for breeding in dressage.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantification de la marche humaine par une méthode accélérométrique : Etude de reproductibilité à court terme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Equine Sports Medicine and Science 2002, The Elite Dressage and Three-Day-Event horse</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02763545v1</w:t>
+              <w:t xml:space="preserve">Revue du Rhumatisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 11, pp.821</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse biomécanique ambulatoire de la course de l'homme par une méthode accéléromètrique : bilan et perspectives.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Technique d'appel du cheval de saut d'obstacles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Congrès National de la Société Française de Médecine du Sport</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02832030v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 7 (29), pp.12-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02686792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locomotion of dressage horses.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantification des boiteries chez l'homme par une méthode ambulatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Biau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Equine Sports Medicine and Science 2002, The Elite Dressage and Three-Day-Event horse</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02762171v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 7 (29), pp.36-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures du modèle, des allures et du saut des étalons nationaux par la méthode Equimétrix.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Locomotion de l'athlète humain de demi-fond et du trotteur à la vitesse correspondant au seuil lactique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Slawinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ponsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27èmes Journées de la Recherche équine, Les Haras Nationaux</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02764272v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 7 (29), pp.16-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations entre la consommation d'oxygène et différents paramètres accéléromètriques à la course sur tapis roulant.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of the equine jumping technique by accelerometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IXème Congrès International des Chercheurs en Activités Physiques et Sportives</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02832720v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 23 (Suppl), pp.45-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs de variation du prix d'achat des chevaux de trois ans achetés par l'état.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Application of wavelet analysis for studing complex motions in atheltic horse locomotion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27ème Journée d'Etude, Les Haras Nationaux</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02763491v1</w:t>
+              <w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, suppl, pp.176</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chute de la personne âgée : bilan et perspectives.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Components of the total kinetic moment in jumping horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès National des Observatoires Régionaux de la Santé, La santé des années 2000</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02828311v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 23 (suppl.), pp.41-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02693882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse biomécanique de la course à pied par la méthode Locometrix.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Lameness detection using an accelerometric device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desbrosse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IIèmes Journées Internationales des Sciences du Sport</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02833727v1</w:t>
+              <w:t xml:space="preserve">Pferdeheilkunde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 12 (4), pp.617-622</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du modèle, des allures et de l'aptitude à l'obstacle des étalons nationaux à partir de la méthode Equimétrix.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Fluctuations de la fréquence cardiaque chez le cheval au repos : (2) facteurs de variation biologique liés au profil comportemental (émotivité)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Techniques Nationales, Haras National de Rodez</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02762449v1</w:t>
+              <w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 318 (8), pp.867-872</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of a 12 week treadmill training programme on locomotory variables.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Kinematics of blood lactate concentration during an incremental treadmill test in saddle horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02771562v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 18 (suppl), pp.435-438</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02707257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to breed for elite show jumper ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Enzyme-linked immunosorbent assay for myosin heavy chains in the horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Geay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Equine Sports Medicine and Science 2000, The Elite Show Jumper</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02768959v1</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 35 (6), pp.619-628</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00899807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures du modèle et des allures chez les jeunes chevaux destinés au dressage : comparaison des races françaises, allemandes et espagnoles.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Slow myosin heavy chain content of muscles measured by ELISA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème Journées de la Recherche équine, Les Haras Nationaux</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02769818v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 18 (suppl), pp.248-251</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02707127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of gait irregularities in the horse: eye versus gait analysis.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Complémentarité des tests locomoteurs et des tests d'effort pour évaluer le potentiel de performance du trotteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02765378v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (27), pp.8-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02709575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locomotion evaluation for racing in Thoroughbreds.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Fluctuations de la fréquence cardiaque chez le cheval au repos : (1) investigation de la dynamique cardiaque par l'analyse spectrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D.R. Rose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02771295v1</w:t>
+              <w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 18 (8), pp.859-865</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02713173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics gait transitions in dressage horses using wavelet analysis.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Gait evaluation of race trotters using an accelerometric device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Barrey</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02769388v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 18 (suppl), pp.156-160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02713286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritability of percentage of fast myosin heavy chains in skeletal muscles and relationship with performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence du cavalier sur le geste du cheval à l'obstacle à partir d'une étude cinématique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02769430v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (27), pp.4-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02715889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new type of early performance test: gait and conformation measurements in 3 years old horses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Exploration de la typologie musculaire chez le cheval par une méthode ELISA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50. Annual Meeting of the European Association for Animal Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02768572v1</w:t>
+              <w:t xml:space="preserve">Spécialiste de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 69, pp.195-197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02707702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardisation of muscular biopsy of gluteus medius in French trotters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId312" w:history="1">
+                <w:t xml:space="preserve">Enzyme-linked immunosorbent assay for myosin heavy chains in the horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Auvinet</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Geay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02770589v1</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 35 (6), pp.619-628</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La locomotion du cheval au galop</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Les composantes de l'engagement du cheval à l'obstacle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Congrès Maréchaux et Vétérinaires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02768889v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (25), pp.4-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02715244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveau test d'aptitude des jeunes chevaux : évaluation des allures et de la conformation chez les chevaux de 3 ans destinés au dressage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">De l'usure des déferrés ...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France Dressage. Grande Semaine de l'Elevage</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02769752v1</w:t>
+              <w:t xml:space="preserve">Paris Turf. Sport complet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, pp.28/01/95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sistemi di ferratura ammortizzanti.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Caractéristiques de foulées de l'abord, de l'appel et du saut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Convegno Internazionale di Mascalcia e Podologia</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02839313v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (26), pp.16-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02712546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerometry for lameness quantification and jumping ability evaluation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Aptitudes du cheval de concours hippique et de course au trot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tagung und Kurse über Ganganalyse für Lahmheits- und Leistungsdiagnostik beim Pferd</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02839422v1</w:t>
+              <w:t xml:space="preserve">Spécialiste de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 69, pp.190-193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02713871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of exercise tests on different tracks and on an uninclined treadmill in french trotters.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Bilan de 728 tests d'effort pour les trotteurs à l'entrainement. Facteurs de variation, composantes héréditaires, liaisons avec les performances en course</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R.J. Rose</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Poirel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth International Conference on Equine Exercise Physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02838547v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (27), pp.32-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02715376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait analysis for lameness quantification.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyses des allures chez le cheval de dressage : Exemples et perspectives d'applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tagung und Kurse über Ganganalyse für Lahmheits- und Leistungsdiagnostik beim Pferd</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02837595v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (28), pp.14-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic component of exercise test parameters in french trotters : first estimation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Pas de piste, pas de cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th World Congress on Genetics Applied to Livestock Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02770778v1</w:t>
+              <w:t xml:space="preserve">Cheval Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 279, pp.79-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test locomoteur ambulatoire pour marcheurs athlétiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse du mouvement du cavalier à l'obstacle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Chaleil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. Congrès de la Société Française de Médecine du Sport</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02771684v1</w:t>
+              <w:t xml:space="preserve">Spécialiste de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 69, pp.163-171</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02716108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concours de modèles et allures : analyse cinématique.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Utilization of an accelometric device in equine gait analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hermelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Vaudelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Techniques Nationales</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02836586v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 17, pp.7-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02702710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait analysis for performance diagnosis of racehorses.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Propriétés contractiles des fibres musculaires et performance physique chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tagung und Kurse über Ganganalyse für Lahmheits- und Leistungsdiagnostik beim Pferd</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834621v1</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 7 (1), pp.41-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02712990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de la marche humaine par une méthode accélérométrique : application à des sujets témoins, coxarthrosiques et gonarthrosiques.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Propriétés contractiles des fibres musculaires et performance physique chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIème Congrès Français de Rhumatologie.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834378v1</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 7 (1), pp.41-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00896075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification ambulatoire des claudications humaines.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence of the level of competition, breed, sex, and genetic factors on stride kinematics of show jumping horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Chaleil</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIème Congrès national de la SOFEMERR</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834872v1</w:t>
+              <w:t xml:space="preserve">Equine Athlete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 7 (1), pp.14-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02711987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification des boiteries chez le cheval et l'homme par une méthode ambulatoire.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Une technique de quantification de la régularité et de la symétrie des allures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02838197v1</w:t>
+              <w:t xml:space="preserve">European Farriers Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 51, pp.49-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02702930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typage musculaire par titrage immuno-enzymatique ELISA avec anticorps monoclonaux dirigés contre les chaînes lourdes de myosine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Relation entre les phénomènes biomécaniques et la pathologie ostéoarticulaire chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société de Physiologie. Groupe "Exercice musculaire"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02768611v1</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 8, pp.49-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparative énergétique et cinétique de la course chez l'homme et le trotteur.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Stride characteristics of overground versus treadmill locomotion in the saddle horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02839356v1</w:t>
+              <w:t xml:space="preserve">Acta Anatomica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 146, pp.90-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02708652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification de la marche humaine par une méthode accélérométrique : Etude de reproductibilité à court terme</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Modélisation de la dépense énergétique du trotteur à l'entrainement et en course</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Congrès français de rhumatologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834504v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 5 (19), pp.16-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02712821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation entre la composition en myosine du muscle gluteus medius et les performances sportives chez le cheval Anglo-Arabe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Exercise tests in saddle horses. 1 : comparison of step tests on a track and an inclined treadmill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société de physiologie. Groupe "Exercice musculaire"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02765511v1</w:t>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 13 (7), pp.417-421</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02703447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification des boiteries chez l'homme par une méthode accélérométrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Determination of the optimal treadmill slope for reproducing the same cardiac response in saddle horses as overground exercise conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Chaleil</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Congrès français de rhumatologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02836054v1</w:t>
+              <w:t xml:space="preserve">Veterinary Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 133, pp.183-185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02703648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison du dosage des chaînes lourdes de myosine par électrophorèse et par une technique immunoenzymatique ELISA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId312" w:history="1">
+                <w:t xml:space="preserve">Comparison of equine locomotion and energy expenditure during incremental exercise test in overground versus treadmill conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Barrey</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société de Physiologie. Groupe "Exercice musculaire"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02766547v1</w:t>
+              <w:t xml:space="preserve">ARCHIVES INTERNATIONALES DE PHYSIOLOGIE DE Biochimie ET DE BIOPHYSIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 101 (5), pp.C99-C100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des allules du cheval de dressage.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Exercise-related parameters of horses competing in show jumping events ranging from a regional to an international level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834845v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 42, pp.89-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02708708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système expert de prédiction de la performance chez le trotteur : aide la sélection précoce.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Cadence et amplitude des foulées : significations et particularités de ces deux composantes de l'allure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Couroucé</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Francqueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02839374v1</w:t>
+              <w:t xml:space="preserve">Equitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 5, pp.51-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relation entre l'aptitude du cheval de C.S.O. et les caractéristiques de la foulée d'appel.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comparison of the damping effect of different shoeing by the measurement of hoof acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Biau</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Brochet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02840854v1</w:t>
+              <w:t xml:space="preserve">Acta Anatomica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 146, pp.109-113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02707485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritability of fast myosin heavy chain percentage of locomotor muscle in horses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Typologie musculaire et aptitude à l'exercice physique chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Annual meeting of the European Association for Animal Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02765645v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 5 (18), pp.3-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the equine jumping technique by accelerometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Exercise tests in saddle horses. 2 : the kinetics of blood lactate during constant exercise tests on a treadmill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International workshop on animal locomotion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02839299v1</w:t>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 13 (8), pp.465-468</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02709799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between the fast myosin heavy chain percentage of the gluteus medius muscle and the competitive performance in horses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Exercise-related parameters of horses competing in show jumping events ranging from a regional to an international level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Annual Meeting of the European Association for Animal Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02764986v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 42 (1), pp.89-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00888867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic component of exercise test parameters in French trotters : first estimation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Simulation des depenses energetiques chez le cheval en competition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. conference on equine sports medicine and science</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02770064v1</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 8, pp.109-115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of wavelet analysis for studing complex motions in atheltic horse locomotion.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comparison of heart rate, blood lactate, and stride length and frequency during incremental exercise tests in overground vs. treadmill conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Medical Physics and Biomedical Engineering</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02835376v1</w:t>
+              <w:t xml:space="preserve">Equine Athlete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 6 (1), pp.14-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02699826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typologie musculaire et performance sportive chez le cheval anglo-arabe.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse cinematique du saut chez le cheval de concours hippique : influence du niveau d'epreuve, de l'age, du sexe, de la race et de l'origine paternelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02840707v1</w:t>
+              <w:t xml:space="preserve">Recueil de Médecine Vétérinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 169 (1), pp.37-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02706989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of exercise and training on locomotory variables and the practical application of their determination in horse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse de la foulée du trotteur par une ceinture accélérométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Annual meeting of the European Association for Animal Production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02766036v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 5 (19), pp.35-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02716095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Components of the total kinetic moment in jumping horses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
+                <w:t xml:space="preserve">Comparison of track and treadmill exercice tests in saddle horses: a preliminary report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Barrey</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International workshop on animal locomotion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02834506v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 41, pp.129-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02706159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproducibility of a gait analysis test for quantifying human claudication</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Les objectifs et les critères de sélection. Evaluation de l'aptitude sportive chez le cheval : application à la définition de critères précoces de sélection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. International conference on medical and biological engineering</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02768938v1</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 1992, pp.167-173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02701358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardisation of the sampling depth of gluteus medius in horse using echography measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comment le cheval prend-t-il son appel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02768702v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 4 (16), pp.18-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02706857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of gait asymmetry in lame horses using an accelerometric device</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Caracteristiques de l'effort du cheval de concours hippique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Desbrosse</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02767296v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 4 (16), pp.3-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives d'analyse de la locomotion du cheval de dressage par l'accélérométrie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Comparison of track and treadmill exercise tests in saddle horses: a preliminary report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Galloux</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02770219v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 41 (2), pp.129-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00888827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Components of the total kinetic moment in jumping horses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Evaluation de l'aptitude sportive chez le cheval : application à la définition de critères précoces de sélection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02769525v1</w:t>
+              <w:t xml:space="preserve">Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, hs (hs), pp.167-173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00896012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the equine jumping technique by accelerometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Athletes fragiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Galloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International workshop</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02766669v1</w:t>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 173, pp.25-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the slow myosin heavy chain content in equine gluteus medius by an elisa method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse des pistes hippiques : recherche des qualités optimales.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. Annual meeting of the european association for animal production</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02773777v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 3 (11), pp.32-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'analyse de la typologie musculaire peut-elle constituer un critere de selection ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse des solliciations mécaniques du pied du cheval en mouvement : les bases biomécaniques pour développer une meilleure prévention.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Journee d'etude</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02777034v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 3 (10), pp.20-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait evaluation of race trotters by using an accelerometric device</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">De la biomécanique à la prévention des boîteries chez le cheval-athlète : à la recherche d'une ferrure plus confortable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Couroucé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International conference on equine exercise physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02779399v1</w:t>
+              <w:t xml:space="preserve">Infor Marechalerie - Der Huf - The Farriers Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 2 (4), pp.12-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02714041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le performances sportive del cavallo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">De la biomécanique à la prévention des boîteries chez le cheval-athlète : à quelles sollicitations mécaniques le pied du cheval est-il soumis ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48. Convegno nazionale</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02775521v1</w:t>
+              <w:t xml:space="preserve">Infor Marechalerie - Der Huf - The Farriers Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 2 (3), pp.23-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02712159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratique de l'exploration de la typologie musculaire chez le cheval par une methode ELISA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse des interactions biodynamiques a l'interface pied-sol chez le cheval au trot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Landjerit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Journee d'Etude</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02775113v1</w:t>
+              <w:t xml:space="preserve">ARCHIVES INTERNATIONALES DE PHYSIOLOGIE DE Biochimie ET DE BIOPHYSIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 99 (6), pp.C80-C81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02714467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of slow myosin heavy chain content in various equine muscles by an ELISA method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">La recherche équine sportive en Suède : déjà plus de 30 ans de travail au service des utilisateurs du cheval-athlète.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International conference on equine exercise physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02775004v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 2 (7), pp.24-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics of blood lactate during incremental treadmill test in saddle horses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Etudes des interactions biomécaniques sabot-ferrure-piste chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International conference on equine exercise physiology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02775397v1</w:t>
+              <w:t xml:space="preserve">Bulletin d'Information de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 1990, 4 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02710415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boiterie du cheval: méthode de détection par accélérométrie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Détermination du seuil anaérobie chez le cheval-athlète.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.L. Brochet</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Colloque scientifique "A la recherche du centaure"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02778220v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 2 (8), pp.25-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la locomotion du trotteur par une ceinture accélérométrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Modelisation de cheval a l'effort. Mise au point d'un simulateur sur un logiciel de calcul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Auvinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Journée d'étude du CEREOPA</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02777056v1</w:t>
+              <w:t xml:space="preserve">Recueil de Médecine Vétérinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 166, pp.1135-1144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02701216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude preliminaire du mouvement de 4 cavaliers montant 30 chevaux a l'obstacle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence des caractéristiques de la locomotion sur la dépense énergétique du cheval à l'effort.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Colloque scientifique "A la recherche du Centaure"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02774951v1</w:t>
+              <w:t xml:space="preserve">Equathlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 2 (6), pp.20-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration de la typologie musculaire chez le cheval par une méthode ELISA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence des deux composantes de la vitesse (fréquence et longueur des foulées) sur le métabolisme énergétique musculaire chez le poney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Colloque scientifique "A la recherche du centaure"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02772462v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 39 (3-4), pp.187-192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00888727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse cinématique des foulées d'appel et de saut chez le cheval de concours hippique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Investigation of the vertical hoof force distribution in the equine forelimb with an instrumented horseboot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Journée d'étude du CEREOPA</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02774990v1</w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, suppl., pp.35-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02716169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between accelerometric and kinematic measurements in a running horse.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence des deux composantes de la vitesse (frequence et longueur des foulees) sur le metabolisme energetique musculaire chez le poney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.P. Valette</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVe Congrès, Société Internationale de Biomécanique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02774120v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 39, pp.187-192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of equine locomotion and energy expenditure during incremental exercise test in overground versus treadmill conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Étude multifactorielle de l'aptitude à l'effort chez le cheval de selle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Auvinet</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Congres de la Societe de Biomecanique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02847637v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 38 (2-3), pp.157-169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00888702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment apprécier l'aptitude sportive des jeunes chevaux: une revue.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Estimation du seuil anaérobie chez le poney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Garbasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jouglin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Réunion annuelle de la FEZ</w:t>
-[...2749 lines deleted...]
-                <w:t xml:space="preserve">hal-02853615v1</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 38 (4), pp.229-236</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00888706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Generative Models for Discrete Genotype Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihan Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Hanczar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05203813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome sequences of equine influenza A subtype H3N8 viruses by long read sequencing and functional characterization of the PB1-F2 virulence factor of A/equine/Paris/1/2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Kleij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Bruder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lejal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Nevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Think different with RNA therapy: can antisense oligonucleotides be used to inhibit replication and transcription of SARS-CoV-2?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronica Burzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Eléouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04106554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (195)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse croisée de données métabarcoding et métagénomiques sur des microbiotes d'hôtes animaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maverick Monié--Ibanes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FROGSdays 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, équipe FROGS INRAe, Dec 2025, Auzeville Tolosan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MITOCHONDRIAL DNA IN EQUINE RECURRENT EXERTIONAL RHABDOMYOLYSIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Pavlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Filipe-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th World Mitochondria Scoiety's Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Berlin, Germany. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benchmarking predictive models: evaluating parametric, ensemble, and deep learning approaches for animal phenotype prediction from genotypes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Hanczar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn de Goër de Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AI and biology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMBO EMBL, Heidelberg, Mar 2024, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of mitochondrial genetic variability on performance of endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Speke Katende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">74th annual meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Session 5.1 - Presentation of the network Animal Sciences Paris-Saclay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Karadjian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INRAE-WUR meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Jouy-en-Josas, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04149596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antisense oligonucleotides targeting an oncogenic mitochondrial long non-coding mtRNA to inhibit equine skin tumor cells proliferation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Egidy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OTS OLIGO MEETING - 19th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19th Annual Meeting Oligonucleotide Therapeutics Society, Oct 2023, BARCELONA, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antisense oligonucleotides targeting the SARS-CoV-2 genome to inhibit viral replication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Eléouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OTS- OLIGO MEETING - 19th Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19th Annual meeting of the Ologonucleotide Therapeutics Society, Oct 2023, BARCELONA, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using direct long RNA sequencing to explore the whole mitochondrial transcriptome: model of the equine mitochondrial RNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th Mitochondria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Mitochondria Society, Oct 2020, Berlin (DE), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction of the symposium: Non-Coding RNAs in Nuclear-Mitochondrial Crosstalk : Applications for RNA Medicine New Topic 2020. Variety of non-coding RNA imported into and encoded in mitochondria Variety of non-coding RNA imported and encoded in mitochondria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th Targeting Mitochondria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Mitochondria Society, Oct 2020, Berlin - Virtual meeting, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Test de génotypage du caractère frisé chez le cheval Curly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Debus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Sciences et Innovations Equines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., May 2019, Saumur, France. 4 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unraveling the effects of the gut microbiota composition and function on horse endurance physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Plancade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Helbling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Moisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37. International Society for Animal Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lleida, Spain. 208 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using direct long RNA sequencing to explore transcriptome and long non-coding RNA in equine muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBL Advanced Training Centre -The Non-Coding Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Molecular Biology Laboratory (EMBL). DEU., Oct 2019, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-wide association studies for performance traits in endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Chassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">69th Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How gait analysis by accelerometry can improve breeding programs in jumping horses?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dumont Saint Priest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Chassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Danvy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. 1130 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La concordance entre cardiofréquencemètre et ECG holter est bonne pour la fréquence cardiaque mais faible pour l’estimation du contrôle autonome cardiaque à l’effort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dagmar Trachsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44. Journée de la Recherche Equine : "Cheval de précision"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., Mar 2018, Paris, France. 192 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitochondrial genome variability of 205 Arabian endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 colloque meetOchondrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MeetOchondrie, May 2018, Pornichet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accelerometry for genetic improvement of gait of jumping horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dumont Saint Priest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Chassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Danvy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">69th Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imputation of high density genotypes from medium density genotypes in various French equine breeds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Chassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Duluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Danvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. 1130 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mensurations, allures, fonction cardiaque : sur quels critères indirects sélectionner pour optimiser la performance en endurance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dagmar Trachsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43. Journée de la Recherche Equine "Optimiser la performance sportive"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., Mar 2017, Paris, France. 182 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does polyribonucleotide nucleotidyltransferase (PNPase) mutation affect the energetic metabolism and the microRNA profile in cell and mitochondria ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Beinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rotig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. World Congress on Targeting Mitochondria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imputation of high density genotypes from medium density genotypes in various French equine breeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Chassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Danvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Duluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">68. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia. 513 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La métabolomique par RMN : principes et exploration des effets des courses hippiques d’endurance sur le métabolome plasmatique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29. congrès du GERM (Groupement d’Etudes de Résonance Magnétique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement d'Etudes de Résonance Magnétique., May 2017, Aussois, France. 94 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can we objectively select a horse for performance: The GenEndurance project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Veterinary Endurance Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IVEC., Sep 2016, Samorin, Slovakia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of exercise intensity on microarn expression in rodent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa E. Jahnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Ayachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joint Meeting of the Federation of European Physiological Societies and French Physiological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apha.12712⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02894252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héritabilité de la récupération cardiaque chez le cheval d’endurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">42. Journée de la Recherche Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential expression of microRNAs in synovial fluid as biomarkers of osteochondrosis in equine hock joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Mespoulhès-Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35. Conference of the International Society for Animal Genetics (ISAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Salt Lake City, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ECG, cardiofréquencemètre, échographie cardiaque : des outils complémentaires, redondants ou incompatibles pour l’évaluation des chevaux à l’effort ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dagmar S. Trachsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44. Journées Annuelles de l'Association Vétérinaire Equine Française (AVEF Reims 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Vétérinaire Equine Française (AVEF). FRA., Nov 2016, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can we objectively select a horse for performance: the genEndurance?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. S. Trachsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44. journées annuelles AVEF 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Vétérinaire Equine Française (AVEF). FRA., Nov 2016, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitochondrial genome variability of 205 Arabian endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hoede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Heurteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th World Congress on Targeting Mitochondria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Mitochondria Society. INT., Oct 2016, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18143/JWMS_v2i2_1999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01532641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MicroRNAs identification in mouse oocytes, spermatozoids and zygotes: a potential source of inherited early regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sainte-Beuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Ozil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Banrezes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. International Symposium on Microgenomics 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de la variabilité de la fréquence cardiaque (VFC) au cours du repos, de l’effort et de la récupération chez des jeunes chevaux d’endurance (4-6 ans)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Congrès International en Sciences du Sport (STAPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Observatoire National du Sport. TUN., Apr 2016, Hammamet, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02801741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation génétique des myopathies d’exercice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Beinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15. Journée Européenne de l'AVEF (AVEF Roissy 2015) : "Le muscle du cheval, quoi de neuf ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Vétérinaire Equine Française (AVEF). FRA., Feb 2015, Roissy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of blood biomarkers in endurance horses by integrating miRNA and mRNA expression profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Plancade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Lecardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. Dorothy Russel Havemeyer Foundation International Equine Genome Mapping Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Hannover, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Test d'effort standardisé pour jeunes chevaux d'endurance. Full-text Conference Paper · 4 Nov 2015, Journée AVEF, Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Borgetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées annuelles AVEF Paris 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Vétérinaire Equine Française (AVEF). FRA., Nov 2015, Aubervilliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitochondrial microARN profiling in Duchenne muscular dystrophy, Limb girdle muscular dystrophy and collagene VI related myopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa E. Jahnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Lecardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mamchaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Workshop Modern DNA concepts and tools for safe gene transfer and modification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Evry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standardized exercise test in young endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Borgetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kentucky Equine Research. USA.; WALTHAM Centre for Pet Nutrition. GBR., Jun 2014, Chester, United Kingdom. 55 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/evj.12267_39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La morphologie du cheval d'endurance explique une faible part de la performance en course</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40. Journée de la Recherche Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., Mar 2014, Paris, France. 185 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Putative RNA interference by early miRNA expression in mouse eggs activated in two standard culture media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Banrezes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sainte-Beuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Ozil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. World Congress on Targeting Mitochondria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Mitochondria Society. INT.; Max Planck Institute of Immunobiology and Epigenetics. DEU., Oct 2014, Berlin, Germany. 186 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profiling of microRNAs coded by mitochondrion in different equine tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Beinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">34. International Society for Animal Genetics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Xi'an, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic component of endurance ability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kentucky Equine Research. USA.; WALTHAM Centre for Pet Nutrition. GBR., Jun 2014, Chester, United Kingdom. 55 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/evj.12267_46⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationship between body dimension, body weight, age, gender, breed and echocardiographic dimensions in young endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dagmar S. Trachsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Giraudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djérène Maso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. D. Hauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Congress of the European College of Equine Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European College of Equine Internal Medicine (ECEIM). INT., Nov 2014, Prague, Czech Republic. 15 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvim.12585⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modification of the metabolomic profile induced by chronic growth hormone administration in a doping model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Triba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Messier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Moyec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Chester, United Kingdom. 55 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/evj.12267_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NMR metabolomics in young endurance horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Luck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bouchemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed N. Triba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique. FRA., May 2014, Lyon, France. 160 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détection de QTL associés à la performance en course d'endurance et à la conformation chez le cheval Arabe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Baste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. Colloque Agenae, Génétique et Génomique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGENAE - Analyse du Génome des Animaux d'Elevage (AGENAE). FRA., May 2014, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of a 90-km endurance race on resistance to oxidation and inflammation levels in 6-year old horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Patrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. International Conference on Equine Exercise Physiology (ICEEP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kentucky Equine Research. USA., Jun 2014, Chester, United Kingdom. 55 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of a custom equine microRNA expression microarray using RNAseq data analysis of various equine tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moroldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agilent 1. European Animal and Plant Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Amsterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02801791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of mitochondrial genetic polymorphism on aerobic capacity and athletic performances in Arabian horses competing in endurance racing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Houry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16. Séminaire des thésards du Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Amboise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pre-microRNA and mature microRNA in human mitochondria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Saint-Auret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Bonnamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Damas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orane Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. World Congress on Targeting Mitochondria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Mitochondria Society. INT., Oct 2013, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait instability measured by dual task gait test and leukoaraiosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Reims, France. pp.e225-e226, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2013.07.608⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01159380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of quantitative trait linkage between SNPs and endurance racing performances and conformation traits in Arabian horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Baste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. International Equine Genome Mapping Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dorothy Russell Havemeyer Foundation, Inc. New York, USA., Jul 2013, Furnas, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MicroRNA identification and pattern expression in equine skeletal muscles, heart and liver determined by small RNA deep sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RNA metabolism, Cancer, Development &amp; Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de la marche en simple et double tâche : identification de sous groupes pour une rééducation cognitivo-motrice optimisée de la marche instable chez le senior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28. Congrès de Médecine Physique et de Réadaptation (SOFMER 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Médecine Physique et de Réadaptation (SOFMER). FRA., Oct 2013, Reims, France. 433 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2013.07.612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MicroRNAs identification and pattern expression in equine skeletal muscles, heart and liver determined by RNA deep sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. International Equine Genome Mapping Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dorothy Russell Havemeyer Foundation, Inc. New York, USA., Jul 2013, Furnas, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréquence cardiaque, temps de récupération cardiaque et vitesse : des critères très pertinents lors de l'examen d'un cheval d'endurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Annuelles AVEF 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Vétérinaire Equine Française (AVEF). FRA., Dec 2013, Deauville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suivi sportif, inflammatoire et oxydatif chez le cheval d’endurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Patrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Conférence Cheval Athlète, Stress Oxydant et Inflammation 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française des Antioxydants (SFA). FRA., Jun 2013, Cabourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y-a-t-il une relation entre la vitesse, la récupération cardiaque et le risque d'élimination en course d'endurance de longue distance (80 à 160 km) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">39. Journée de la Recherche Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., Feb 2013, Paris, France. 171 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MicroRNA candidates as genomic biomarkers of growth hormone administration in a doping model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Peugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. EMBO Meeting Advancing the Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMBO. Heidelberg, DEU., Sep 2012, Nice, France. pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cardiac echographic evaluation of equine elite athletes pre and post endurance race</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. A. Giraudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. C. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djérène Maso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2012 ACVIM Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American College of Veterinary Internal Medicine. USA., May 2012, New Orleans, Louisiana, United States. pp.744-745</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pre-ride gait variables and risk for elimination in endurance rides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Colin de Verdière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. International Conference on Equine and Canine Locomotion (ICEL 7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Strömsholm, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mensurations et niveau de qualification des chevaux d'endurance de race Arabe et croisé Arabe inclus dans le projet GenEndurance 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Schibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">38. Journée de la Recherche Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). Le Pin, FRA., Mar 2012, Paris, France. pp.223-226</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet d'un traitement à base de GH exogène sur la croissance folliculaire de la jument, en fonction de son état nutritionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Peugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Reigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Lardic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37. Journée de la Recherche Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). Saumur, FRA., Feb 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of a growth hormone treatment on follicular growth in well-fed or feed-restricted mares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Peugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Reigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Equine Reproduction (ISER 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Lexington, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can genetics help to find the horse : positive and negative markers of performance and health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CESMAS 2010 - Conference on Equine Sports Medicine And Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Sigtuna, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muscular transcriptomic analysis in horses suffering from recurrent exertional rhabdomyolysis revealed energetic pathway alterations and disruption in the cytoplasmic calcium regulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jayr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JAG.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Inconnu, France. pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02811946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxygen consumption, gait variables and running economy of Arabian endurance horses measured during a field exercise test.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICEEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02813041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functionnal genomics and histological analysis of the metabolic disorders in Cob Normand draught horses suffering from polysaccharide storage myopathy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jeansoule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Guigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th Havemeyer foundation, International Equine Genome Mapping Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Ickworth, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait analysis of muscular patients using accelerometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Hogrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Canal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Congress of Myology, May 26-30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Marseille, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonarthrose : une nouvelle approche biomécanique ambulatoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOFMER, 23-25 octbre 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Mulhouse, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de l'interaction biomécanique cavalier-cheval par la mesure des accélérations à l'aide du système Equimetrix.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.Y. Guezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XII Colloque de l'Ecole nationale d'Equitation, 14 juin 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of a human mitochondrial DNA tiling microarray for functional genomics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Alibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tendil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Damas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès, 10ème Anniversaire du Genopole : Le gène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Congrès, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId625" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of a human mitochondrial DNA tiling microarray for functional genomics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Alibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tendil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId628" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Damas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Mitochondrial Physiology and Pathology, IUBMB Symposium S1/2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId629" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of gait quality in dystrophin-deficient dogs using accelerometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Voit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Thibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Uriarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Congress of Myology, May 26-30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Marseille, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId630" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractéristiques biomécaniques de la marche de confort et de la marche rapide chez le patient obèse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOFMER 2007, 4-6 Octobre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, France, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hauts talons et gonarthrose : une nouvelle approche biomécanique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société Française de Rhumatologie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of repeated exercise and recovery on heart rate variability in elite trotting horses during high intensity interval training.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Fontainebleau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early criteria for selection of jumping ability.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">57th EAAP Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Antalya, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gene expression profiling in equine muscle tissues using mouse cDNA microarrays.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jayr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Gidrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Fontainebleau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02823499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gene expression profiling in blood cells of endurance horses completing competition or disqualified due to metabolic disorder.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Robert Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Gidrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Fontainebleau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02822895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early criteria for the selection of jumping horses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Fontainebleau</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId643" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse et biomécanique des allures du cheval athlète.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Congrès de Médecine et Chirurgie Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Genève, 3 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId644" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait regularity: measurement and significance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.F. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId646" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abstracts of the XVIIth Conference on Postural and Gait Research, Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Marseille, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId645" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence de la ferrure et de la piste sur la biomécanique du pied pour la prévention des boiteries.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Congrès de Médecine et Chirurgie Equine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Genève, 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId647" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expression profiling in blood cell of exercising horse using mouse and human cDNA microarrays.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Mucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId649" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maltere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Gidrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Equine Gene Mapping Workshop, County Kildare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Ireland, 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId648" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02831792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of genetics in equine exercise physiology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th Annual Congress, European College of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, ClermontFerrand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId650" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait analysis in coxarthrosis using an accelerometric device.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual European Congress of Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Berlin, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId651" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02831490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesures ambulatoires de la ventilation et de la consommation d'oxygène chez le cheval d'endurance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Goachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Julliand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Slawinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Laval, France. pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId652" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxygen consumption measured in Arabians tested in a field endurance exercise test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId653" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Goachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Julliand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Slawinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Session H2: Exercise physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Roma, Italy. 5 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId654" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Facteurs locomoteurs de performance chez le cheval trotteur.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cotrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Laval, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId655" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId656" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse comparative des systèmes Locometrix.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId657" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId658" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Avogadro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Laval, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId656" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profil locomoteur du cheval d'endurance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Laval, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId659" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02833317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution des caractéristiques de la foulée du cheval trotteur avec l'âge et l'entraînement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cotrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7èmes Entretiens de Laval Pégase-Mayenne, L'athlète à la course : homme-cheval. Analyses et contraintes du geste sportif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Laval, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId660" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId661" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationships between locomotor test and racing performances in Standardbreds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cotrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Roma, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId661" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02833401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId662" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heritabilities of locomotor and physiological traits related to the athletic performance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Session H2: Exercise physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Roma, 6 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId662" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of locomotion and conformation in the endurance horse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54th Annual Meeting of the European Association for Animal Production, Horse Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Roma, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId663" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse quantifiée de la marche humaine par une méthode cinétique, effets de l'âge.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIèmes Journées Annuelles de Gérontologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2000, Paris, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId664" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId665" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Locomotion of dressage horses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Equine Sports Medicine and Science 2002, The Elite Dressage and Three-Day-Event horse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId665" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse biomécanique ambulatoire de la course de l'homme par une méthode accéléromètrique : bilan et perspectives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId667" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Trole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21ème Congrès National de la Société Française de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2001, Nancy, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId666" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Runner's stride analysis under field conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIX International Symposium on Biomechanics in Sports, San Francisco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId668" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Runner's stride variations during an exhausting running test at VO2max, under field conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId670" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th Annual Congress of the European College of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Cologne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId669" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId671" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heritabilities of gait characteristics: application for breeding in dressage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Equine Sports Medicine and Science 2002, The Elite Dressage and Three-Day-Event horse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId671" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesures du modèle, des allures et du saut des étalons nationaux par la méthode Equimétrix.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27èmes Journées de la Recherche équine, Les Haras Nationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId672" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations entre la consommation d'oxygène et différents paramètres accéléromètriques à la course sur tapis roulant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IXème Congrès International des Chercheurs en Activités Physiques et Sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2001, Valence, 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId673" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Facteurs de variation du prix d'achat des chevaux de trois ans achetés par l'état.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27ème Journée d'Etude, Les Haras Nationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Paris</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La chute de la personne âgée : bilan et perspectives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Congrès National des Observatoires Régionaux de la Santé, La santé des années 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2000, Nantes, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId677" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse biomécanique de la course à pied par la méthode Locometrix.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IIèmes Journées Internationales des Sciences du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2002, Paris, 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId677" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02833727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId678" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation du modèle, des allures et de l'aptitude à l'obstacle des étalons nationaux à partir de la méthode Equimétrix.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Techniques Nationales, Haras National de Rodez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2001, Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId678" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Locomotion evaluation for racing in Thoroughbreds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.E. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId680" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.R. Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Vienna</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId681" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinetics gait transitions in dressage horses using wavelet analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId682" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Beauregard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Vienna</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId681" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02769388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effects of a 12 week treadmill training programme on locomotory variables.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.E. Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId684" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.J. Hodgson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId680" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.R. Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId685" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Vienna</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId686" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to breed for elite show jumper ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Equine Sports Medicine and Science 2000, The Elite Show Jumper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2000, Taormina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId686" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesures du modèle et des allures chez les jeunes chevaux destinés au dressage : comparaison des races françaises, allemandes et espagnoles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desliens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId688" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Beauregard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème Journées de la Recherche équine, Les Haras Nationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId687" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02769818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId689" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of gait irregularities in the horse: eye versus gait analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Weishaupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Wiestner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.P. Hogg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fourth International Workshop on Animal Locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Vienna</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId689" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heritability of percentage of fast myosin heavy chains in skeletal muscles and relationship with performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Utsunomiya, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId690" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02769430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId691" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standardisation of muscular biopsy of gluteus medius in French trotters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Utsunomiya, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId691" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02770589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new type of early performance test: gait and conformation measurements in 3 years old horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Holmström</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50. Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1999, Zurich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId692" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveau test d'aptitude des jeunes chevaux : évaluation des allures et de la conformation chez les chevaux de 3 ans destinés au dressage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId693" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Holmström</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">France Dressage. Grande Semaine de l'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1999, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId694" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02769752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La locomotion du cheval au galop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. Congrès Maréchaux et Vétérinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1999, La Roche sur Foron, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId695" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId696" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sistemi di ferratura ammortizzanti.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3e Convegno Internazionale di Mascalcia e Podologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Riccione, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId696" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02839313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId697" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantification ambulatoire des claudications humaines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deguillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIIIème Congrès national de la SOFEMERR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1998, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId697" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId698" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accelerometry for lameness quantification and jumping ability evaluation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tagung und Kurse über Ganganalyse für Lahmheits- und Leistungsdiagnostik beim Pferd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Germany, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId698" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02839422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId699" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of exercise tests on different tracks and on an uninclined treadmill in french trotters.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.J. Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fifth International Conference on Equine Exercise Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Utsunomiya, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId699" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02838547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId700" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait analysis for lameness quantification.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tagung und Kurse über Ganganalyse für Lahmheits- und Leistungsdiagnostik beim Pferd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Germany, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId700" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02837595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId701" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Test locomoteur ambulatoire pour marcheurs athlétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18. Congrès de la Société Française de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1998, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId701" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId702" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic component of exercise test parameters in french trotters : first estimation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Armidale</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId702" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02770778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId703" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait analysis for performance diagnosis of racehorses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tagung und Kurse über Ganganalyse für Lahmheits- und Leistungsdiagnostik beim Pferd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Germany, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId703" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId704" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concours de modèles et allures : analyse cinématique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Techniques Nationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1998, Pompadour, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId704" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02836586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId705" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantification de la marche humaine par une méthode accélérométrique : application à des sujets témoins, coxarthrosiques et gonarthrosiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIème Congrès Français de Rhumatologie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Inconnu, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId705" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId706" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typologie musculaire et performance sportive chez le cheval anglo-arabe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId706" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02840707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId707" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effects of exercise and training on locomotory variables and the practical application of their determination in horse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48. Annual meeting of the European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1997, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId707" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId708" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Components of the total kinetic moment in jumping horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International workshop on animal locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Saumur, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId708" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reproducibility of a gait analysis test for quantifying human claudication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18. International conference on medical and biological engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId709" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId710" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse comparative énergétique et cinétique de la course chez l'homme et le trotteur.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId711" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Slewinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId712" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Koralsztein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId710" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02839356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relation entre la composition en myosine du muscle gluteus medius et les performances sportives chez le cheval Anglo-Arabe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de la Société de physiologie. Groupe "Exercice musculaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1997, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId713" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantification de la marche humaine par une méthode accélérométrique : Etude de reproductibilité à court terme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. Congrès français de rhumatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1997, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId714" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId715" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typage musculaire par titrage immuno-enzymatique ELISA avec anticorps monoclonaux dirigés contre les chaînes lourdes de myosine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de la Société de Physiologie. Groupe "Exercice musculaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1997, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId715" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId716" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantification des boiteries chez le cheval et l'homme par une méthode ambulatoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desbrosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId717" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId716" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02838197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId718" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Système expert de prédiction de la performance chez le trotteur : aide la sélection précoce.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId718" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02839374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId719" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse des allules du cheval de dressage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId719" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02834845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId720" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison du dosage des chaînes lourdes de myosine par électrophorèse et par une technique immunoenzymatique ELISA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de la Société de Physiologie. Groupe "Exercice musculaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1997, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId720" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId721" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantification des boiteries chez l'homme par une méthode accélérométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chaleil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. Congrès français de rhumatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1997, Paris, France. 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId721" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02836054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId722" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heritability of fast myosin heavy chain percentage of locomotor muscle in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48. Annual meeting of the European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1997, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId722" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId723" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relation entre l'aptitude du cheval de C.S.O. et les caractéristiques de la foulée d'appel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association Pégase-Mayenne, Les 5èmes Entretiens de Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Inconnu, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId723" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02840854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the equine jumping technique by accelerometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International workshop on animal locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Saumur, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02839299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId725" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationship between the fast myosin heavy chain percentage of the gluteus medius muscle and the competitive performance in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48. Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1997, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId725" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId726" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic component of exercise test parameters in French trotters : first estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. conference on equine sports medicine and science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1998, Cordoba, Spain. n.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId726" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02770064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId727" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of wavelet analysis for studing complex motions in atheltic horse locomotion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Congress on Medical Physics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId727" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02835376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId728" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standardisation of the sampling depth of gluteus medius in horse using echography measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Saumur, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId728" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId729" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perspectives d'analyse de la locomotion du cheval de dressage par l'accélérométrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1996, Le Pin, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId729" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02770219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId730" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of gait asymmetry in lame horses using an accelerometric device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Desbrosse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Saumur, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId730" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId731" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Components of the total kinetic moment in jumping horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Saumur, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId731" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02769525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId732" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation of the equine jumping technique by accelerometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, Saumur, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId732" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId733" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of the slow myosin heavy chain content in equine gluteus medius by an elisa method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Geay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">46. Annual meeting of the european association for animal production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1995, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId733" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02773777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId734" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration de la typologie musculaire chez le cheval par une méthode ELISA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Colloque scientifique "A la recherche du centaure"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1994, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId734" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02772462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId735" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'analyse de la typologie musculaire peut-elle constituer un critere de selection ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20. Journee d'etude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1994, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId735" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02777034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId736" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of slow myosin heavy chain content in various equine muscles by an ELISA method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. International conference on equine exercise physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1994, Brisbane, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId736" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02775004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId737" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratique de l'exploration de la typologie musculaire chez le cheval par une methode ELISA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20. Journee d'Etude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1994, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId737" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02775113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId738" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gait evaluation of race trotters by using an accelerometric device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couroucé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. International conference on equine exercise physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1994, Brisbane, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId738" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02779399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId739" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le performances sportive del cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48. Convegno nazionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1994, Giardini, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId739" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02775521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId740" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinetics of blood lactate during incremental treadmill test in saddle horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. International conference on equine exercise physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1994, Queensland, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId740" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02775397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boiterie du cheval: méthode de détection par accélérométrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Brochet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Colloque scientifique "A la recherche du centaure"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1994, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId741" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId742" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude preliminaire du mouvement de 4 cavaliers montant 30 chevaux a l'obstacle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Colloque scientifique "A la recherche du Centaure"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1994, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId742" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId743" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de la locomotion du trotteur par une ceinture accélérométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20. Journée d'étude du CEREOPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1994, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId743" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02777056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId744" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of equine locomotion and energy expenditure during incremental exercise test in overground versus treadmill conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. Congres de la Societe de Biomecanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1991, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId744" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02847637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId745" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse cinématique des foulées d'appel et de saut chez le cheval de concours hippique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19. Journée d'étude du CEREOPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1993, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId745" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId746" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationships between accelerometric and kinematic measurements in a running horse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIVe Congrès, Société Internationale de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, Paris</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId746" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId747" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation de l'aptitude sportive chez le cheval: application a la definition de criteres precoces de selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elements de genetique quantitative et application aux populations animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1991, Port d'Albret, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId747" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02847318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId748" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of heart rate, blood lactate, stride length and frequency during incremental exercise test in overground versus treadmill conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference Association for Equine Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, Fallbrook, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId748" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02843679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId749" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation de l'aptitude sportive chez le cheval : application à la définition de critères précoces de sélection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand B. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18. Journée d'étude du CEREOPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1992, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId749" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02772847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId750" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment apprécier l'aptitude sportive des jeunes chevaux: une revue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43. Réunion annuelle de la FEZ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1992, Madrid, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId750" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId751" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caracteristiques physiologiques de l'effort chez le cheval de concours hippique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId752" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congres annuel de l'AVEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1992, Auteuil, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId751" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId753" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurements of heart rate, blood lactate and hematological parameters during show jumping competitions ranging from regional to international level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference association for equine sports medecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1992, Falbrook, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId753" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId754" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shock and vibration during the hoof impact on different track surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Landjerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. International Conference on Equine Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1990, Uppsala, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId754" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02779465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId755" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of the damping effect of different shoeing by the measurement of hoof acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Brochet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FIWAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1991, Utrecht, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId755" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02776947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId756" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of incremental exercice test in overground versus treadmill condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">42. Reunion annuelle de la federation europeenne de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1991, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId756" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02776339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId757" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison énergétique des tests d'effort de terrain et sur tapis roulant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIème Congrès National Scientifique de la Société Française de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1991, Nantes, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId757" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02850090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId758" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison de la locomotion et de la depense energetique du cheval a l'exercice sur piste et sur tapis roulant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16. Congres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1991, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId758" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId759" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse des interactions biodynamiques a l'interface pied-sol chez le cheval au trot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Landjerit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15. Congres de la Societe de Biomecanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1990, Cluny, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId759" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02848201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId760" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of the onset of blood lactate using an exponential model of the relation between blood lactate and velocity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">42. Reunion annuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1991, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId760" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02772492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId761" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode mathématique de détermination de la zone de transition aérobie - anaérobie lors d'une épreuve d'effort triangulaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIème Congrès National Scientifique de la Société Française de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1991, Nantes, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId761" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02844671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId762" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation des ferrures amortissantes par une methode de mesure accelerometrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Brochet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17. Journee de la Recherche Chevaline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1991, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId762" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId763" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation de la notion de seuil anaérobie lactique chez le cheval de concours complet par une épreuve rectangulaire sur tapis roulant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIème Congrès National Scientifique de la Société Française de Médecine du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1991, Nantes, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId763" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02843678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId764" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation de la relation lactate-vitesse chez le cheval de sport en fonction de la spécificité de l'entraînement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Journée d'Etude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, Paris</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId764" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02777763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId765" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ferrures amortissantes : présentation d'une nouvelle plaque de maréchalerie (EQUISOFT (R)).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Brochet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de Maréchalerie de Levier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1991, Levier, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId765" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02850154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId766" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relation entre les phenomenes biomecaniques et la pathologie osteo-articulaire chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journee Scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1991, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId766" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stride characteristics of overground versus treadmill locomotion in saddle horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FIWAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1991, Utrecht, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId767" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId768" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse multifactorielle de critères d'aptitude sportive mesurés lors de tests d'effort sur tapis roulant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41ème Réunion Annuelle de la Fédération Européenne de Zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1990, Toulouse, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId768" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02843745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId769" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of gaits by the measurement of the stride length and frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41. Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1990, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId769" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02775015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId770" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude préliminaire des rapports entre les paramètres de la foulée et les indices physiologiques d'aptitude à l'exercice chez le cheval d'endurance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Demonceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'ELDRIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1990, Chantilly, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId770" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02844440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId771" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse des allures par la mesure de la fréquence et de la longueur des foulées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41ème Réunion Annuelle de la Fédération Européenne de Zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1990, Toulouse, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId771" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02844657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId772" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shocks and vibrations during the impact of the foot on different track surfaces.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Landjerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Wolter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Third International Conference on Equine Exercise Physiology, Equine Exercise Physiology 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, Uppsala</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId772" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02773085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId773" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ferrures amortissantes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de Maréchalerie de Levier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1990, Levier, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId773" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02849318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId774" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Applications des connaissances en locomotion équine à la conception rationnelle des pistes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès annuel de l'AVEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1990, Paris, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId774" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02849407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId775" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relation entre les paramètres d'allure et la dépense énergétique chez le trotteur.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41ème Réunion Annuelle de la Fédération Européenne de Zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1990, Toulouse, pp.Inconnu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId775" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02844347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId776" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomécanique du pied du cheval : détermination des normes et de leurs facteurs de variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. journée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 1988, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId776" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02781880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId777" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foot biomechanics in the normal horse : a study of the hoof force distribution in the forelimb with a new measuring method.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Barrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Symposium of Biomechanics in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1987, Athens, 8 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId777" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02853615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TWO MITOCHONDRIAL-ENCODED MICRORNAs IN SERUM AS POTENTIAL BIOMARKERS OF COVID-19 SEVERITY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Filipe-Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronica Burzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordana Coelho-Dos-Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th World Congress on Targeting Mitochondria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId778" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un test génétique utile à la production des poneys de sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dumont Saint Priest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId781" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Danvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId783" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Oden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Sciences et Innovations Equines, Institut Français du Cheval et de l'Equitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, IFCE Saumur, France. , </w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0244064)⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId785" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antisense oligonucleotides directed to the mitochondrial long non-coding eca-ASncmtRNA inhibit equine skin tumor cell proliferation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Review: Long read sequencing applied to equine genomics to improve selection for exercise ability and health.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Filipe-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Havemeyer Foundation Horse Genome Workshop</w:t>
+              <w:t xml:space="preserve">14thInternational Havemeyer Foundation Horse Genome Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05248905v1</w:t>
+            <w:hyperlink r:id="rId785" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a better characterisation of the genetic diversity of circulating equine influenza virus strains by long-read sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Antisense oligonucleotides directed to the mitochondrial long non-coding eca-ASncmtRNA inhibit equine skin tumor cell proliferation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Fitzpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId787" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Egidy-Maskos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Equine Infectious Diseases Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th International Havemeyer Foundation Horse Genome Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Caen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04724113v1</w:t>
+            <w:hyperlink r:id="rId786" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId788" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review: Long read sequencing applied to equine genomics to improve selection for exercise ability and health.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Toward a better characterisation of the genetic diversity of circulating equine influenza virus strains by long-read sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId789" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Filipe-Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pollet</w:t>
+            <w:hyperlink r:id="rId790" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId791" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14thInternational Havemeyer Foundation Horse Genome Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th International Equine Infectious Diseases Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Deauville, France. Equine Vetenary Journal, 56 (Suppl. 60), pp.87 (n°141), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId792" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/evj.14356⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05248899v1</w:t>
+            <w:hyperlink r:id="rId788" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId793" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation génétique de virus influenza H3N8 équins circulants en France entre 2009 et 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Kleij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème journées francophones de virologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Paris, France. </w:t>
+              <w:t xml:space="preserve">8th European Congress of Virology 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Gdańsk, Pologne. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04236938v1</w:t>
+            <w:hyperlink r:id="rId793" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId795" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation génétique de virus influenza H3N8 équins circulants en France entre 2009 et 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Kleij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId794" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Congress of Virology 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Gdańsk, Pologne. </w:t>
+              <w:t xml:space="preserve">25ème journées francophones de virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04236945v1</w:t>
+            <w:hyperlink r:id="rId795" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial genomes long read sequencing methodology applied to multispecies for the identification of genetic variants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Morgenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId797" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lallias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th World Annual Meeting of the World Mitochondria Society (WMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Berlin, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroRNA profiling of synovial fluid of horses reveals potential biomarkers of Osteochondrosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId800" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Riousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Moyec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Dorothy Russell Havemeyer International Horse Genome Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Pavie, Italy. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hippocode: A project to improve the annotation of equine non-coding RNAs involved in the Regulation of mitochondrial functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boland-Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Olaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hoede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Targeting Mitochondria world congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Berlin, Germany. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The regime of Ca2+ oscillations at fertilization is determined by the culture media formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Ozil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Banrezes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sainte-Beuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiconcept Workshop 2015 Periconception Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COST Edition</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 60 p., 2015, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId805" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early differential miRNA expression following in vitro fertilization of mouse eggs incubated in two standard culture media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Banrezes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sainte-Beuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Ozil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS EMBO 2014 Conférence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiley Online Library</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FEBS Journal, 281 (Suppl.1), 823 p., 2014, FEBS Journal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId807" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Culture media modulates the regime of Ca2+ signaling, miRNA expression at fertilization and the post-natal growth in the mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Ozil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Banrezes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sainte-Beuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Berteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference 2014 Epiconcept "Epigenetics and Periconception Environment"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Vilamoura, Portugal. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost Office</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 72 p., 2014, Epigenetics and Periconception Environment, Proceedings of the EPICONCEPT Conference 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId809" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual task gait test and rehabilitation in the elderly.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Auvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Touzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28e Congrès de Médecine Physique et de Réadaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Reims, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 56 (S1), pp.e227, 2013, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId814" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rehab.2013.07.613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId812" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01159387v1</w:t>
-              </w:r>
-[...17396 lines deleted...]
-                <w:t xml:space="preserve">hal-00888706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -40071,90 +40071,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId816" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix des reproducteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId817" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Crevier-Denoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Danvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId819" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -40196,51 +40196,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanics of locomotion in the athletic horse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine Sports Medicine and Surgery Second Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier Ltd., pp.189-211, 2013, 9780702047718. </w:t>
             </w:r>
             <w:hyperlink r:id="rId821" w:history="1">
               <w:r>
                 <w:rPr>
@@ -40274,51 +40274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId822" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic basis of equine performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine Sports Medicine and Surgery Second Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier Ltd., pp.43-58, 2013, 9780702047718. </w:t>
             </w:r>
             <w:hyperlink r:id="rId823" w:history="1">
               <w:r>
                 <w:rPr>
@@ -40352,51 +40352,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId824" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiology and sport medicine : looking for factors affecting performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine research in France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFCE - Institut Français du Cheval et de l'Equitation, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40421,51 +40421,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-limb coordination.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine locomotion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2008, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40490,51 +40490,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId826" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanics of locomotion in athletic horse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine Sports and Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier Ltd, 2007, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40559,51 +40559,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId827" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-limb coordination.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine locomotion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, W.B. Saunders., 2001, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40628,51 +40628,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId828" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métodos de analisis de la locomocion equina: uso de acelerometros.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluacion funcional. Diagnostico de cojeras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40710,51 +40710,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of conformation, locomotion and physiological traits.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId830" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.T. Saastamoinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The genetics of the horse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CAB International, 2000, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40773,195 +40773,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02840087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ganganalyse für die Diagnose der Leistungsfähigkeit von Trabrenn- und Springpferden sowie für die Quantifizierung von Lahmheiten.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Mesure du modèle, des allures et de l'aptitude au saut des jeunes chevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lahmheit und Leistung. Beiträge aus Orthopädie, Ganganalytik und Doping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arbeitsgruppe Pferd, 1999, Inconnu</w:t>
+              <w:t xml:space="preserve">Info</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02842012v1</w:t>
+                <w:t xml:space="preserve">hal-02840173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure du modèle, des allures et de l'aptitude au saut des jeunes chevaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Ganganalyse für die Diagnose der Leistungsfähigkeit von Trabrenn- und Springpferden sowie für die Quantifizierung von Lahmheiten.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Info</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999</w:t>
+              <w:t xml:space="preserve">Lahmheit und Leistung. Beiträge aus Orthopädie, Ganganalytik und Doping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arbeitsgruppe Pferd, 1999, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02840173v1</w:t>
+                <w:t xml:space="preserve">hal-02842012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locomotion variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance diagnosis of horses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Press, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -40986,51 +40986,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId834" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technique de biopsie standardisée du muscle gluteus medium chez le cheval au moyen d'examen échographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compte rendu des travaux AIP "Contrôle de la différenciation tissulaire"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -41055,77 +41055,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId835" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multivariate analysis of exercice parameters during an incremental treadmill test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Wolter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine exercice physiology 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ICEEP publications, 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -41150,51 +41150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId836" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the vertical hoof force distribution in the equine forelimb with an instrumented horseboot.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Equine exercice physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -41251,51 +41251,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance diagnosis of horses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Fazio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -41397,77 +41397,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId842" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection d'une boiterie par une ceinture accélérométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Brochet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Congrès maréchaux et vétérinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1994, Cluses, France. n.p., 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -41661,51 +41661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460386v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pavlin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dhorne-Pollet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Filipe-Ferreira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397464v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510253v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Hanczar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149596v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510279v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Fitzpatrick" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Egidy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510229v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delmas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Da Costa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois El&#233;ou&#235;t" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650322v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Morgenthaler" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speke Katende" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510295v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510303v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734533v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Plancade" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Clark" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Philippe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Helbling" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Moisan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413841v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Robert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pollet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733932v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Debus" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05493529v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Chassier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737441v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumont Saint Priest" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Danvy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737870v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Lenoir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Trachsel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Younes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510288v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05493542v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dumont Saint Priest" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735449v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duluard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734063v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Blouin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733734v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Danvy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733994v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beinat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Moyec" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rotig" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736311v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Moyec" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533954v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Riviere" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rossignol" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mespoulh&#232;s-Rivi&#232;re" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894252v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa E. Jahnke" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ayachi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Billat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.12712" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742808v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Younes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cottin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794157v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar S. Trachsel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795248v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lenoir" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S. Trachsel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532641v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Heurteau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18143/JWMS_v2i2_1999" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741785v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grandjean" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sainte-Beuve" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ozil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Banrezes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801741v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cottin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795247v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535370v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Lecardonnel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792385v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borgetto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738918v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mouly" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mamchaoui" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738886v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193884v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mata" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738917v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Triba" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Messier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742373v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Luck" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouchemal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed N. Triba" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740621v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giraudet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herv&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dj&#233;r&#232;ne Maso" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Hauri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.12585" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740375v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_46" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796507v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Baste" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740545v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Patrice" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801791v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744055v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tribout" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Desjardins" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741347v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740289v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Borgetto" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_39" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750377v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Auvinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Touzard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Olivier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.07.612" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745732v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749997v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748129v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746708v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745355v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749620v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159380v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Auvinet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Touzard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.07.608" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-431PZP41-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746008v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Saint-Auret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Bonnamy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Damas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orane Boyer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804088v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Houry" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004734v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Giraudet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Robert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745066v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colin de Verdi&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000834v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Mata" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Blouin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019840v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pagneux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Peugnet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boyer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189526v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Peugnet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lardic" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193552v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811946v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jayr" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Joly" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benech" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751155v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813041v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821692v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jeansoule" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Larcher" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Guigand" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814301v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Alibert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tendil" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Damas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnamy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817918v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auvinet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chaleil" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754324v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arilla" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Guezennec" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756368v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821006v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Voit" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Thibaud" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uriarte" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814183v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Hogrel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Canal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ollivier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816418v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meyer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Alix" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819957v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816363v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Langlois" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816577v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Billat" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823499v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Amiot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gidrol" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822895v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752587v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830252v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831792v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maltere" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834105v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834001v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.F. Auvinet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brun" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759641v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831490v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832523v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leleu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cotrel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829070v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Bris" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Multon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Avogadro" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829038v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Metayer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Goachet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833317v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biau" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Cochet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830204v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833401v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829484v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830826v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832298v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828710v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Touzard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berrut" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moutel" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Collet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761663v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dufour" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762166v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763545v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desliens" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832030v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Coureau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Trole" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762171v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764272v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832720v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763491v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delaporte" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828311v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833727v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762449v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771562v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Evans" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Hodgson" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Rose" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768959v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769818v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poirel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beauregard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765378v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Weishaupt" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wiestner" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Hogg" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Jordan" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Auer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771295v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quinton" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769388v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Beauregard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galloux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769430v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Valette" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Jouglin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blouin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768572v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holmstr&#246;m" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770589v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courouc&#233;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768889v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769752v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839313v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839422v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838547v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Geffroy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Rose" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837595v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770778v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771684v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836586v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834621v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834378v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834872v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deguillard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838197v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desbrosse" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Portier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768611v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839356v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Slewinsky" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Koralsztein" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834504v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765511v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836054v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766547v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834845v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839374v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840854v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765645v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839299v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764986v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770064v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835376v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840707v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766036v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834506v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768938v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768702v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767296v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770219v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769525v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766669v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773777v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Geay" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777034v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779399v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775521v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775113v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775004v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775397v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778220v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benoit" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Brochet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777056v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774951v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772462v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774990v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanchard" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Orange" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774120v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847637v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778385v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772847v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778375v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Villa" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778455v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843679v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847318v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776339v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850090v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774138v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776947v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Regnault" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774786v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772492v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Demonceau" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848201v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Landjerit" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844671v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843678v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wolter" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850154v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777763v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778763v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774139v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779465v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844440v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844657v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775015v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773085v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849318v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849407v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844347v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843745v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02781880v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02853615v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203813v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihan Xie" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04494595v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Kleij" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruder" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lejal" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nevers" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106554v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Burzio" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248801v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordana Coelho-Dos-Reis" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248826v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Danvy" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Colin" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Oden" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0244064)" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248905v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Egidy-Maskos" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04724113v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Normand" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fortier" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.14356" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248899v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04236938v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Costa" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legrand" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04236945v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726385v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Capitan" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734053v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riousset" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786720v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boland-Aug&#233;" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Olaso" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194107v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295290_2.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193969v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271582_2.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193975v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berteaux" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271946.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159387v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.em-consulte.com/showarticlefile/833515/main.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.07.613" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0LZSHXK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204337v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lepoder" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2025.102612" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04629360v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01289-8" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04607980v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Librado" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Tressi&#232;res" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorelei Chauvey" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fages" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Khan" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07597-5" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04065852v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Timothy Treal Taylor" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Hunska Ta&#353;unke Icu" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlton Shield Chief Gover" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Arterberry" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adc9691" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863782v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica A Burzio" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Leucci" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Entelis" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Hollander" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.980674" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04065756v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bourgon" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.915202" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03794437v2" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclercq" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pennarun" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03977-7" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197210v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lecardonnel" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2021.656204" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04067200v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1270-5_20" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921608v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00448" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104281v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07183-9" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328408v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jeandard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Smirnova" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Tarassov" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Smirnov" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8030286" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166928v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Hangh&#248;j" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charleen Gaunitz" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andaine Seguin-Orlando" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.03.049" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02862321v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Bendek" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Briones" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Farf&#225;n" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Silva" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-1649-3" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489982v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46118-7" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02409471v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Triba" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2019.00045" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621670v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12358" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623665v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Torquet" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2017.00089" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626769v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Schaefer" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel K Schubert" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest K Bailey" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danika L Bannasch" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3943-8" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602618v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliaxis Ramayo Caldas" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3571-3" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489989v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Pacholewska" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me J. Lecardonnel" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22932" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636158v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Giraudet" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Herv&#233;" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-016-0846-x" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602357v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3168-2" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533827v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/CEP160022" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635718v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00155" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635928v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux M. Luck" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2015.00198" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489952v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0137013" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193825v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mignardot" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2014.00022" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973735v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed N Triba" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique L Billat" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0090730" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194112v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Desjardin" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Laubier" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-798" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000559v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta S. Bandiera" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le M. Ernoult-Lange" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Gidrol" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A. Henrion-Caude" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2012281008" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489948v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaume" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00742677v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mille-Hamard" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Henry" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1755-8794-5-29" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129674v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pagneux" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guillaume" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973744v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mucher" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gospodnetic" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2011.02246.x" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D5N7XK55-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019031v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. L&#243;pez-Sanrom&#225;n" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Holmbak-Petersen" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Santiago" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. G&#243;mez de Segura" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2011.10.012" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JFJ0J0SD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00598509v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020220" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00596534v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Aguilar" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Uriarte" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Le Chevoir" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2474-12-75" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973757v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Barrey" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaffaux" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2010.00267.x" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193627v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capomaccio" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cappelli" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Felicetti" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Silvestrelli" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2010.02129.x" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6ZRZN8RV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193555v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Goachet" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stawinski" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2010.00184.x" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193514v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2010.00299.x" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193362v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Thibaud" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Voit" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2009.07.014" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-91B97285-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663617v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeansoule" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-6148-5-29" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193435v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giovagnoli" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pagliei" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vetrec.165.1.22" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658979v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656373v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amiot" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gidrol" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2006.tb05569.x" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KS53VRWR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654532v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655561v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bileckot" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306417v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lopes" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663115v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hamard" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656716v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2006.tb05511.x" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/190350BD06EF4144576233822052459FB4B8645A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653142v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677674v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676758v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girard" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Millet" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678485v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Paquet" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677164v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671871v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681446v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672766v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bariller" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683064v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671645v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678407v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674999v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673100v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677319v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675888v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674858v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gloria" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Renault" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682105v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675827v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemaire" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678241v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679961v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couve" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679901v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676689v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676244v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679173v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. d'Orsetti" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Evans" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roberts" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673302v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679139v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Evans" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Curtis" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669432v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.L. Rivero" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669472v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auvinet" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684770v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693189v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Geoffroy" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ros&#233;" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699204v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698351v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courreau" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ponsot" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698822v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698982v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Luis L. Rivero" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio L. Serrano" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean P. Valette" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1005461214800" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/32C0E56AE45EB6FA5505F80571CEA5F98CDE16D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691091v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697360v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684783v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690699v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694798v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690820v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685793v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696314v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra Groupe No&#233;" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Biocytex" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.1998.11.2.3926" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698321v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686792v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698309v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689124v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694756v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697510v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Slawinsky" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695218v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693882v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687967v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692071v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690564v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715889v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713286v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707127v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709575v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713173v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clement" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715376v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712546v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713871v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707702v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715244v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700987v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705605v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705695v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705091v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716108v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707257v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710380v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899807v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Valette" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jouglin" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Picard" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Geay" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702710v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hermelin" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Vaudelin" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00896075v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712990v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711987v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702930v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703447v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703648v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708652v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699478v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712821v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710410v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Francqueville" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Barrey" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708708v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704426v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707485v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709799v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699994v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888867v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706989v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699826v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704425v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716095v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710476v1" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888827v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Galloux" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Wolter" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00896012v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701358v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706857v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704692v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706159v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700025v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700440v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712159v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714041v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714467v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701216v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700718v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716169v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888727v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700420v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700803v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710415v1" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700041v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888702v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888706v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garbasi" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jouglin" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129916v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Crevier-Denoix" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489939v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-7020-4771-8.00010-7" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489957v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-7020-4771-8.00004-1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804482v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812058v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824412v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834050v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834689v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840087v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Saastamoinen" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842012v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840173v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839278v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839850v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843537v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851674v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834846v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fazio" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlazzo" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lindner" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lopez-Rivero" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852156v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204337v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Fitzpatrick" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lepoder" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dhorne-Pollet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Costa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2025.102612" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04629360v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Kleij" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruder" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lejal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Nevers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01289-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04607980v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Librado" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Tressi&#232;res" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorelei Chauvey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fages" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Khan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07597-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04065852v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Timothy Treal Taylor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Hunska Ta&#353;unke Icu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlton Shield Chief Gover" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Arterberry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adc9691" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863782v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica A Burzio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Leucci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Entelis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Hollander" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.980674" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04065756v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bourgon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois El&#233;ou&#235;t" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.915202" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03794437v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclercq" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pennarun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Moyec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03977-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197210v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lecardonnel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2021.656204" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04067200v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pollet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1270-5_20" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104281v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07183-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921608v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dumont Saint Priest" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Danvy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00448" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328408v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jeandard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Smirnova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Tarassov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Smirnov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8030286" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166928v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Hangh&#248;j" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charleen Gaunitz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andaine Seguin-Orlando" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.03.049" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02862321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Bendek" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Briones" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Farf&#225;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Silva" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-1649-3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489982v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Plancade" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Clark" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Philippe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Helbling" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Moisan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46118-7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02409471v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Triba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouchemal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2019.00045" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621670v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Chassier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duluard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12358" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602618v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliaxis Ramayo Caldas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3571-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623665v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Blouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Baste" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Torquet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2017.00089" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626769v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Schaefer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel K Schubert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest K Bailey" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danika L Bannasch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3943-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489989v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Pacholewska" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me J. Lecardonnel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Riviere" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22932" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602357v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mata" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vaiman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schibler" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3168-2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636158v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S. Trachsel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Giraudet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dj&#233;r&#232;ne Maso" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Herv&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Hauri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-016-0846-x" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533827v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Younes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cottin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/CEP160022" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635718v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Younes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cottin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00155" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489952v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0137013" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635928v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux M. Luck" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed N. Triba" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2015.00198" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193825v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mignardot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Auvinet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2014.00022" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973735v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed N Triba" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique L Billat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0090730" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194112v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Desjardin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Laubier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-798" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019031v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. L&#243;pez-Sanrom&#225;n" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Holmbak-Petersen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Santiago" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. G&#243;mez de Segura" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tvjl.2011.10.012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JFJ0J0SD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489948v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pagneux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaume" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000559v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta S. Bandiera" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le M. Ernoult-Lange" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Gidrol" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A. Henrion-Caude" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2012281008" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973744v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jayr" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mucher" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gospodnetic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Joly" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2011.02246.x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D5N7XK55-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129674v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pagneux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guillaume" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00742677v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mille-Hamard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Billat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Henry" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Bonnamy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1755-8794-5-29" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00596534v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Aguilar" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Uriarte" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Le Chevoir" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2474-12-75" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00598509v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gidrol" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020220" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193514v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2010.00299.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193555v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Metayer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Goachet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stawinski" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2010.00184.x" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00973757v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnamy" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Barrey" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaffaux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2010.00267.x" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193627v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capomaccio" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cappelli" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Felicetti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Silvestrelli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2052.2010.02129.x" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6ZRZN8RV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193362v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Thibaud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Voit" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2009.07.014" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-91B97285-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193435v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giovagnoli" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pagliei" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vetrec.165.1.22" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663617v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeansoule" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Guigand" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-6148-5-29" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658979v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arilla" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653142v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopes" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Billat" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656716v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amiot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gidrol" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2006.tb05511.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/190350BD06EF4144576233822052459FB4B8645A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654532v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auvinet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656373v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rossignol" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.2042-3306.2006.tb05569.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KS53VRWR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655561v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bileckot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Alix" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chaleil" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306417v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lopes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663115v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Bris" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hamard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676758v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Millet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.F. Auvinet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677674v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678485v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Paquet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677164v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leleu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cotrel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671871v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biau" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672766v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bariller" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681446v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671645v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683064v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678407v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674999v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677319v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Cochet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673100v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675888v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berrut" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Touzard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moutel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Collet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676244v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Coureau" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679173v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courouc&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. d'Orsetti" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Evans" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roberts" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674858v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gloria" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Renault" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675827v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemaire" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682105v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679961v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couve" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678241v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679901v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676689v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desliens" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poirel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669472v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auvinet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673302v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Weishaupt" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wiestner" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Hogg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Jordan" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Auer" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679139v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Evans" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Evans" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Curtis" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quinton" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669432v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.L. Rivero" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698982v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Luis L. Rivero" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio L. Serrano" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean P. Valette" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Jouglin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1005461214800" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/32C0E56AE45EB6FA5505F80571CEA5F98CDE16D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684770v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699204v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693189v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Geoffroy" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ros&#233;" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698351v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courreau" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ponsot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698822v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691091v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deguillard" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690699v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684783v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Langlois" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697360v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694798v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Geffroy" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Rose" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690820v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685793v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Valette" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696314v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra Groupe No&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Biocytex" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fauconneau" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.1998.11.2.3926" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692071v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galloux" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687967v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blouin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689124v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698321v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686792v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698309v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697510v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Slawinsky" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695218v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694756v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693882v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690564v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Desbrosse" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710380v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clement" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707257v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wolter" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00899807v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Valette" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jouglin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Picard" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Geay" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707127v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709575v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713173v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713286v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715889v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707702v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705605v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Geay" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715244v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700987v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712546v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713871v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715376v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705695v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705091v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716108v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702710v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hermelin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Vaudelin" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712990v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00896075v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711987v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanchard" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Orange" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702930v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699478v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708652v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712821v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703447v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703648v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704426v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708708v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710410v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Francqueville" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Barrey" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707485v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benoit" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Regnault" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Brochet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699994v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709799v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888867v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704425v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699826v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706989v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716095v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706159v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701358v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706857v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710476v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Demonceau" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888827v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Auvinet" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Galloux" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Wolter" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00896012v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704692v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700025v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700440v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714041v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712159v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714467v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Landjerit" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700041v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710415v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700803v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701216v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700718v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888727v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716169v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700420v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888702v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00888706v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garbasi" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jouglin" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203813v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihan Xie" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Hanczar" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04494595v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106554v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Burzio" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delmas" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397464v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maverick Moni&#233;--Ibanes" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460386v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pavlin" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Filipe-Ferreira" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510253v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650322v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Morgenthaler" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speke Katende" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149596v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510279v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Egidy" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510229v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Da Costa" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510295v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510303v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733932v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Debus" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734533v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413841v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Robert" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05493529v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737441v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumont Saint Priest" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737870v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Lenoir" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Trachsel" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510288v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05493542v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735449v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734063v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733994v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beinat" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Moyec" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rotig" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733734v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Danvy" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736311v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795247v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894252v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa E. Jahnke" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ayachi" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.12712" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742808v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533954v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mespoulh&#232;s-Rivi&#232;re" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794157v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar S. Trachsel" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795248v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lenoir" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532641v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Heurteau" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18143/JWMS_v2i2_1999" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741785v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Grandjean" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sainte-Beuve" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ozil" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Banrezes" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801741v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738886v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535370v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Lecardonnel" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792385v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borgetto" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738918v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mouly" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mamchaoui" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740289v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Borgetto" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_39" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744055v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tribout" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Desjardins" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741347v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193884v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740375v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_46" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740621v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giraudet" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herv&#233;" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.12585" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738917v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Triba" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Messier" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.12267_5" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742373v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Luck" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796507v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740545v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Patrice" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801791v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804088v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Houry" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746008v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Saint-Auret" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Damas" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orane Boyer" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159380v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Touzard" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Olivier" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.07.608" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-431PZP41-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748129v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749997v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marthey" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750377v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Touzard" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.07.612" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745732v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746708v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745355v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749620v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019840v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Peugnet" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boyer" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004734v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Giraudet" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Robert" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745066v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Colin de Verdi&#232;re" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000834v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Schibler" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Mata" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Blouin" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189526v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Peugnet" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lardic" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193552v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751155v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811946v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benech" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813041v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821692v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jeansoule" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Larcher" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814183v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Hogrel" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Canal" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ollivier" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817918v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754324v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Guezennec" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814301v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Alibert" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tendil" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Damas" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756368v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821006v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Voit" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Thibaud" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uriarte" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816418v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meyer" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819957v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816577v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816363v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823499v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Amiot" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822895v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752587v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834105v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834001v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brun" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830252v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831792v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maltere" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759641v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831490v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832298v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Goachet" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829038v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832523v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829070v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Multon" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Avogadro" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833317v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830204v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833401v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829484v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830826v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828710v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762171v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832030v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Trole" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762166v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761663v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dufour" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763545v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764272v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832720v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763491v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delaporte" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828311v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833727v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762449v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771295v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Rose" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769388v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Beauregard" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771562v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Hodgson" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerard" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768959v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769818v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beauregard" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765378v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769430v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770589v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768572v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holmstr&#246;m" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769752v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768889v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839313v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834872v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839422v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838547v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837595v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771684v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770778v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834621v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836586v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834378v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840707v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766036v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834506v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768938v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839356v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Slewinsky" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Koralsztein" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765511v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834504v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768611v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838197v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Portier" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839374v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834845v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766547v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836054v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765645v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840854v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839299v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764986v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770064v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835376v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768702v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770219v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767296v1" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769525v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766669v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773777v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772462v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777034v1" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775004v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775113v1" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779399v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775521v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775397v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778220v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774951v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777056v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847637v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774990v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774120v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847318v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843679v1" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772847v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778385v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778375v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Villa" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778455v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779465v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776947v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776339v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850090v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774138v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848201v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772492v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844671v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774786v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843678v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777763v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850154v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778763v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774139v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843745v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775015v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844440v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844657v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773085v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849318v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849407v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844347v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02781880v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02853615v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248801v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordana Coelho-Dos-Reis" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248826v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Danvy" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Colin" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Oden" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0244064)" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248899v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248905v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Egidy-Maskos" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04724113v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Normand" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fortier" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.14356" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04236945v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legrand" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04236938v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726385v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lallias" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Capitan" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734053v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Riousset" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786720v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boland-Aug&#233;" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Olaso" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194107v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/295290_2.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193969v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271582_2.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193975v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berteaux" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271946.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159387v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.em-consulte.com/showarticlefile/833515/main.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2013.07.613" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0LZSHXK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129916v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Crevier-Denoix" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489939v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-7020-4771-8.00010-7" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02489957v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-7020-4771-8.00004-1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804482v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812058v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824412v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834050v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834689v1" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840087v1" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Saastamoinen" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840173v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842012v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839278v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839850v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843537v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851674v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834846v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fazio" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlazzo" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lindner" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lopez-Rivero" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852156v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>