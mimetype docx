--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -847,237 +847,237 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04445778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l’innovation sociale renouvelle l’action publique. Un regard croisé sur les expériences française et coréenne de l’ESS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">10 ans après : l'ESS en tension, quel pouvoir de transformation de l'économie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et Management public</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, avril-Juillet (372-373), pp.104-119</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688954v1</w:t>
+                <w:t xml:space="preserve">hal-04952714v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 ans après : l'ESS en tension, quel pouvoir de transformation de l'économie ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand l’innovation sociale renouvelle l’action publique. Un regard croisé sur les expériences française et coréenne de l’ESS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Politiques et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (1), pp.45-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/pmp.2024.37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04952714v2</w:t>
+                <w:t xml:space="preserve">hal-04688954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agency and collaboration: an analysis of the relationship between government-certified social enterprises and the public sector in South Korea</w:t>
+                <w:t xml:space="preserve">How social enterprise executives perceive their relationship with the government in South Korea: Insights from a Q‐methodological study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper Hendrik Claassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
@@ -1095,615 +1095,615 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Junki Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeanhee Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Public Sector Management</w:t>
+              <w:t xml:space="preserve">Nonprofit Management and Leadership</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/IJPSM-03-2023-0081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/nml.21584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287922v1</w:t>
+                <w:t xml:space="preserve">hal-04287919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professional reorientation and valorisation of skills : the contribution of validation of experience in the social and solidarity economy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lydie Grudé</w:t>
+                <w:t xml:space="preserve">Building a Better World: The Contribution of Cooperatives and SSE Organizations to Decent Work and Sustainable Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation permanente</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/edpe.233.0057⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (6), pp.5490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su15065490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04007092v1</w:t>
+                <w:t xml:space="preserve">hal-04042262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">South Korean social enterprises and their networks: On their organizational linkages at the interstice between the third, public, and corporate sectors</w:t>
+                <w:t xml:space="preserve">Agency and collaboration: an analysis of the relationship between government-certified social enterprises and the public sector in South Korea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper Hendrik Claassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junki Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeanhee Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/apce.12397⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Public Sector Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/IJPSM-03-2023-0081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04086662v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Enterprises Within the Public Sector’s Purview: A Taxonomy-Based Study on South Korea</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Bidet</w:t>
+                <w:t xml:space="preserve">Professional reorientation and valorisation of skills : the contribution of validation of experience in the social and solidarity economy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boned</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Grudé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Voluntas: International Journal of Voluntary and Nonprofit Organizations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11266-023-00622-7⟩</w:t>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 233 (4), pp.57-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/edpe.233.0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329237v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04007092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How social enterprise executives perceive their relationship with the government in South Korea: Insights from a Q‐methodological study</w:t>
+                <w:t xml:space="preserve">South Korean social enterprises and their networks: On their organizational linkages at the interstice between the third, public, and corporate sectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper Hendrik Claassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junki Kim</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yeanhee Choi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonprofit Management and Leadership</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nml.21584⟩</w:t>
+              <w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 94 (2), pp.365-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apce.12397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287919v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04086662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a Better World: The Contribution of Cooperatives and SSE Organizations to Decent Work and Sustainable Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maryline Filippi</w:t>
+                <w:t xml:space="preserve">Social Enterprises Within the Public Sector’s Purview: A Taxonomy-Based Study on South Korea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casper Hendrik Claassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Mair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (6), pp.5490. </w:t>
+              <w:t xml:space="preserve">Voluntas: International Journal of Voluntary and Nonprofit Organizations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su15065490⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11266-023-00622-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04042262v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economie sociale et solidaire en débat : quand action rime avec formation</w:t>
               </w:r>
@@ -1865,230 +1865,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04287928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economie sociale et solidaire : périmêtre et mesures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Susciter la mise en débat démocratique et citoyenne des données chiffrées sur l’Économie sociale et solidaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 362 (4), pp.132-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/recma.362.0132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03149599v1</w:t>
+                <w:t xml:space="preserve">halshs-03925990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susciter la mise en débat démocratique et citoyenne des données chiffrées sur l’Économie sociale et solidaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Economie sociale et solidaire : périmêtre et mesures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 635, pp.42-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/recma.362.0132⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03925990v1</w:t>
+                <w:t xml:space="preserve">halshs-03149599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’après Covid-19 : vers un regain d’intérêt pour le modèle de la mutuelle d’assurance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 357 (3), pp.121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2116,256 +2116,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi fallait-il une loi Pacte, cinq ans après la loi ESS ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repenser l’entreprise de l’ESS à l’aune de la RSE et de la loi Pacte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 353 (3), pp.124-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/recma.353.0124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03127823v1</w:t>
+                <w:t xml:space="preserve">halshs-03925983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repenser l’entreprise de l’ESS à l’aune de la RSE et de la loi Pacte</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Pourquoi fallait-il une loi Pacte, cinq ans après la loi ESS ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/recma.353.0124⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03925983v1</w:t>
+                <w:t xml:space="preserve">halshs-03127823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’économie sociale et solidaire en France, un secteur en expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informations sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 199 (1), pp.10-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2698,51 +2698,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’émergence du modèle coopératif en Corée du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyungsik Eum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2984,51 +2984,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles formes de protection sociale : entreprises sociales et coopératives médicales en Corée du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyungsik Eum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3697,51 +3697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'insoutenable grand écart de l'économie sociale Isomorphisme institutionnel et économie solidaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 21 (1), pp.162-178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3775,51 +3775,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corée du sud : vers une société d'assurances sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Tiers Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 175 (3), pp.603-620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3853,51 +3853,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La protection sociale en Corée du sud : évolutions récentes et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 1, pp.169-194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3931,51 +3931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The social economy, the new social economy and economic sociology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 42 (4), pp.587-599. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4131,51 +4131,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier : &amp;quot;Formation, coopération, émancipation : Expériences en économie sociale et solidaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4418,51 +4418,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabriquer les transitions : quand les coopératives multisociétariales s'organisent en réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4511,191 +4511,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04763767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-développer l’adaptabilité à la carrière par la VAE lors de la transition professionnelle vers l’ESS</w:t>
+                <w:t xml:space="preserve">Comprendre le développement de l’entreprise sociale en Corée du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hugo Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lethielleux L. &amp; Valéau P. (dir.). La gestion des ressources humaines dans les organisations de l’économie sociale et solidaire. Les valeurs à l’épreuve des pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vuibert, 2023, 978-2-311-41275-8</w:t>
+              <w:t xml:space="preserve">Territoires inclusifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Editions, 2023, 978-1-78405-914-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282193v1</w:t>
+                <w:t xml:space="preserve">hal-04287956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre le développement de l’entreprise sociale en Corée du Sud</w:t>
+                <w:t xml:space="preserve">Co-développer l’adaptabilité à la carrière par la VAE lors de la transition professionnelle vers l’ESS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boned</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires inclusifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE Editions, 2023, 978-1-78405-914-9</w:t>
+              <w:t xml:space="preserve">Lethielleux L. &amp; Valéau P. (dir.). La gestion des ressources humaines dans les organisations de l’économie sociale et solidaire. Les valeurs à l’épreuve des pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vuibert, 2023, 978-2-311-41275-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287956v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Economy</w:t>
               </w:r>
@@ -4867,51 +4867,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">14. Corée du Sud. Leçons et impact de la crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Après la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Karthala, pp.327-346, 2003, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5167,64 +5167,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boned</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e Rencontres du Réseau inter-universitaire de l'Économie sociale et solidaire (RIUESS). "L’ESS au travail ! Enquêter sur les pratiques de résistance, de transformation et d’émancipation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lumière Lyon 2; Réseau Inter-Universitaire de l'Economie Sociale et Solidaire, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5616,64 +5616,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boned</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GESS 2024 : 11èmes journées de recherche GESS (Gestion des Entreprises Sociales et Solidaires). "Sociales, solidaires, et écologiques ? Tensions et convergences des organisations de l’ESS"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Gustave Eiffel, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5711,64 +5711,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How the French Validation Of Acquired Experience (VAE) System can Serve Professional Reorientation towards SSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boned</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th CIRIEC International Research Conference on Social Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5793,51 +5793,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperatives and SSE Organizations: the decent work contribution to SDGs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6046,152 +6046,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03506694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lost in transition : the cooperative solution</w:t>
+                <w:t xml:space="preserve">Organisation du panel : lost in transitions : the cooperative solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European research conference on cooperatives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACI, European research conf., Jul 2021, Paris-On line, France</w:t>
+              <w:t xml:space="preserve">ICA CCR Europe Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICA International cooperative association, Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03506740v1</w:t>
+                <w:t xml:space="preserve">halshs-03511691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responsabilité Sociétale des Entreprises et transition, renouveau et enjeux pour l’identité coopérative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6223,109 +6223,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03506652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organisation du panel : lost in transitions : the cooperative solution</w:t>
+                <w:t xml:space="preserve">Lost in transition : the cooperative solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICA CCR Europe Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICA International cooperative association, Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">European research conference on cooperatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACI, European research conf., Jul 2021, Paris-On line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03511691v1</w:t>
+                <w:t xml:space="preserve">halshs-03506740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation du séminaire ADDES 2021 : Agir pour une transition citoyenne avec l'ESS</w:t>
               </w:r>
@@ -6387,191 +6387,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03511728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assises du Tiers secteur de la recherche, Atelier 1 Co-recherches, enjeux économiques et évolution du travail,</w:t>
+                <w:t xml:space="preserve">Organisation du 29eme Colloque de l'ADDES : Perimetres et mesures de L'ESS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises du Tiers secteur de la recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Rennes -Distanciel, France</w:t>
+              <w:t xml:space="preserve">Périmetres et Mesures de l'ESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADDES, Nov 2020, Paris-Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03167143v1</w:t>
+                <w:t xml:space="preserve">halshs-03511715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organisation du 29eme Colloque de l'ADDES : Perimetres et mesures de L'ESS</w:t>
+                <w:t xml:space="preserve">Assises du Tiers secteur de la recherche, Atelier 1 Co-recherches, enjeux économiques et évolution du travail,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Périmetres et Mesures de l'ESS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADDES, Nov 2020, Paris-Distanciel, France</w:t>
+              <w:t xml:space="preserve">Assises du Tiers secteur de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Rennes -Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03511715v1</w:t>
+                <w:t xml:space="preserve">hal-03167143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SSE at the risk of the renewal of the debate on enterprise</w:t>
               </w:r>
@@ -6583,51 +6583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Ciriec International conference on social economy :Moving Towards a New Economic System,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIRIEC International, Jun 2019, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6665,51 +6665,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation sociale en ESS : les leçons d'un partenariat de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boned</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6760,51 +6760,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation sociale et formation en ESS : quelques observation à partir d'un partenariat université-entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boned</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pujol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7031,190 +7031,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04945961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La coopérative, un modèle d’innovation sociale et écologique</w:t>
+                <w:t xml:space="preserve">ESS : 10 ans après la loi, ou en est-on ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Filippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04920420v1</w:t>
+                <w:t xml:space="preserve">hal-04763759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESS : 10 ans après la loi, ou en est-on ?</w:t>
+                <w:t xml:space="preserve">La coopérative, un modèle d’innovation sociale et écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04763759v1</w:t>
+                <w:t xml:space="preserve">hal-04920420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7245,51 +7245,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corporate social responsability and transitions: renewals and challenges for the cooperative identity. Some reflections from the French case, Review of international cooperation, Special issue on cooperative identity, pp.66-80, Vol. 107</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Richez-Battesti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7352,51 +7352,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brief on &amp;quot;Boundaries and Linkages between the Social and Solidarity Economy, Corporate Social Responsibility and Responsible Business Conduct</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Filippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7530,51 +7530,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ED6891A1"/>
+    <w:nsid w:val="CBC4F444"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7761,51 +7761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-bidet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2434-0582" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034936688" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/32114445" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000055114137" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ciriec.uliege.be/recherches-2/commission-es/equipe-commission-es/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://addes-asso.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763755v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bidet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespetitsmatins.fr/collections/essais/mondes-en-transitions/334-l-innovation-sociale.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319210v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Defourny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429265761" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468234v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Hendrik Claassen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bok Gyo Jeong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junki Kim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSSP-07-2025-0469" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeanhee Choi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/npf-2023-0115" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445778v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SEJ-08-2023-0102" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04688954v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pmp.2024.37" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952714v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Filippi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287922v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJPSM-03-2023-0081" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007092v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bidet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boned" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Grud&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.233.0057" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04086662v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.12397" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329237v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Mair" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11266-023-00622-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nml.21584" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042262v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15065490" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978999v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.233.0011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14095023" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03149599v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925990v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.362.0132" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925994v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.357.0121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127823v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925983v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.353.0124" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925997v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.199.0010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318571v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyungsik Eum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieun Ryu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11266-018-9951-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926023v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13569775.2016.1175094" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319232v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Nyssens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038123ar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925999v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.341.0026" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319225v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037434ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319228v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024821ar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926001v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.143.0084" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03592951v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926030v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0899764011431829" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926042v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung&#8208;sik Eum" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17508611111130167" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562640v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gel&#233;zeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chabanol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Colin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen de Ceuster" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926046v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/apr.2009.0021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926007v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1021104ar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319198v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Spear" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1370-4788.2005.00276.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3A5AEB148881E92F856CC5D170C4C78A6CFCB629/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926011v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.021.0162" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926009v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.175.0603" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926014v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.021.0169" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926039v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.37146" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926047v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-8292.00146" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-832RKC8J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007088v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.233.0005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978683v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920436v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763767v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282193v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gaillard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287956v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007097v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99675-2_90-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785760v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guelle" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cosaert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925987v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.bouis.2003.01.0327" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375872v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939624v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107786v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Boudes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107773v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375866v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027968v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107887v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107864v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155482v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04504874v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506714v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506694v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506740v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506652v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511691v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511728v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167143v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511715v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510848v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154904v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pujol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155002v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385782v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945961v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920420v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763759v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763779v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978644v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-bidet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2434-0582" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034936688" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/32114445" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000055114137" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ciriec.uliege.be/recherches-2/commission-es/equipe-commission-es/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://addes-asso.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763755v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bidet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespetitsmatins.fr/collections/essais/mondes-en-transitions/334-l-innovation-sociale.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319210v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Defourny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429265761" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468234v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Hendrik Claassen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bok Gyo Jeong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junki Kim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSSP-07-2025-0469" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeanhee Choi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/npf-2023-0115" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445778v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SEJ-08-2023-0102" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952714v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Filippi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04688954v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pmp.2024.37" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287919v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nml.21584" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042262v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15065490" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287922v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJPSM-03-2023-0081" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007092v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bidet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boned" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Grud&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.233.0057" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04086662v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.12397" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329237v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Mair" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11266-023-00622-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978999v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.233.0011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287928v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14095023" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925990v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.362.0132" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03149599v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925994v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.357.0121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925983v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.353.0124" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127823v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925997v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.199.0010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318571v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyungsik Eum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieun Ryu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11266-018-9951-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926023v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13569775.2016.1175094" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319232v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Nyssens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038123ar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925999v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.341.0026" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319225v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037434ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319228v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024821ar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926001v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.143.0084" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03592951v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926030v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0899764011431829" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926042v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung&#8208;sik Eum" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17508611111130167" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00562640v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gel&#233;zeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chabanol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Colin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen de Ceuster" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926046v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/apr.2009.0021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926007v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1021104ar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319198v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Spear" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1370-4788.2005.00276.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3A5AEB148881E92F856CC5D170C4C78A6CFCB629/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926011v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.021.0162" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926009v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rtm.175.0603" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926014v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.021.0169" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926039v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.37146" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926047v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-8292.00146" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-832RKC8J-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007088v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.233.0005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978683v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920436v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763767v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287956v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282193v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gaillard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007097v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99675-2_90-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785760v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guelle" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cosaert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925987v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.bouis.2003.01.0327" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375872v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939624v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107786v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Boudes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107773v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375866v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027968v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107887v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107864v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155482v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04504874v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506714v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506694v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511691v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506652v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506740v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511728v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511715v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167143v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510848v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154904v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pujol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155002v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385782v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945961v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763759v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920420v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763779v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978644v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>