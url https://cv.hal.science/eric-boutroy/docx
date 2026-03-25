--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -251,896 +251,896 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04854935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La loi du rocher »</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dumont</w:t>
+                <w:t xml:space="preserve">Des rendez-vous manqués ? De la méconnaissance de la technologie culturelle et de la culture matérielle dans les sciences et techniques des APS (STAPS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques &amp; Culture </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11zrf⟩</w:t>
+              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 20 (1), pp.223-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/corp1.020.0223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04850793v1</w:t>
+                <w:t xml:space="preserve">hal-04921354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of handi-climbing consumption. A sociological analysis of the evolution of a service innovation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiting innovation: the organizational vulnerability of small or medium companies innovating in the outdoor sports sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Lhopital</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Perrin</w:t>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alter: European Journal of Disability Research / Revue européenne de recherche sur le handicap</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/9ig0⟩</w:t>
+              <w:t xml:space="preserve">Management &amp; Organisations du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Issue 5 | 2023, pp.1-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mos-2023-8545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04742073v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360833v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting innovation: the organizational vulnerability of small or medium companies innovating in the outdoor sports sector</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« La loi du rocher »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+                <w:t xml:space="preserve">Guillaume Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Organisations du Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mos-2023-8545⟩</w:t>
+              <w:t xml:space="preserve">Techniques &amp; Culture </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 79, pp.46-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11zrf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360833v4</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04850793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des rendez-vous manqués ? De la méconnaissance de la technologie culturelle et de la culture matérielle dans les sciences et techniques des APS (STAPS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
+                <w:t xml:space="preserve">The emergence of handi-climbing consumption. A sociological analysis of the evolution of a service innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Lhopital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, N° 20 (1), pp.223-235. </w:t>
+              <w:t xml:space="preserve">Alter: European Journal of Disability Research / Revue européenne de recherche sur le handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (4), pp.85-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/corp1.020.0223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/9ig0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04921354v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04742073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gels, bananes et coca. Une ethnographie des conduites alimentaires en ultra-trail</w:t>
+                <w:t xml:space="preserve">Activité Physique Adaptée : penser la capacitation en réseau. Analyse sociotechnique de l’émergence d’un dispositif de prescription à l’échelle d’une ville.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Routier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Lebreton</w:t>
+                <w:t xml:space="preserve">Emmanuel Dizin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Johanne Pabion-Mouriès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature et récréation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Justice sociale, genre et santé récréative, 12, pp.60-77</w:t>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03774254v1</w:t>
+                <w:t xml:space="preserve">hal-03883148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité Physique Adaptée : penser la capacitation en réseau. Analyse sociotechnique de l’émergence d’un dispositif de prescription à l’échelle d’une ville.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gels, bananes et coca. Une ethnographie des conduites alimentaires en ultra-trail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Dizin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
+                <w:t xml:space="preserve">Johanne Pabion-Mouriès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Nature et récréation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Justice sociale, genre et santé récréative, 12, pp.60-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883148v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Un wikipedia de la randonnée légère ». Savoir-faire en libre accès au sein d’une communauté de pratique en ligne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Activité Physique Adaptée : penser la capacitation en réseau.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dizin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnologie française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Vol. 52 (1), pp.91-106. </w:t>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, HS, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ethn.221.0091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.12630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921249v1</w:t>
+                <w:t xml:space="preserve">hal-03869653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité Physique Adaptée : penser la capacitation en réseau.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Un wikipedia de la randonnée légère ». Savoir-faire en libre accès au sein d’une communauté de pratique en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ethnologie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 52 (1), pp.91-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ethn.221.0091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.12630⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03869653v1</w:t>
+                <w:t xml:space="preserve">hal-04921249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les turbulences alimentaires. Analyse socio-anthropologique d’espaces de débridements contrôlés en ultra-trail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Turbulences, 44, pp.65-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1187,51 +1187,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renouveler les connaissances sur les risques liés aux sports de montagne : l’exemple d’un laboratoire collaboratif d’accidentologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Vanpoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1291,64 +1291,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le fauteuil tout-terrain mono-roue : analyse sociologique d’une innovation technique et sociale favorisant une accessibilité partagée des espaces outdoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1399,51 +1399,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Knowledge about Risks Related to Alpine Sports: A Collaborative Laboratory on Accidentology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Vanpoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1516,51 +1516,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renouveler les connaissances sur les risques liés aux sports de montagne : l’exemple d’un laboratoire collaboratif d’accidentologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Vanpoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1728,51 +1728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (1), pp.23-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2038,1144 +2038,1161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conserver mieux pour consommer loin. Techniques de conservation alimentaire en itinérance sportive (randonnée, alpinisme himalayen)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ecueils et paradoxes de l'innovation pour les petites entreprises : le cas du secteur de l'outdoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques et culture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (4), pp.20-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/entin.039.0020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02325114v1</w:t>
+                <w:t xml:space="preserve">hal-02328511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de la sociologie au sein d'une recherche-action collaborative : retour d'expérience sur une innovation en prévention des risques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 37 (2), pp.59-69. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sopr.037.0059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02325120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacité de l'airbag d'avalanche face au risque d'ensevelissement~: revue de littérature (1996-2016)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conserver mieux pour consommer loin. Techniques de conservation alimentaire en itinérance sportive (randonnée, alpinisme himalayen)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Techniques et culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02331668v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02325114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecueils et paradoxes de l'innovation pour les petites entreprises : le cas du secteur de l'outdoor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Efficacité de l'airbag d'avalanche face au risque d'ensevelissement~: revue de littérature (1996-2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Haye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 39 (4), pp.20-30. </w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (1), pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/entin.039.0020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2017.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02328511v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’accidentologie des sports de montagne en France : un état des lieux basé sur l’exploitation de données secondaires</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Véronique Reynier</w:t>
+                <w:t xml:space="preserve">The dangerousness of mountain recreation: A quantitative overview of fatal and non-fatal accidents in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2017.04.008⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (7), pp.931-939. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2017.1324525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02126674v1</w:t>
+                <w:t xml:space="preserve">hal-02331154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who is at risk in the French mountains? Profiles of the accident victims in outdoor sports and mountain recreation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
+                <w:t xml:space="preserve">L’accidentologie des sports de montagne en France : un état des lieux basé sur l’exploitation de données secondaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">B. Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Véronique Reynier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mountain Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/S11629-016-4146-5⟩</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32 (4), pp.203-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2017.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02126667v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dangerousness of mountain recreation: A quantitative overview of fatal and non-fatal accidents in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Who is at risk in the French mountains? Profiles of the accident victims in outdoor sports and mountain recreation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brice Lefèvre</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Reynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 17 (7), pp.931-939. </w:t>
+              <w:t xml:space="preserve">Journal of Mountain Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 14 (8), pp.1490-1499. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17461391.2017.1324525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/S11629-016-4146-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02331154v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction des risques liés aux pratiques sportives de montagne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Innovation theories applied to the outdoor sports sector: Panorama and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/communication.5157⟩</w:t>
+              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (3), pp.383-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07053436.2015.1083755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02126679v1</w:t>
+                <w:t xml:space="preserve">hal-02330793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation theories applied to the outdoor sports sector: Panorama and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La construction des risques liés aux pratiques sportives de montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Reynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 38 (3), pp.383-398. </w:t>
+              <w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33/1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07053436.2015.1083755⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/communication.5157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330793v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse sociotechnique d'une innovation sportive : le cas du kitesurf</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'allègement de l'équipement dans les pratiques sportives outdoor : pluralité des processus d'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336760v1</w:t>
+                <w:t xml:space="preserve">hal-02336770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'innovation matérielle dans l'outdoor : des trajectoires d'objets au sein de réseaux d'acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3190,178 +3207,161 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue juridique et économique du sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 138, pp.25-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'allègement de l'équipement dans les pratiques sportives outdoor : pluralité des processus d'innovation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Analyse sociotechnique d'une innovation sportive : le cas du kitesurf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 43 (1), pp.163-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/inno.043.0163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336770v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinaison de proximités géographiques et socio-économiques, La filière &amp;quot; Tourisme sportif de montagne et de nature &amp;quot; en Rhône-Alpes</w:t>
               </w:r>
@@ -3449,217 +3449,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00806761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiation territoriale des conflits d’usage</w:t>
+                <w:t xml:space="preserve">Gouvernance des espaces de loisirs sportifs et touristiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roux Frédérique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Juristourisme : le mensuel des acteurs du tourisme &amp; des loisirs [Juris tourisme]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 138, pp.37-41</w:t>
+              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 22, pp.23-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02337778v1</w:t>
+                <w:t xml:space="preserve">hal-02337764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouvernance des espaces de loisirs sportifs et touristiques</w:t>
+                <w:t xml:space="preserve">La médiation territoriale des conflits d’usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roux Frédérique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers de droit du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 22, pp.23-32</w:t>
+              <w:t xml:space="preserve">Juristourisme : le mensuel des acteurs du tourisme &amp; des loisirs [Juris tourisme]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 138, pp.37-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02337764v1</w:t>
+                <w:t xml:space="preserve">hal-02337778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les interactions entre cultures sportives de montagne et territoires : un état des lieux de la recherche française depuis 1990</w:t>
               </w:r>
@@ -3798,51 +3798,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réussir à innover en matière de prévention des risques : de la recherche-action collaborative à la mise en retrait des chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches collectives en Management du sport. Réflexions et critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3893,51 +3893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INJEP. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les pratiques physiques et sportives en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.63-74, 2023, 978-2-11-167972-6</w:t>
@@ -3979,51 +3979,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réussir à innover en matière de prévention des risques : de la recherche-action collaborative à la mise en retrait des chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ludovic Martel &amp; Arnaud Sébileau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collectifs de recherche et recherches collectives en Management du sport. Enquêter, produire des données, répondre à une commande</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître</w:t>
@@ -4052,64 +4052,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adopter-adapter un dispositif de prévention par l'activité physique à l'échelle d'une ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dizin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4158,307 +4158,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La proximité des usagers: Innovation et co-création dans le secteur du trail</w:t>
+                <w:t xml:space="preserve">Introduction : étudier les innovations sportives outdoor en sciences sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bodet</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Bénédicte Vignal; Eric Boutroy; Véronique Reynier. </w:t>
+                <w:t xml:space="preserve">Anne Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bénédicte Vignal; Éric Boutroy; Véronique Reynier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une montagne d'innovations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Grenoble, 2017</w:t>
+              <w:t xml:space="preserve">Une montagne d'innovations. Quelles dynamiques pour le secteur des sports outdoor ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUG, 2017, Montagne et innovation, 9782706126970</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359605v1</w:t>
+                <w:t xml:space="preserve">hal-02359611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le yooner : relations sociales et réseau sociotechnique au cøeur de l'innovation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La proximité des usagers: Innovation et co-création dans le secteur du trail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bénédicte Vignal; Eric Boutroy; Véronique Reynier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une montagne d'innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PUG, 2017, LABEX Montagne &amp; Innovation</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Grenoble, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359594v1</w:t>
+                <w:t xml:space="preserve">hal-02359605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : étudier les innovations sportives outdoor en sciences sociales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le yooner : relations sociales et réseau sociotechnique au cøeur de l'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une montagne d'innovations. Quelles dynamiques pour le secteur des sports outdoor ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUG, 2017, Montagne et innovation, 9782706126970</w:t>
+              <w:t xml:space="preserve">Une montagne d'innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUG, 2017, LABEX Montagne &amp; Innovation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02359611v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redresser un fabricant d’articles sportifs : audit stratégique de la société Procycle</w:t>
               </w:r>
@@ -4750,51 +4750,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Boetsch, G.;Devriendt, W.;Piguel, A.;. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Permanence et changements dans les sociétés alpines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edisud, pp.231-243., 2003</w:t>
@@ -4849,260 +4849,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimiser son alimentation en ultra-trail. Circulation et concurrence entre savoirs scientifiques et savoirs expérientiels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Lebreton</w:t>
+                <w:t xml:space="preserve">Practising sport or physical activity when inactive : rethinking accessibility through attachment/detachment theories, 3rd IRDC, Belfast, le 12 avril 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Routier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Boutroy</w:t>
+                <w:t xml:space="preserve">Emmanuel Dizin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences, savoirs et sociétés, XXIIe congrès international des sociologues de langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Internationale des Sociologues de Langue Française (AISLF), Jul 2024, Ottawa (Ontario), Canada</w:t>
+              <w:t xml:space="preserve">3rd IRDC (Interdisciplinarity Conférence on Disability and Consomption)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hilary Downey, Anthony Beudaert et Jean-Philippe Nau, Apr 2024, Belfast (Queen's University), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04678545v1</w:t>
+                <w:t xml:space="preserve">hal-05030005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practising sport or physical activity when inactive : rethinking accessibility through attachment/detachment theories, 3rd IRDC, Belfast, le 12 avril 2024</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Éric Boutroy</w:t>
+                <w:t xml:space="preserve">Optimiser son alimentation en ultra-trail. Circulation et concurrence entre savoirs scientifiques et savoirs expérientiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IRDC (Interdisciplinarity Conférence on Disability and Consomption)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hilary Downey, Anthony Beudaert et Jean-Philippe Nau, Apr 2024, Belfast (Queen's University), Ireland</w:t>
+              <w:t xml:space="preserve">Sciences, savoirs et sociétés, XXIIe congrès international des sociologues de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Internationale des Sociologues de Langue Française (AISLF), Jul 2024, Ottawa (Ontario), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05030005v1</w:t>
+                <w:t xml:space="preserve">hal-04678545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commercial Dynamics and the Transformation of Climbing Activities: A analysis of Indoor Climbers in France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5166,51 +5166,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama des sports et loisirs de nature. Le cas de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5274,51 +5274,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5451,51 +5451,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commercial Dynamics and the transformation of climbing activities: An analysis of indoor climbers in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5546,51 +5546,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre nutrition sportive industrielle et alimentation frugale. Appropriation et résistance aux « innovations » alimentaires dans l’ultra-trail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5641,51 +5641,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renouveler les connaissances sur les risques liés aux sports de montagne : récit d'une recherche action collaborative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Vanpoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5762,77 +5762,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appropriation d'une innovation matérielle et culture technique du risque. Effet de l'utilisation de l'airbag d'avalanche par les professionnels de la montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Got</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dire, faire et analyser. La sociologie du sport face au langage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire VIPS2, Université Rennes 2, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5883,64 +5883,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des jeux. Contribution de la recherche en sciences humaines et sociales du sport aux Jeux Olympiques et Paralympiques de Paris 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SANTESIH; CRESCO; ACHAC, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5959,325 +5959,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03936958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la transformation des techniques alimentaires à leurs incorporations dans la course ultra-trail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Lebreton</w:t>
+                <w:t xml:space="preserve">Intéresser et enrôler pour développer les pouvoirs d’agir en APA. Analyse sociotechnique d’un dispositif de prescription d’activité physique à l’échelle d’une ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dizin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès de l’Association Française de Sociologie Changer ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">CAPAS - Les capacitaires activations physiques adaptées de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des sciences du sport-santé de Paris, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03281838v1</w:t>
+                <w:t xml:space="preserve">hal-03287086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intéresser et enrôler pour développer les pouvoirs d’agir en APA. Analyse sociotechnique d’un dispositif de prescription d’activité physique à l’échelle d’une ville</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Issanchou</w:t>
+                <w:t xml:space="preserve">De la transformation des techniques alimentaires à leurs incorporations dans la course ultra-trail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAPAS - Les capacitaires activations physiques adaptées de santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut des sciences du sport-santé de Paris, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">9ème Congrès de l’Association Française de Sociologie Changer ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03287086v1</w:t>
+                <w:t xml:space="preserve">hal-03281838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Bien?) s’alimenter en ultra-endurance. Pratiques et cultures alimentaires chez les ultra-trailers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Pabion-Mouriès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium international francophone de recherche sur le plein air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université du Québec, Oct 2019, Chicoutimi, Canada</w:t>
@@ -6300,735 +6300,735 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dispositifs hétéronomes de sécurisation pour les sportifs confrontés à des risques corporels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">La joëlette, une innovation technique et sociale pour un tourisme sportif inclusif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entretiens Jacques Cartier : innovation économique et sociale. Situation extrême, créativité, apprentissage et fiabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Quel tourisme sportif ? La fabrique d’une expérience contemporaine de l’ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417930v1</w:t>
+                <w:t xml:space="preserve">hal-02417937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La joëlette, une innovation technique et sociale pour un tourisme sportif inclusif</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Les dispositifs hétéronomes de sécurisation pour les sportifs confrontés à des risques corporels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quel tourisme sportif ? La fabrique d’une expérience contemporaine de l’ailleurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Entretiens Jacques Cartier : innovation économique et sociale. Situation extrême, créativité, apprentissage et fiabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417937v1</w:t>
+                <w:t xml:space="preserve">hal-02417930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociologues et partie prenante d'une innovation : les compromis nécessaires à l'accompagnement du changement en matière de prévention des accidents de sport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Optimiser l’accidentologie des sports de montagne : une innovation sociale basée sur le partage collaboratif de récits d’incidents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Vanpoulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Reynier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès de la 3SLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Arras, France</w:t>
+              <w:t xml:space="preserve">La montagne, territoire d'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LabEX ITEM, Jan 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02419735v1</w:t>
+                <w:t xml:space="preserve">halshs-01445280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cordées entre femmes : une innovation sociale inaboutie ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Ottogalli</w:t>
+                <w:t xml:space="preserve">Sociologues et partie prenante d'une innovation : les compromis nécessaires à l'accompagnement du changement en matière de prévention des accidents de sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La montagne, territoire d'innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LabEX ITEM, Jan 2017, Grenoble, France</w:t>
+              <w:t xml:space="preserve">9ème Congrès de la 3SLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01443611v1</w:t>
+                <w:t xml:space="preserve">hal-02419735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoires professionnelles dans la branche sport. Analyse sociologique des dynamiques de stabilisation et de précarisation à l'oeuvre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Collinet</w:t>
+                <w:t xml:space="preserve">Les cordées entre femmes : une innovation sociale inaboutie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ottogalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Congrès de l'AFS, Sociologie des pouvoirs, pouvoirs de la sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie, Jun 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">La montagne, territoire d'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LabEX ITEM, Jan 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03936906v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01443611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paradoxes de l'innovation : le cas de la vulnérabilité organisationnelle de petites entreprises innovantes dans le secteur de l'outdoor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Soulé</w:t>
+                <w:t xml:space="preserve">Trajectoires professionnelles dans la branche sport. Analyse sociologique des dynamiques de stabilisation et de précarisation à l'oeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Management du Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">7e Congrès de l'AFS, Sociologie des pouvoirs, pouvoirs de la sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jun 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02419768v1</w:t>
+                <w:t xml:space="preserve">hal-03936906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimiser l’accidentologie des sports de montagne : une innovation sociale basée sur le partage collaboratif de récits d’incidents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Les paradoxes de l'innovation : le cas de la vulnérabilité organisationnelle de petites entreprises innovantes dans le secteur de l'outdoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Reynier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La montagne, territoire d'innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LabEX ITEM, Jan 2017, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Colloque Management du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01445280v1</w:t>
+                <w:t xml:space="preserve">hal-02419768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing the accidentology of mountain sports: a social innovation based on experience feedback methods applied to near-miss sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISSA World Congress of Sociology of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7047,329 +7047,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseau sociotechnique et relations sociales dans l'activité d'innovation. Le cas du Yooner</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A socio-technical analysis of innovation in the outdoor sporting goods market: the case of the R-light shoe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Sociology of Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Sociology of Sport Association (ISSA), Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">European Association for Sport Management conference (EASM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02895985v1</w:t>
+                <w:t xml:space="preserve">hal-02895326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation et co-création dans le sport outdoor : la chaussure R-light 001 de Raidlight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réseau sociotechnique et relations sociales dans l'activité d'innovation. Le cas du Yooner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées internationales du Management du Sport, du Tourisme Sportif et des Loisirs actifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">World Congress of Sociology of Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Sociology of Sport Association (ISSA), Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02896231v1</w:t>
+                <w:t xml:space="preserve">hal-02895985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A socio-technical analysis of innovation in the outdoor sporting goods market: the case of the R-light shoe</w:t>
+                <w:t xml:space="preserve">Innovation et co-création dans le sport outdoor : la chaussure R-light 001 de Raidlight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association for Sport Management conference (EASM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Journées internationales du Management du Sport, du Tourisme Sportif et des Loisirs actifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02895326v1</w:t>
+                <w:t xml:space="preserve">hal-02896231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place et quels modes d’existence pour les éléments non humains dans les réseaux d’innovation de matériels sportifs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de clôture du projet ANR TIMSA (2010-14) Territoire Innovations Marchés et Sports dans les Alpes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7463,51 +7463,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le laboratoire de test de l’ENSA : relire l’histoire d’une innovation au regard de proximités sociales et géographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7539,286 +7539,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02938741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Market segmentation and temporal variation in Importance-Performance Analysis : the case of a private indoor climbing centre in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparer des trajectoires d’innovation sportive : application et adaptation d’une analyse sociotechnique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 21th European Association of Sport Management Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">7ème congrès de la 3SLF "Comparer le sport. Usages et controverses"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société de sociologie du sport de langue française (3SLF), May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949666v1</w:t>
+                <w:t xml:space="preserve">hal-02949553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grimpeurs des villes. Sociographie des usagers d’une grande salle d’escalade artificielle marchande</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Market segmentation and temporal variation in Importance-Performance Analysis : the case of a private indoor climbing centre in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème congrès de la 3SLF "Comparer le sport. Usages et controverses"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société de sociologie du sport de langue française (3SLF), May 2013, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">The 21th European Association of Sport Management Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949547v1</w:t>
+                <w:t xml:space="preserve">hal-02949666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparer des trajectoires d’innovation sportive : application et adaptation d’une analyse sociotechnique</w:t>
+                <w:t xml:space="preserve">Les grimpeurs des villes. Sociographie des usagers d’une grande salle d’escalade artificielle marchande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Vignal</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème congrès de la 3SLF "Comparer le sport. Usages et controverses"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société de sociologie du sport de langue française (3SLF), May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949553v1</w:t>
+                <w:t xml:space="preserve">hal-02949547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consuming indoor climbing : principal results of a customer satisfaction study in a private artificial climbing centre in France</w:t>
               </w:r>
@@ -7981,64 +7981,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Actor Network Theory Approach to Innovation in the Sports Industry: The Case of the Recent Development of Kiteboarding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Sport &amp; Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8076,64 +8076,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’innovation au regard de la sociologie et de l’ethnologie. Analyse de trajectoires d’objets innovants dans l’industrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoriales Permanence, Innovation, Durabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Doctorale 485 Education, Psychologie, Information, Communication, Lyon, Jul 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8158,77 +8158,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion et les modes de gouvernance des sites de pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres du réseau Sportsnature.org, « Accès aux espaces naturels et sports de nature : état des lieux et perspectives »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Mézilhac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8393,77 +8393,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les processus d’innovation sportive pour optimiser leur management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8494,77 +8494,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation in Sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8595,77 +8595,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une montagne d'innovations. Quelles dynamiques pour le secteur des sports outdoor ? Collection montagne et Innovation - Labex ITEM. Presse Universitaire de Grenoble.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Reynier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8715,103 +8715,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude exploratoire : opportunités d'innovation sportive par l'intégration de capteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Fast Sport'in. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -8833,51 +8833,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidents et quasi-accidents dans les sports de montagne. Premiers enseignements et perspectives de prévention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Vanpoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8885,51 +8885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Reynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Fondation Petzl. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -8955,51 +8955,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidents and near-misses in mountain sports. The first lessons and suggestions for prevention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Vanpoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9007,51 +9007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Reynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Petzl Foundation. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -9193,345 +9193,345 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude relative à l’estimation et l’analyse du volume et du poids économique des emplois de la filière sport en Rhône-Alpes</w:t>
+                <w:t xml:space="preserve">Focus relatif à l’estimation du volume et du poids économique des emplois de la sous-filière sport de nature en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Commerçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Centre de Recherche et d'Innovation sur le Sport. 2015</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Claude Bernard Lyon 1. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02146558v1</w:t>
+                <w:t xml:space="preserve">hal-02146583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus relatif à l’estimation du volume et du poids économique des emplois de la sous-filière sport de nature en Rhône-Alpes</w:t>
+                <w:t xml:space="preserve">Étude relative à l’estimation et l’analyse du volume et du poids économique des emplois de la filière sport en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Commerçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Université Claude Bernard Lyon 1. 2015</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre de Recherche et d'Innovation sur le Sport. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02146583v1</w:t>
+                <w:t xml:space="preserve">hal-02146558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accidentologie des sports de montagne : état des lieux, diagnostics et préconisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Reynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Fondation Petzl. 2014, pp.48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -9979,51 +9979,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975003v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boutroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04854935v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04850793v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Boutroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumont" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zrf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742073v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Lhopital" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perrin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/9ig0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360833v4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hall&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vignal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mos-2023-8545" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921354v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.020.0223" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774254v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Routier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Pabion-Mouri&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883148v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dizin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921249v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.221.0091" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869653v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.12630" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-7GKN6WDV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469347v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.10522" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04306227v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Vanpoulle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8933" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03236198v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406770v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.9239" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406847v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921307v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli-Mazzacavallo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09523367.2020.1794833" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02871924v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.111.0023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256944v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2020.1806065" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921386v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332100v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.014.0095" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325114v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325120v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.037.0059" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331668v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Haye" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.10.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328511v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.039.0020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02126674v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soul&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boutroy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Reynier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.04.008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02126667v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lefevre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11629-016-4146-5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331154v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2017.1324525" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02126679v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.5157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330793v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2015.1083755" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336760v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.043.0163" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336772v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336770v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806761v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourdeau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337778v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337764v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377615v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Corneloup" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04730975v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04310410v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04306198v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697427v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359605v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359594v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359611v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dalmasso" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358656v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ponsin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354285v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00320366v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277418v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678545v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030005v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209665v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Payan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103576v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209653v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300510v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209405v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04731298v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693695v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Got" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936958v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281838v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287086v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02379607v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417930v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417937v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02419735v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01443611v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936906v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02419768v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445280v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02421967v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895985v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896231v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895326v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939229v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938741v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949666v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949547v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949553v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949537v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949664v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949646v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972359v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00320863v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262385v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412025v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320870v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146703v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146661v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146645v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146598v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bernardeau Moreau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delalandre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pierre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olaf Schut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146558v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Commer&#231;on" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146583v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320923v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181603v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Langenbach" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04854942v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975003v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boutroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04854935v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921354v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.020.0223" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360833v4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hall&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Vignal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mos-2023-8545" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04850793v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Boutroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zrf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742073v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Lhopital" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perrin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/9ig0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883148v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dizin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774254v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Routier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Pabion-Mouri&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869653v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.12630" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-7GKN6WDV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921249v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.221.0091" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469347v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.10522" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04306227v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Vanpoulle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.8933" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03236198v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406770v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.9239" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406847v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921307v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli-Mazzacavallo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09523367.2020.1794833" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02871924v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collinet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.111.0023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256944v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2020.1806065" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921386v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332100v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.014.0095" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328511v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.039.0020" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325120v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.037.0059" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325114v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331668v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Haye" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.10.003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331154v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2017.1324525" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02126674v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soul&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boutroy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Reynier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2017.04.008" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02126667v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lefevre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11629-016-4146-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02330793v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2015.1083755" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02126679v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Roux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.5157" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336770v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336772v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02336760v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.043.0163" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806761v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bourdeau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mao" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337764v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337778v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377615v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Corneloup" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04730975v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04310410v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04306198v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697427v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359611v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dalmasso" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359605v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02359594v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358656v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ponsin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354285v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00320366v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277418v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030005v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678545v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209665v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Payan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103576v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209653v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300510v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209405v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04731298v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693695v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Got" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936958v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287086v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281838v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02379607v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417937v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02417930v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445280v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02419735v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01443611v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ottogalli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936906v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02419768v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02421967v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895326v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895985v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896231v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939229v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938741v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949553v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949666v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949547v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949537v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949664v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949646v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972359v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00320863v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262385v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412025v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320870v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146703v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146661v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146645v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146598v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bernardeau Moreau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delalandre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pierre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olaf Schut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146583v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Commer&#231;on" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146558v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320923v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181603v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Langenbach" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04854942v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>