--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1319,676 +1319,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'ergonomie prospective : fondements et enjeux</w:t>
+                <w:t xml:space="preserve">Patients’ Characteristics and Healthcare Providers’ Perceived Workload in French Hospital Emergency Wards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Brangier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
+                <w:t xml:space="preserve">Sandrine Schoenenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/th.771.0001⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Occupational Safety and Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (4), pp.551-559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10803548.2014.11077071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01376992v1</w:t>
+                <w:t xml:space="preserve">hal-01377014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Set of guidelines for persuasive interfaces: organization and validation of the criteria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nemery Alexandra</w:t>
+                <w:t xml:space="preserve">Embodiment of intersubjective time: relational dynamics as attractors in the temporal coordination of interpersonal behaviors and experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Maria Berardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Usability Studies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (1180), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2014.01180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377006v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embodiment of intersubjective time: relational dynamics as attractors in the temporal coordination of interpersonal behaviors and experiences</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Brangier</w:t>
+                <w:t xml:space="preserve">L'ergonomie prospective : fondements et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2014.01180⟩</w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (1), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/th.771.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377001v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche et développement conceptuels autour du bien-être au travail : entre mesure et action</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Kop</w:t>
+                <w:t xml:space="preserve">Set of guidelines for persuasive interfaces: organization and validation of the criteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nemery Alexandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Références en santé au travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 139, pp.29-39</w:t>
+              <w:t xml:space="preserve">Journal of Usability Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (373), pp.105-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01273484v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'ergonomie prospective : quelques leçons pour son développement (édito)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
+                <w:t xml:space="preserve">Recherche et développement conceptuels autour du bien-être au travail : entre mesure et action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Formet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Althaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Kop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Références en santé au travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 139, pp.29-39</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377011v1</w:t>
+                <w:t xml:space="preserve">hal-01273484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patients’ Characteristics and Healthcare Providers’ Perceived Workload in French Hospital Emergency Wards</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Moulin</w:t>
+                <w:t xml:space="preserve">L'ergonomie prospective : quelques leçons pour son développement (édito)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Occupational Safety and Ergonomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 20 (4), pp.551-559. </w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (3), pp.205-206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10803548.2014.11077071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/th.773.0205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377014v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants de la charge de travail perçue dans deux services d’urgence hospitaliers en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Schoenenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2029,1082 +2029,1082 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Design and Evaluation of the Persuasiveness of e-Learning Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La méthode des personas : principes, intérêts et limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel C. Desmarais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Conceptual Structures and Smart Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4018/ijcssa.2013070105⟩</w:t>
+              <w:t xml:space="preserve">Bulletin d'information professionnelle de la Fédération Française des Psychologues et de la Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013/2 (524), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.524.0115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01376767v1</w:t>
+                <w:t xml:space="preserve">hal-01376762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutions in the human technology relationship: rejection, acceptance and technosymbiosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia Adelé</w:t>
+                <w:t xml:space="preserve">La centration sur le processus du changement : l'apport de l'intervention systémique à l'amélioration du bien-être au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Althaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IADIS International Journal on www/Internet</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 10 (1), pp.127-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00950064v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode des personas : principes, intérêts et limites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corinne Bornet</w:t>
+                <w:t xml:space="preserve">Evolutions in the human technology relationship: rejection, acceptance and technosymbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Adelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin d'information professionnelle de la Fédération Française des Psychologues et de la Psychologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IADIS International Journal on www/Internet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (3), pp.46-60</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01376762v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00950064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La centration sur le processus du changement : l'apport de l'intervention systémique à l'amélioration du bien-être au travail</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Design and Evaluation of the Persuasiveness of e-Learning Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel C. Desmarais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 10 (1), pp.127-149. </w:t>
+              <w:t xml:space="preserve">International Journal of Conceptual Structures and Smart Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (2), pp.38-47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/activites.607⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4018/ijcssa.2013070105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00825557v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation and design approaches within prospective ergonomics.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets des personas et contraintes fonctionnelles sur l'idéation dans la conception d'une bibliothèque numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Liem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Brangier</w:t>
+                <w:t xml:space="preserve">C. Bornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. m. c. Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vivian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/WOR-2012-0013-5243⟩</w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 75 (2), pp.121-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/th.752.0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01382842v1</w:t>
+                <w:t xml:space="preserve">hal-01382818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective ergonomics: origin, goal, and prospects.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
+                <w:t xml:space="preserve">Innovation and design approaches within prospective ergonomics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Liem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 41, pp.5235-42. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/WOR-2012-0012-5235⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 41, pp.5243-5250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/WOR-2012-0013-5243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01383080v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01382842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des personas et contraintes fonctionnelles sur l'idéation dans la conception d'une bibliothèque numérique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Vivian</w:t>
+                <w:t xml:space="preserve">Prospective ergonomics: origin, goal, and prospects.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 75 (2), pp.121-145. </w:t>
+              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 41, pp.5235-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/th.752.0121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/WOR-2012-0012-5235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01382818v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse psycho-ergonomique de l'interaction entre l'homme et les NTIC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse psycho-ergonomique de l’interaction entre l’homme et la NTIC : introduction à une psychologie de l’environnement digitale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Brangier</w:t>
+                <w:t xml:space="preserve">Marc-Eric Bobillier Chaumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.E. Bobillier Chaumon</w:t>
+                <w:t xml:space="preserve">A Cybis de Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter de Abreu Cybis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Michel</w:t>
+                <w:t xml:space="preserve">G Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Pino</w:t>
+                <w:t xml:space="preserve">P Pino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hygiène et Sécurité du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 189, pp.15 - 25</w:t>
+              <w:t xml:space="preserve">Cahiers de notes documentaires INRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 189, pp.15-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971204v1</w:t>
+                <w:t xml:space="preserve">halshs-01750681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse psycho-ergonomique de l’interaction entre l’homme et la NTIC : introduction à une psychologie de l’environnement digitale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les effets du changement technologique sur le travail collaboratif : le cas d’une équipe de conception informatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Eric Bobillier Chaumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de notes documentaires INRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 189, pp.15-25</w:t>
+              <w:t xml:space="preserve">Revue d’Interaction Homme Machine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 47 (1), pp.27-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01750681v1</w:t>
+                <w:t xml:space="preserve">halshs-01750402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets du changement technologique sur le travail collaboratif : le cas d’une équipe de conception informatique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc-Eric Bobillier Chaumon</w:t>
+                <w:t xml:space="preserve">Analyse psycho-ergonomique de l'interaction entre l'homme et les NTIC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.E. Bobillier Chaumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter de Abreu Cybis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Bessiere</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Pino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d’Interaction Homme Machine </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 47 (1), pp.27-58</w:t>
+              <w:t xml:space="preserve">Hygiène et Sécurité du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 189, pp.15 - 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01750402v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutions de l’activité et de l’organisation du travail lors du changement d’environnement de programmation chez les informaticiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Eric Bobillier Chaumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3683,580 +3683,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01375810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative or uncooperative patients: factor of variations in activity of health care providers in two French emergency wards</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ergonomic Principles To Improve The Use Of Cognitive Stimulation Systems For The Elderly: A Comparative Study Of Two Software Tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Moulin</w:t>
+                <w:t xml:space="preserve">Gabriel Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 11th EAOHP Conference </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HCI 2014 16th International Conference on Human-Computer Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Heraklion, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-07446-7_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377625v1</w:t>
+                <w:t xml:space="preserve">hal-01377619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi et comment change notre relation à la technologie ? Une approche dynamique de la relation humain-technologie à travers la notion de parcours d’usage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia Adelé-Hammes</w:t>
+                <w:t xml:space="preserve">Cooperative or uncooperative patients: factor of variations in activity of health care providers in two French emergency wards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Schoenenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités humaines, technologies et bien-être : 7e conférence de psychologie ergonomique (EPIQUE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARPEGE – Association pour la Recherche en Psychologie Ergonomique et Ergonomie Jul 2013, Bruxelles, 10-12 juillet 2013, Belgique</w:t>
+              <w:t xml:space="preserve"> 11th EAOHP Conference </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377105v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergonomic Principles To Improve The Use Of Cognitive Stimulation Systems For The Elderly: A Comparative Study Of Two Software Tools</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Michel</w:t>
+                <w:t xml:space="preserve">Pourquoi et comment change notre relation à la technologie ? Une approche dynamique de la relation humain-technologie à travers la notion de parcours d’usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Adelé-Hammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HCI 2014 16th International Conference on Human-Computer Interaction</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Activités humaines, technologies et bien-être : 7e conférence de psychologie ergonomique (EPIQUE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARPEGE – Association pour la Recherche en Psychologie Ergonomique et Ergonomie Jul 2013, Bruxelles, 10-12 juillet 2013, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377619v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les données quantitatives peuvent-elles modifier les systèmes organisationnels : réflexions autour de deux interventions en entreprises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics and modalities of changes in Human Technology Relationship models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Adelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SELF’2013, Congrès International d’Ergonomie: Ergonomie et Société : quelles attentes, quelles réponses ? </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’Ergonomie de Langue Française. Sep 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">IADIS International conference ICT, Society and Human Beings 2013 and IADIS International conference e-Commerce 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Prague, France. pp.101-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377240v1</w:t>
+                <w:t xml:space="preserve">hal-00869116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diffusion de l’ergonomie de langue française sur l’Internet : le cas de la production de grande leçon « histoire(s) de l’ergonomie »</w:t>
+                <w:t xml:space="preserve">Comment les données quantitatives peuvent-elles modifier les systèmes organisationnels : réflexions autour de deux interventions en entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Rochette</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Manière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELF’2013, Congrès International d’Ergonomie: Ergonomie et Société : quelles attentes, quelles réponses ? </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d’Ergonomie de Langue Française. Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377274v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How ICT change borders between personal life and professional life? Understanding four models of boundaries permeability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design for Adapted Devices: Case Study of Prospecting on Smart Things for Seniors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Barcenilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tijus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa El Wafi</w:t>
+                <w:t xml:space="preserve">Djamel Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IADIS International Conference e-Society 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Lisbone, Portugal</w:t>
+              <w:t xml:space="preserve">7th International Conference, UAHCI 2013, Held as Part of HCI International 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Las Vegas (NV), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377278v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01449754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process For Gamification: From The Decision Of Gamification To Its Practical Implementation</w:t>
               </w:r>
@@ -4318,420 +4331,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01377416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design for Adapted Devices: Case Study of Prospecting on Smart Things for Seniors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A set of criteria to assess motivation and/or persuasion of elearning applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel C. Desmarais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference, UAHCI 2013, Held as Part of HCI International 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Las Vegas (NV), United States</w:t>
+              <w:t xml:space="preserve"> IWEPLET- International Workshop on EuroPLOT Persuasive Technology for Learning, Education and Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EC-TEL Conference, Sep 2013, Paphos, Cyprus. pp.117-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01449754v1</w:t>
+                <w:t xml:space="preserve">hal-01377265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichir la créativité des ingénieurs avec l’analyse de l’activité et les personas : le cas d’un projet d’ergonomie prospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Barcenilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bastien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELF’2013, Congrès International d’Ergonomie: Ergonomie et Société : quelles attentes, quelles réponses ? </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d’Ergonomie de Langue Française. Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01377237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A set of criteria to assess motivation and/or persuasion of elearning applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How ICT change borders between personal life and professional life? Understanding four models of boundaries permeability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa El Wafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel C. Desmarais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> IWEPLET- International Workshop on EuroPLOT Persuasive Technology for Learning, Education and Teaching </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EC-TEL Conference, Sep 2013, Paphos, Cyprus. pp.117-124</w:t>
+              <w:t xml:space="preserve">IADIS International Conference e-Society 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Lisbone, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377265v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and modalities of changes in Human Technology Relationship models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La diffusion de l’ergonomie de langue française sur l’Internet : le cas de la production de grande leçon « histoire(s) de l’ergonomie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rochette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IADIS International conference ICT, Society and Human Beings 2013 and IADIS International conference e-Commerce 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Prague, France. pp.101-109</w:t>
+              <w:t xml:space="preserve">SELF’2013, Congrès International d’Ergonomie: Ergonomie et Société : quelles attentes, quelles réponses ? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Ergonomie de Langue Française. Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00869116v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage des technologies numériques et modèles de la perméabilité des frontières entre la vie personnelle et la vie professionnelle</w:t>
               </w:r>
@@ -4909,330 +4909,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01383232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation ergonomique comparée de deux logiciels de stimulation cognitive</w:t>
+                <w:t xml:space="preserve">Utilisabilité d’un système de stimulation cognitive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Premier congrès européen de Stimulation Cognitive</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ErgoIHM 2012 : Nouvelles interactions, créativité et usages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole d'ingénieur ESTIA, Oct 2012, Bidart-Biarritz, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2652574.2653431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01383132v1</w:t>
+                <w:t xml:space="preserve">hal-01383129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode des Personas comme aide à la représentation des opérateurs dans une démarche de prévention des TMS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Éric Brangier</w:t>
+                <w:t xml:space="preserve">Évaluation ergonomique comparée de deux logiciels de stimulation cognitive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Congrès de l'Association Internationale de Psychologie du Travail de Langue Française : Travail d'avenir et avenir du travail, Comment faire face aux nbouvelles exigences professionnelles?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Premier congrès européen de Stimulation Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEN STIMCO May 2012, Dijon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01383122v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisabilité d’un système de stimulation cognitive</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Brangier</w:t>
+                <w:t xml:space="preserve">La méthode des Personas comme aide à la représentation des opérateurs dans une démarche de prévention des TMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Emonot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ErgoIHM 2012 : Nouvelles interactions, créativité et usages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2652574.2653431⟩</w:t>
+              <w:t xml:space="preserve">17ème Congrès de l'Association Internationale de Psychologie du Travail de Langue Française : Travail d'avenir et avenir du travail, Comment faire face aux nbouvelles exigences professionnelles?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIPTLF, Association Internationale de Psychologie du Travail de Langue Française, Jul 2012, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.524.0115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01383129v1</w:t>
+                <w:t xml:space="preserve">hal-01383122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persuasion technologique et activité</w:t>
               </w:r>
@@ -5464,64 +5464,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intervention systémique en santé et bien-être au travail : cadre et forme d'une intervention sur la gestion des âges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Althaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5585,64 +5585,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Vivian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Barcenilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6714,51 +6714,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 3. Prospective Ergonomics and Innovative Ideas in the Early Stages of Design Projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Barcenilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7029,51 +7029,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage, utilisabilité et expérience utilisateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Barcenilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7204,221 +7204,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01429046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergonomic Principles to Improve the Use of Cognitive Stimulation Systems for the Elderly: A Comparative Study of two Software Tools</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Michel</w:t>
+                <w:t xml:space="preserve">La méthode des Personas comme démarche de prévention des TMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Emonot-Tribbia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D.R. Kouabenan; M. Dubois; M.-É Bobillier Chaumon; Ph. Sarnin; J. Vacherand-Revel. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Universal Access in Human-Computer Interaction. Aging and Assistive Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Conditions de travail, évaluation des risques et management de la sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2014, 978-2-343-01983-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02571811v1</w:t>
+                <w:t xml:space="preserve">hal-01450179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode des Personas comme démarche de prévention des TMS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Micheline Emonot-Tribbia</w:t>
+                <w:t xml:space="preserve">Ergonomic Principles to Improve the Use of Cognitive Stimulation Systems for the Elderly: A Comparative Study of two Software Tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conditions de travail, évaluation des risques et management de la sécurité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, 2014, 978-2-343-01983-3</w:t>
+              <w:t xml:space="preserve">Universal Access in Human-Computer Interaction. Aging and Assistive Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01450179v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02571811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heuristic Inspection to Assess Persuasiveness: A Case Study of a Mathematics E-Learning Program</w:t>
               </w:r>
@@ -7572,51 +7572,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dynamique de la relation humain-technologie : entre acceptation et technosymbiose. In: Interactions et Intercompréhension : une approche comparative Homme-Homme, Animal-Homme-Machine et Homme-Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Adelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7654,51 +7654,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi et comment change notre relation à la technologie ? Une approche dynamique et évolutive de la relation humain-technologie. In : Activités humaines, Technologies et Bien-être</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Adelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7749,51 +7749,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques, méthodes et démarches d’évaluation des aides techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Eric Bobillier Chaumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7983,64 +7983,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide de l’intervenant : l’intervention « bien-être au travail » dans les PME du tertiaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Althaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8604,64 +8604,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Althaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du Travail et des Organisations : 120 notions clés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.269-273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8689,278 +8689,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04263845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Besoin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognition orientée futur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Éric Brangier</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomie : 150 notions clés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.124-126. </w:t>
+              <w:t xml:space="preserve">Ergonomie : 150 notions clés : dictionnaire encylopédique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.153-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dunod.brang.2021.01.0124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dunod.brang.2021.01.0153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03711880v1</w:t>
+                <w:t xml:space="preserve">hal-04662542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognition orientée futur</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Besoin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Robert</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Barcenilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomie : 150 notions clés : dictionnaire encylopédique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.153-155. </w:t>
+              <w:t xml:space="preserve">Ergonomie : 150 notions clés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.124-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dunod.brang.2021.01.0153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dunod.brang.2021.01.0124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04662542v1</w:t>
+                <w:t xml:space="preserve">hal-03711880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention systémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Althaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Brangier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9088,51 +9088,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B565A9E8"/>
+    <w:nsid w:val="5ACBE3F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9319,51 +9319,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-brangier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6987-8602" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071602666" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960154v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brangier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10648046251321275" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750848v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2409939" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278668v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Bonneviot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1463922X.2021.1943045" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03120139v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1463922X.2020.1870177" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172215v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Agnoletti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2021.103394" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512347v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.02.163" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486779v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vivian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bornet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2019.02.002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01453241v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2015.1112814" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207449v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desmarais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemery Alexandra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prom Tep" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.1300" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207452v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt S&#233;verine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.1299" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01453369v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie Marache-Francisco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.753.0225" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376992v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Brangier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.771.0001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377006v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377001v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laroche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Berardi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01180" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273484v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Formet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Althaus" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377011v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.773.0205" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377014v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Schoenenberger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gilibert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10803548.2014.11077071" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376960v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1420-2530(16)30061-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376767v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel C. Desmarais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijcssa.2013070105" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950064v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Adel&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376762v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.524.0115" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825557v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.607" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01382842v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Liem" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0013-5243" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383080v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0012-5235" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01382818v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bornet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#160;m.&#160;c. Bastien" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vivian" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.752.0121" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971204v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brangier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter de Abreu Cybis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01750681v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cybis de Abreu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Michel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Pino" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01750402v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bessiere" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01750757v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949189v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-93233-5_11" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350323v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3486812.3486836" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963454v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Patesson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bollen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parla Astarci" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tummers" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3317326.3331182" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187383v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_31" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01375810v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377625v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moulin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377105v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Adel&#233;-Hammes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377619v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Michel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07446-7_15" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377240v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brangier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mani&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377274v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Drouin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rochette" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377278v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa El Wafi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377416v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449754v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Barcenilla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tijus" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Aissaoui" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377237v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deck" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bastien" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377265v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869116v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383145v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. El Wafi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zaddem" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2015.12.002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3CD04XGT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383232v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383132v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Brun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383122v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Emonot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383129v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2652574.2653431" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01455765v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Clot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01455230v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01455275v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714060v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001403v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03351777v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vallery" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/ergonomie-150-notions-cles" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429051v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier-Chaumon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450379v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobiller-Chaumon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.valle.2016.01" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175571v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Carbonell" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertand David" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kolski" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03270040v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Zreik" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783641v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003257547-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03119194v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Taraghi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Maldar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119808343.ch15" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227547v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_99" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01825684v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60582-1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03220195v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01825670v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefina Isabel Gil Urrutia" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Senderowicz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cessat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60492-3" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429007v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vall&#233;ry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450392v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429046v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Fadier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02571811v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450179v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Emonot-Tribbia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02571802v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450156v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363465v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866312v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01751202v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Gaillard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560059v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lancry" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Louche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01431713v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aptel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01775917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1991METZ001L" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577459v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405409v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand T. David" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Ruault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405602v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263845v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.valle.2024.01.0385" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711880v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0124" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662542v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0153" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562373v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-brangier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6987-8602" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071602666" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960154v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brangier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10648046251321275" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750848v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2409939" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03278668v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Bonneviot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1463922X.2021.1943045" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03120139v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1463922X.2020.1870177" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172215v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Agnoletti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2021.103394" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512347v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.02.163" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486779v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vivian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bornet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2019.02.002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01453241v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2015.1112814" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207449v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desmarais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemery Alexandra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prom Tep" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.1300" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207452v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmitt S&#233;verine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.1299" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01453369v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathie Marache-Francisco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.753.0225" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377014v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Schoenenberger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moulin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gilibert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10803548.2014.11077071" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laroche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Berardi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.01180" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376992v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Brangier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.771.0001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377006v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273484v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Formet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Althaus" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377011v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.773.0205" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376960v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1420-2530(16)30061-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376762v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.524.0115" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825557v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.607" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950064v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Adel&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376767v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel C. Desmarais" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijcssa.2013070105" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01382818v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bornet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#160;m.&#160;c. Bastien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vivian" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.752.0121" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01382842v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Liem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0013-5243" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383080v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-0012-5235" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01750681v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cybis de Abreu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Michel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Pino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01750402v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bessiere" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971204v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brangier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter de Abreu Cybis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01750757v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949189v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-93233-5_11" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350323v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3486812.3486836" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963454v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Patesson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bollen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parla Astarci" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tummers" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3317326.3331182" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187383v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_31" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01375810v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377619v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Michel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07446-7_15" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377625v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moulin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377105v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Adel&#233;-Hammes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869116v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377240v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brangier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mani&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449754v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Barcenilla" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tijus" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Aissaoui" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377416v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377265v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377237v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deck" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bastien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377278v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa El Wafi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01377274v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Drouin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rochette" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383145v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. El Wafi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zaddem" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2015.12.002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3CD04XGT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383232v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383129v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Brun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2652574.2653431" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383132v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383122v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Emonot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01455765v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Clot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01455230v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01455275v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714060v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001403v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03351777v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vallery" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/ergonomie-150-notions-cles" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429051v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier-Chaumon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dubois" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450379v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobiller-Chaumon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.valle.2016.01" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175571v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Carbonell" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertand David" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Kolski" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03270040v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Zreik" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783641v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003257547-4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03119194v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Taraghi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Maldar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119808343.ch15" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227547v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_99" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01825684v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60582-1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03220195v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01825670v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefina Isabel Gil Urrutia" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Senderowicz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cessat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60492-3" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429007v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vall&#233;ry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450392v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01429046v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Fadier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450179v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Emonot-Tribbia" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02571811v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02571802v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01450156v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363465v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866312v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01751202v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Gaillard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560059v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lancry" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Louche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01431713v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aptel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01775917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1991METZ001L" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577459v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405409v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand T. David" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Ruault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405602v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263845v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.valle.2024.01.0385" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662542v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0153" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711880v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0124" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562373v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>