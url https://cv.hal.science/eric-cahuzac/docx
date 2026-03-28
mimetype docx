--- v0 (2026-03-28)
+++ v1 (2026-03-28)
@@ -925,274 +925,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01250627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors influencing dairy calf and replacement heifer mortality in France.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles G. Allaire</w:t>
+                <w:t xml:space="preserve">Approche spatiale de la conversion à l'agriculture biologique : les dynamiques régionales en France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Allaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poméon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Simioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2013-6847⟩</w:t>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 339-340, pp.9-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/economierurale.4200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637092v1</w:t>
+                <w:t xml:space="preserve">hal-02629767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche spatiale de la conversion à l'agriculture biologique : les dynamiques régionales en France.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Allaire</w:t>
+                <w:t xml:space="preserve">Factors influencing dairy calf and replacement heifer mortality in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Raboisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Maigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Allaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Simioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 339-340, pp.9-31. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97 (1), pp.202-211. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/economierurale.4200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2013-6847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629767v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexion à partir d'une analyse spatiale sur les politiques de soutien et la diffusion de l'agriculture biologique.</w:t>
               </w:r>
@@ -1308,51 +1308,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinatal, neonatal, and rearing period mortality of dairy calves and replacement heifers in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Raboisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Delor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1713,51 +1713,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herd-level and territorial-level factors influencing average herd somatic cell count in France in 2005 and 2006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Raboisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Dervillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1765,51 +1765,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 79 (3), pp.324 - 332. </w:t>
@@ -2037,77 +2037,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herd-level and contextual factors influencing dairy cow mortality in France in 2005 and 2006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Raboisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Allaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2148,165 +2148,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
+                <w:t xml:space="preserve">Méthodes et outils de traitement des données en sciences sociales. Retours d’expériences. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Numéro spécial 2010, pp.3-5</w:t>
+              <w:t xml:space="preserve">, 2010, N° Spécial: Données en sciences sociales, pp.3-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654067v1</w:t>
+                <w:t xml:space="preserve">hal-04702112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes et outils de traitement des données en sciences sociales. Retours d’expériences. Introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Cahuzac</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, N° Spécial: Données en sciences sociales, pp.3-5</w:t>
+              <w:t xml:space="preserve">, 2010, Numéro spécial 2010, pp.3-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702112v1</w:t>
+                <w:t xml:space="preserve">hal-02654067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contractualisation et diffusion spatiale des mesures agro-environnementales herbagères</w:t>
               </w:r>
@@ -2614,591 +2614,569 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02668945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sécurité sanitaire des aliments : fausse alerte et vraie crise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exposition professionnelle aux pesticides et risque de cancers hématopoïétiques : une méta-analyse des risques épidémiologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maysaloun Merhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene H. Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Vinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre J. P. Cravedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Prévision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cancer Causes and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 18 (10), pp.1209-1226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10552-007-9061-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02664693v1</w:t>
+                <w:t xml:space="preserve">hal-02665089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposition professionnelle aux pesticides et risque de cancers hématopoïétiques : une méta-analyse des risques épidémiologiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sécurité sanitaire des aliments : fausse alerte et vraie crise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvette Monier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Causes and Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Economie et Prévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1 (177), pp.55-64</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02665089v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'appariement de l'offre et de la demande sur les marchés locaux du travail : une comparaison entre espaces ruraux et espaces urbains</w:t>
+                <w:t xml:space="preserve">Les disparités de salaires entre zones d'emploi dans Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Tahar</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Germain Zerah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reflets et Perspectives de la vie économique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Région et Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 22, pp.157-175</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02681697v1</w:t>
+                <w:t xml:space="preserve">hal-02672894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les disparités de salaires entre zones d'emploi dans Midi-Pyrénées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les disparités de salaire dans les zones d'emploi en Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Blanc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Tahar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Région et Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 22, pp.157-175</w:t>
+              <w:t xml:space="preserve">, 2005, 22 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02672894v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00005493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les disparités de salaire dans les zones d'emploi en Midi-Pyrénées</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le rôle de la formation continue sur la mobilité professionnelle quelle différenciation spatiale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Blanc</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caprice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Détang-Dessendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Région et Développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 22 (4)</w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 89, pp.47-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00005493v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00005495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'appariement de l'offre et de la demande sur les marchés locaux du travail : une comparaison entre espaces ruraux et espaces urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3207,185 +3185,207 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Tahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Zerah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reflets et Perspectives de la vie économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 44 (4), pp.19-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00008560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle de la formation continue sur la mobilité professionnelle quelle différenciation spatiale ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Détang-Dessendre</w:t>
+                <w:t xml:space="preserve">L'appariement de l'offre et de la demande sur les marchés locaux du travail : une comparaison entre espaces ruraux et espaces urbains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Zerah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reflets et Perspectives de la vie économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 44 (4), pp.19-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpve.444.0019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00005495v1</w:t>
+                <w:t xml:space="preserve">hal-02681697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mode de gestion de la main d'oeuvre par les firmes rurales</w:t>
               </w:r>
@@ -3460,234 +3460,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mode de gestion des flux de main-d'oeuvre par les firmes : les différences urbain-rural</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Knocking on Academia's doors : an Inquiry into the Early Careers of Doctors in Life Sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Blanc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Tahar</w:t>
+                <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 5, pp.853-870</w:t>
+              <w:t xml:space="preserve">LABOUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 17 (1), pp.1-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02676798v1</w:t>
+                <w:t xml:space="preserve">halshs-00006094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knocking on Academia's doors : an Inquiry into the Early Careers of Doctors in Life Sciences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mode de gestion des flux de main-d'oeuvre par les firmes : les différences urbain-rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Robin</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Tahar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LABOUR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 17 (1), pp.1-24</w:t>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 5, pp.853-870</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00006094v1</w:t>
+                <w:t xml:space="preserve">hal-02676798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knocking on academia's doors : an inquiry into the early careers of doctors in life sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3725,51 +3725,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Externalités d'agglomération et flux de main-d'oeuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4341,273 +4341,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02687733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les poursuites d'études dans les filières professionnelles de l'enseignement post-secondaire français. L'exemple des STS, des IUT et des Ecoles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'insertion professionnelle des diplômés de l'enseignement supérieur : quelques éléments de cadrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 58, pp.27-43</w:t>
+              <w:t xml:space="preserve">Travail et Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 12, pp.67-94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02690846v1</w:t>
+                <w:t xml:space="preserve">hal-02695932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'insertion professionnelle des diplômés de l'enseignement supérieur : quelques éléments de cadrage</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
+                <w:t xml:space="preserve">Première expérience professionnelle avant le diplôme. Quelle insertion pour les étudiants de second cycle universitaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Béduwé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail et Développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 12, pp.67-94</w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 58, pp.89-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02695932v1</w:t>
+                <w:t xml:space="preserve">hal-02698170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première expérience professionnelle avant le diplôme. Quelle insertion pour les étudiants de second cycle universitaire ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les poursuites d'études dans les filières professionnelles de l'enseignement post-secondaire français. L'exemple des STS, des IUT et des Ecoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 58, pp.89-108</w:t>
+              <w:t xml:space="preserve">, 1997, 58, pp.27-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02698170v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'insertion professionnelle des jeunes urbains ou ruraux de bas niveau scolaire</w:t>
               </w:r>
@@ -4948,51 +4948,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérience professionnelle avant la fin des études : quelle insertion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Béduwé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6634,51 +6634,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
+                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
@@ -6710,97 +6710,97 @@
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791448v1</w:t>
+                <w:t xml:space="preserve">hal-02791226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
+                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
@@ -6832,73 +6832,73 @@
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791226v1</w:t>
+                <w:t xml:space="preserve">hal-02791448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId165"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6974,51 +6974,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ED32A580"/>
+    <w:nsid w:val="619442E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7205,51 +7205,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-cahuzac" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-9104-2885" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083214437" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01524565v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dervill&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Allaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Cahuzac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/agec.12297" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652916v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721171497297053E12" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637012v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Allaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Simioni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.03.009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27MQ0ST3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630489v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884956v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250627v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cahuzac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cantelaube" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guiffant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Turpin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16459" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637092v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Raboisson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sans" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6847" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629767v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4200" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/cmsd-b811" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643850v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sans" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-6010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latruffe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Nauges" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Garapin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019792v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Teillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2011.12.018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X49HWJMX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652623v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Herman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029912000258" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643552v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tahar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbr030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650660v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile D&#233;tang-Dessendre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650273v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3634" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654067v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702112v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661463v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666897v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/a3939" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Elyakime" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbn032" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F27A8A66A6A906985586B176A19D7114B07CB482/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664693v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hassan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Monier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665089v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maysaloun Merhi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Raynal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Cravedi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-007-9061-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZT2HXMZW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681697v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Zerah" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpve.444.0019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672894v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005493v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008560v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005495v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caprice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676798v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006094v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671629v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674073v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005770v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03691057v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/forem.2001.2421" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680265v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Giret" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688999v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690712v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maillard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ourtau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687733v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690846v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Plassard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695932v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698170v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;duw&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690228v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chartier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beslay" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813962v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bontemps" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830007v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemistre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835670v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Giret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838201v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben S&#233;drine" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Espinasse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837586v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838654v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Comte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cuisinier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dupray" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04160493v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cocaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale H&#233;naut" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Karmasyn-Veyrines" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829210v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carles" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064099v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064100v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nauges" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810217v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208896v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807850v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desjeux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821116v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ansaloni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-cahuzac" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-9104-2885" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083214437" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01524565v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dervill&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Allaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Cahuzac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/agec.12297" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652916v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4721171497297053E12" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637012v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Allaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Simioni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.03.009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27MQ0ST3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630489v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884956v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250627v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cahuzac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cantelaube" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Guiffant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Turpin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16459" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629767v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4200" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637092v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Raboisson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sans" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6847" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/cmsd-b811" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643850v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sans" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-6010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latruffe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Nauges" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Garapin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019792v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Teillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2011.12.018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X49HWJMX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652623v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Herman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029912000258" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643552v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Tahar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbr030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650660v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile D&#233;tang-Dessendre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650273v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2010-3634" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702112v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654067v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661463v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666897v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/a3939" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Elyakime" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbn032" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F27A8A66A6A906985586B176A19D7114B07CB482/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665089v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maysaloun Merhi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Raynal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Cravedi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-007-9061-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZT2HXMZW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664693v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hassan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Monier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672894v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005493v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005495v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caprice" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008560v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Zerah" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681697v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpve.444.0019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006094v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676798v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671629v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674073v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00005770v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03691057v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/forem.2001.2421" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680265v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Giret" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688999v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690712v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maillard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ourtau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687733v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695932v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Plassard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698170v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;duw&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690846v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690228v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chartier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beslay" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813962v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bontemps" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830007v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemistre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835670v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Giret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838201v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben S&#233;drine" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Espinasse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837586v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838654v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Comte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cuisinier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dupray" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04160493v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cocaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale H&#233;naut" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Karmasyn-Veyrines" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829210v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carles" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064099v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064100v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nauges" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810217v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208896v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807850v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desjeux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821116v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ansaloni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>