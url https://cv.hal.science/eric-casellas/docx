--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Casellas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer avec SIWAA via une API web: Un exemple de pilotage à distance de simulations mis en oeuvre sur le projet CarboSeq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel P Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MIAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE - Unité de Mathématiques et Informatique Appliquées de Toulouse, Apr 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APE: An Anti-poaching Multi-Agent Reinforcement Learning Benchmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prasanna Maddila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Sabbadin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meritxell Vinyals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Workshop on Reinforcement Learning (EWRL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution under climate change of the resilience of the services provided by the cultivated areas of the Pays de Fougères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervi Le-Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development, deployment and execution of simulation workflows to study the impact of climate change on dairy farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervi Le-Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STICS ability to simulate long-term soil organic matter dynamics in crop-grassland rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Decau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation intégrée du devenir des pesticides dans le paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Crevoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Dagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Djouhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SEFA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03303236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AgGlob: Workflow for simulation of agronomic models at a global scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertuzzi Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICROPM 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASCROM : A crop model designed to simulate agricultural water constraints in semi-arid areas from plot to territory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddu Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICROPM 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual basis, formalisations and parameterization of the STICS crop model, second edition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iCROPM2020 Symposium - Crop Modelling for The Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France. 73 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation Intégrée du devenir des Pesticides dans les Paysages agricoles (projet MIPP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Crevoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49. Congrès du Groupe Français de Recherche sur les Pesticides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the impact of nutrient recycling on groundwater resource quantity and quality in an irrigated semi-arid tropical catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sriramulu Buvaneshwari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddu Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Riotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly, EGU2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the impact of irrigated agriculture on groundwater resource and quality in semi-arid tropical catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sundaram Buvaneshwari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Riotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU, European Geosciences Union General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans quelle mesure l’exportation d’azote par les prairies françaises peut-elle atténuer les pollutions azotées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Resmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Delagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIe séminaire des utilisateurs de Stics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using crop simulation for bio-economic evaluation of innovative cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 EFITA WCCA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France. 254 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la simulation informatique pour l'évaluation bio-économique de systèmes de culture innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Chaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journée RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Toulouse, France. 28 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Modelling of pesticide fate in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Fabre Jc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chataignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pesticide Behaviour in Soils, Water and Air</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of generic management rules for crop growth simulation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.J. Oomen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hengsdijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Russel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development; Setting the Agenda for Science and Policy (AgSAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The soil C&N module of APES : simulating the immobilisation-mineralisation turnover for predicting short-and long-term C and N dynamics in the soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Corbeels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Celette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology for the evaluation and improvement of a generic biophysical Soil-Plant-Atmosphere crop model based on &amp;quot;Mini-Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Integrated Assessment on Agriculture and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.198-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APES, an agricultural production and externalities simulator evaluated for two main crops in Midi-Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Integrated Assessment of Agriculture and Sustainable Development: Setting the Agenda for Science and Policy (AgSAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.194-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a cropping system model for large scale impact assessment in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Oomen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development; Setting the Agenda for Science and Policy (AgSAP 2009). Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances of two crop models in various conditions: the importance of underlying assumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Celette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Corbeels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development (AgSAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling cover-cropped vineyards with APES: a modular simulation platform.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Metay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development (AgSAP) 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the crop modelling platform APES to assess water and nitrogen competition in an intercropped vineyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Metay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Symposium GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the crop modelling platform APES to assess water and nitrogen competition in an intercropped voneyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Metay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Symposium GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a cropping system model for large scale impact assessment in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Oomen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Integrated Assessment on Agriculture and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.200-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology for the evaluation and improvement of a generic biophysical Soil-Plant-Atmosphere crop model based on 'Mini-Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development; Setting the Agenda for Science and Policy (AgSAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment adapter la culture de pois au changement climatique ? Approche par simulation de combinaisons “génotype x environnement x pratiques culturales” dans des climats français contrastés - 2024-2027</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Larmure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Prudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production, nitrogen exportation and nitrate leaching from managed grasslands in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Resmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Nitrogen workshop: coupling C-N-P-S cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France. , 2018, Proceedings of the 20th nitrogen workshop. Coupling C - N - P - S cycles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation intégrée du devenir des pesticides dans les paysages agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chataignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA réseau interdisciplinaire PAYOTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Paris, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STICS: a generic and robust soil-crop model for modelling agrosystems response in various climatic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture 2015 : Global Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Montpellier, France. 226 p., 2015, Parallel session L3. Towards Climate-smart Solutions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AICHA : un modele integre pour l’etude de l’impact du changement climatique sur les eaux souterraines d’un petit bassin versant indien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque Modèle de culture STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Rennes, France. , 103 p., 2015, Xe séminaire des utilisateurs et concepteurs du modèle STICS. Ier séminaire du réseau scientifique STICS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en œuvre de simulations grande échelle de stics sur la plate-forme record. Application aux projets AGMIP (Pilote C3MP) et Macsur (Scaling Pilot)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque Modèle de culture STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Rennes, France. , 103 p., 2015, Xe séminaire des utilisateurs et concepteurs du modèle STICS. Ier séminaire du réseau scientifique STICS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APES, an agricultural production and externalities simulator evaluated for two main crops in Midi-Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgSAP Conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. 2 p., 2009, Session B3: Cropping systems modelling</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMFProfiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Mercadié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vialaneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:c0d51e57654a925b2a813c4e573c77370d1c2d16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLE Package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paquet VLE pour le modèle de système de culture Stics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RVLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paquet VLE pour le modèle de culture de tournesol SUNFLO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Casadebaig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Robaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 16. Model capacity extension methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.383-404, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A component-based framework for simulating agricultural production and externalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello Donatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham Russel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Emilio Rizzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Acutis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental and agricultural modelling: : integrated approaches for policy impact assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Science - Business Media Deutschland GmbH, 322 p., 2010, 978-90-481-3619-3 978-90-481-3618-6. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-90-481-3619-3_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution assessment of French grassland dry matter and nitrogen yields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Resmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.125952. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management and spatial resolution effects on yield and water balance at regional scale in crop models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Hoffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Bindi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 275, pp.184 - 195. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2019.05.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dynamic model for water management at the farm level integrating strategic, tactical and operational decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddu Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 100, pp.123-135. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2017.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new plug-in under RECORD to link biophysical and decision models for crop management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Joannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 36 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-016-0357-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01458657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From individual to collective displacements in heterogeneous environments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gautrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard A Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 250 (3), pp.424-34. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2007.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00315334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interplay between a self-organized process and an environmental template: corpse clustering under the influence of air currents in ants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gautrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Challet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4 (12), pp.107-116. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2006.0156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre de rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services culturels et récréatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju‐duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biens produits par l'écosystème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju‐duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prairies françaises : production, exportation d'azote et risques de lessivage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA; Ministère de l’Alimentation, l’Agriculture et de la Forêt. 2017, 74 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volet &amp;quot;écosystèmes agricoles&amp;quot; de l’Évaluation Française des Écosystèmes et des Services Écosystémiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju-Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA. 2017, pp.966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of FSSIM in two test case regions to assess agro-environmental policies at farm and regional level. PD 6.3.2.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Flichman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PD 6.3.2.2, CIHEAM-IAMM; INRA; CIRAD; IER. 2008, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of FSSIM in two Test Case regions to assess agro-environmental policies at farm and regional level.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Flichman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du XIe séminaire des utilisateurs de Stics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. séminaire des utilisateurs de Stics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France. 99 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId187"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Casellas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer avec SIWAA via une API web: Un exemple de pilotage à distance de simulations mis en oeuvre sur le projet CarboSeq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel P Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MIAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE - Unité de Mathématiques et Informatique Appliquées de Toulouse, Apr 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APE: An Anti-poaching Multi-Agent Reinforcement Learning Benchmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prasanna Maddila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Sabbadin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meritxell Vinyals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Workshop on Reinforcement Learning (EWRL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development, deployment and execution of simulation workflows to study the impact of climate change on dairy farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervi Le-Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution under climate change of the resilience of the services provided by the cultivated areas of the Pays de Fougères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klervi Le-Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STICS ability to simulate long-term soil organic matter dynamics in crop-grassland rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Decau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation intégrée du devenir des pesticides dans le paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Crevoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Dagès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Djouhri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SEFA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03303236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AgGlob: Workflow for simulation of agronomic models at a global scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertuzzi Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICROPM 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual basis, formalisations and parameterization of the STICS crop model, second edition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iCROPM2020 Symposium - Crop Modelling for The Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France. 73 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASCROM : A crop model designed to simulate agricultural water constraints in semi-arid areas from plot to territory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Baccar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddu Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICROPM 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation Intégrée du devenir des Pesticides dans les Paysages agricoles (projet MIPP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Crevoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49. Congrès du Groupe Français de Recherche sur les Pesticides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the impact of nutrient recycling on groundwater resource quantity and quality in an irrigated semi-arid tropical catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sriramulu Buvaneshwari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddu Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Riotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th EGU General Assembly, EGU2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the impact of irrigated agriculture on groundwater resource and quality in semi-arid tropical catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sundaram Buvaneshwari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Riotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU, European Geosciences Union General Assembly 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using crop simulation for bio-economic evaluation of innovative cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 EFITA WCCA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Montpellier, France. 254 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la simulation informatique pour l'évaluation bio-économique de systèmes de culture innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Chaib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journée RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Toulouse, France. 28 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans quelle mesure l’exportation d’azote par les prairies françaises peut-elle atténuer les pollutions azotées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Resmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Delagarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIe séminaire des utilisateurs de Stics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Modelling of pesticide fate in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Fabre Jc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chataignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pesticide Behaviour in Soils, Water and Air</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APES, an agricultural production and externalities simulator evaluated for two main crops in Midi-Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Integrated Assessment of Agriculture and Sustainable Development: Setting the Agenda for Science and Policy (AgSAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.194-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the crop modelling platform APES to assess water and nitrogen competition in an intercropped voneyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Metay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Symposium GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the crop modelling platform APES to assess water and nitrogen competition in an intercropped vineyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Metay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Symposium GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a cropping system model for large scale impact assessment in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Oomen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development; Setting the Agenda for Science and Policy (AgSAP 2009). Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances of two crop models in various conditions: the importance of underlying assumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Celette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Corbeels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development (AgSAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling cover-cropped vineyards with APES: a modular simulation platform.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Metay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development (AgSAP) 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a cropping system model for large scale impact assessment in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Wallach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Oomen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Integrated Assessment on Agriculture and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.200-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology for the evaluation and improvement of a generic biophysical Soil-Plant-Atmosphere crop model based on 'Mini-Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development; Setting the Agenda for Science and Policy (AgSAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The soil C&N module of APES : simulating the immobilisation-mineralisation turnover for predicting short-and long-term C and N dynamics in the soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Corbeels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Celette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of generic management rules for crop growth simulation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.J. Oomen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Hengsdijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Russel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrated Assessment of Agriculture and Sustainable Development; Setting the Agenda for Science and Policy (AgSAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Mar 2009, Egmond aan Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodology for the evaluation and improvement of a generic biophysical Soil-Plant-Atmosphere crop model based on &amp;quot;Mini-Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-E. Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Integrated Assessment on Agriculture and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. pp.198-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMFProfiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Mercadié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vialaneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:c0d51e57654a925b2a813c4e573c77370d1c2d16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLE Package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ramat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RVLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauthier Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paquet VLE pour le modèle de système de culture Stics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paquet VLE pour le modèle de culture de tournesol SUNFLO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Casadebaig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Robaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment adapter la culture de pois au changement climatique ? Approche par simulation de combinaisons “génotype x environnement x pratiques culturales” dans des climats français contrastés - 2024-2027</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdourahmane Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Larmure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Trépos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Prudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04910021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production, nitrogen exportation and nitrate leaching from managed grasslands in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Resmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Nitrogen workshop: coupling C-N-P-S cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France. , 2018, Proceedings of the 20th nitrogen workshop. Coupling C - N - P - S cycles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation intégrée du devenir des pesticides dans les paysages agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Voltz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bedos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Chataignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA réseau interdisciplinaire PAYOTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Paris, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AICHA : un modele integre pour l’etude de l’impact du changement climatique sur les eaux souterraines d’un petit bassin versant indien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque Modèle de culture STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Rennes, France. , 103 p., 2015, Xe séminaire des utilisateurs et concepteurs du modèle STICS. Ier séminaire du réseau scientifique STICS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01601454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STICS: a generic and robust soil-crop model for modelling agrosystems response in various climatic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture 2015 : Global Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Montpellier, France. 226 p., 2015, Parallel session L3. Towards Climate-smart Solutions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en œuvre de simulations grande échelle de stics sur la plate-forme record. Application aux projets AGMIP (Pilote C3MP) et Macsur (Scaling Pilot)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque Modèle de culture STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Rennes, France. , 103 p., 2015, Xe séminaire des utilisateurs et concepteurs du modèle STICS. Ier séminaire du réseau scientifique STICS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APES, an agricultural production and externalities simulator evaluated for two main crops in Midi-Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AgSAP Conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Egmond aan Zee, Netherlands. 2 p., 2009, Session B3: Cropping systems modelling</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 16. Model capacity extension methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Jégo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.383-404, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A component-based framework for simulating agricultural production and externalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello Donatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham Russel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Emilio Rizzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Acutis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental and agricultural modelling: : integrated approaches for policy impact assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Science - Business Media Deutschland GmbH, 322 p., 2010, 978-90-481-3619-3 978-90-481-3618-6. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-90-481-3619-3_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution assessment of French grassland dry matter and nitrogen yields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Resmond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.125952. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management and spatial resolution effects on yield and water balance at regional scale in crop models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Hoffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Bindi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 275, pp.184 - 195. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2019.05.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dynamic model for water management at the farm level integrating strategic, tactical and operational decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muddu Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 100, pp.123-135. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2017.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new plug-in under RECORD to link biophysical and decision models for crop management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Eric Bergez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Joannon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 36 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-016-0357-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01458657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From individual to collective displacements in heterogeneous environments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gautrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard A Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 250 (3), pp.424-34. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2007.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00315334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interplay between a self-organized process and an environmental template: corpse clustering under the influence of air currents in ants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Verret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gautrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Challet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4 (12), pp.107-116. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2006.0156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre de rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biens produits par l'écosystème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju‐duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services culturels et récréatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju‐duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volet &amp;quot;écosystèmes agricoles&amp;quot; de l’Évaluation Française des Écosystèmes et des Services Écosystémiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Tichit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju-Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA. 2017, pp.966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prairies françaises : production, exportation d'azote et risques de lessivage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA; Ministère de l’Alimentation, l’Agriculture et de la Forêt. 2017, 74 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of FSSIM in two Test Case regions to assess agro-environmental policies at farm and regional level.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Flichman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of FSSIM in two test case regions to assess agro-environmental policies at farm and regional level. PD 6.3.2.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatem Belhouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Flichman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] PD 6.3.2.2, CIHEAM-IAMM; INRA; CIRAD; IER. 2008, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du XIe séminaire des utilisateurs de Stics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. séminaire des utilisateurs de Stics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France. 99 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId187"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281562v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rousse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chabrier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Yahiaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699166v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanna Maddila" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meritxell Vinyals" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637949v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Graux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Le-Floch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04917662v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637939v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cadero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Decau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crevoisier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Djouhri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199406v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Raynal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertuzzi Patrick" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199393v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Baccar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muddu Sekhar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737983v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strullu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962223v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fabre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199324v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriramulu Buvaneshwari" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Riotte" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785084v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundaram Buvaneshwari" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737866v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Resmond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737245v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couture" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785191v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chaib" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Fabre Jc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chataignier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755777v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Oomen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hengsdijk" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric J.-E. Bergez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Russel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755220v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Corbeels" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192746v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Bergez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Belhouchette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adam" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192588v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wery" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755196v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wallach" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Oomen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758121v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755050v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ripoche" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755314v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Wery" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755084v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192747v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wallach" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Oomen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755379v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Adam" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910021v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahmane Diallo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Larmure" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tr&#233;pos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737952v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705845v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741475v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Justes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Bertuzzi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601454v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Robert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608581v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751541v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683370v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mercadi&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Gravier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Josse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c0d51e57654a925b2a813c4e573c77370d1c2d16" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787213v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Quesnel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789406v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787202v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787218v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788007v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robaldo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457380v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J&#233;go" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823548v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Donatelli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Russel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Emilio Rizzoli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Acutis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-3619-3_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628325v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125952" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620098v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Hoffman" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bindi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2019.05.013" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649844v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thomas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2017.11.013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458657v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raynal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-016-0357-y" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315334v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautrais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Combe" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2007.10.011" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQVKN7NT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167592v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jost" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verret" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2006.0156" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814120v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482782v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Louhichi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Flichman" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824472v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Louhichi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Flichman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791711v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281562v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rousse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chabrier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Yahiaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699166v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanna Maddila" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meritxell Vinyals" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04917662v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Graux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Le-Floch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637949v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637939v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cadero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Decau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crevoisier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Djouhri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199406v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Raynal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertuzzi Patrick" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737983v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strullu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199393v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Baccar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muddu Sekhar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962223v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fabre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loubet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199324v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sriramulu Buvaneshwari" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Riotte" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785084v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundaram Buvaneshwari" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737245v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Couture" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785191v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chaib" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737866v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Resmond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Fabre Jc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chataignier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192588v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adam" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Belhouchette" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wery" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755084v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Gary" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ripoche" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Wery" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755314v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755196v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Wallach" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Oomen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758121v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Corbeels" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755050v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192747v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wallach" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Oomen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755379v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric J.-E. Bergez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Adam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755220v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755777v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Oomen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hengsdijk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Russel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192746v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Bergez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683370v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mercadi&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Gravier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Josse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c0d51e57654a925b2a813c4e573c77370d1c2d16" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789406v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Quesnel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tr&#233;pos" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787213v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787218v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787202v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788007v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robaldo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04910021v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahmane Diallo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Larmure" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737952v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705845v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601454v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Robert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741475v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Justes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Bertuzzi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608581v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751541v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457380v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume J&#233;go" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823548v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Donatelli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Russel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Emilio Rizzoli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Acutis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-3619-3_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628325v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125952" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620098v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Hoffman" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bindi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2019.05.013" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649844v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thomas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2017.11.013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458657v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Raynal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-016-0357-y" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315334v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautrais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Combe" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2007.10.011" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQVKN7NT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167592v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jost" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verret" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2006.0156" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814120v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824472v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Louhichi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Flichman" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482782v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Louhichi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Flichman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791711v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>