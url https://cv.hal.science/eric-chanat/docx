--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Chanat </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal changes of stem-like cells in colostrum and milk of dairy cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 92 (3), pp.380-387. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0022029925101222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorted stem/progenitor epithelial cells of pubertal bovine mammary gland present limited potential to reconstitute an organised mammary epithelium after transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0296614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammary gland 3D cell culture systems in farm animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 52 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-021-00947-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic DNA PCR analysis to assess xenograft development in mouse mammary gland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 68 (4), pp.219-222. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2144/btn-2019-0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammary epithelial cell lineage changes during cow’s life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mammary Gland Biology and Neoplasia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (2), pp.185-197. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10911-019-09427-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The cellular mechanisms underlying mammary tissue plasticity during lactation in ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (S1), pp.s52-s64. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731119000624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;em&amp;gt;Technical note:&amp;lt;/em&amp;gt; Quantification of caseins from a crude extract of mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 101 (4), pp.3583-3587. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3168/jds.2017-14049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular signature of the putative stem/progenitor cells committed to the development of the bovine mammary gland at puberty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8, pp.16194. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-34691-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammary epithelial cell hierarchy in the dairy cow throughout lactation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Perruchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Arevalo Turrubiarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Dufreneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stem Cells and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (19), pp.1407-1418. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/scd.2016.0098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The perilipin-2 (adipophilin) coat of cytosolic lipid droplets is regulated by an Arf1-dependent mechanism in HC11 mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Adenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Biology International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (2), pp.143-155. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbin.10547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation of endoplasmic reticulum fractions from mammary epithelial tissue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mammary Gland Biology and Neoplasia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21 (1), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10911-016-9351-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The membrane-associated form of as1- casein interacts with cholesterol-rich detergent-resistant microdomains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natascha Pigat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (2), pp.e115903. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0115903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123419v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolactin and epidermal growth factor stimulate adipophilin synthesis in HC11 mouse mammary epithelial cells via the PI3-kinase/Akt/mTOR pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1823, pp.987-996. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamcr.2012.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the potential SNARE proteins relevant to milk product release by mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno Layani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementine C. Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 90 (5), pp.401-413. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcb.2011.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00999877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein, which is essential for efficient ER-to-Golgi casein transport, is also present in a tightly membrane-associated form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (65), 15 p. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2121-11-65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleate and linoleate stimulate degradation of β-casein in prolactin-treated HC11 mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie S. Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell and Tissue Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 340 (1), pp.91-102. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00441-009-0926-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R-spondin1 is required for normal epithelial morphogenesis during mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 390 (3), pp.1040-1043. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbrc.2009.10.104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipid-deprived diet perturbs O-glycosylation of secretory proteins in rat mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (4), pp.491-499. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731107001309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5th annual INRA-Meeting MAMMARY GLAND AND MILK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (5), pp.547-547. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2006036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00900629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disulphide bonds in casein micelle from milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bouguyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 343 (2), pp.450-458. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbrc.2006.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulphated proteins secreted by rat mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (5), pp.557-566. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2006027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulphated proteins secreted by rat mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (5), pp.557-566. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2006027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00900631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation nucléaire et expression des gènes des protéines du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne E. Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Adrian Balteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Coant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société de Biologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 200 (2), pp.181-192</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ca2+ -independent phospholipase A2 participates in the vesicular transport of milk proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1743, pp.317-329. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamcr.2005.01.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between the rabbit CSN1 gene and the nuclear matrix of stably transfected HC11 mammary epithelial cells vary with its level of expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Poussin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Hayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 96, pp.611-621. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jcb.20560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le double-jeu de la proteine TIP47</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.1020-1025. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/200420111020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOMIC, PROTEOMIC AND LACTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leprovost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 43 (5), pp.437-437. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2003038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00900519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of the rabbit alphas1- and beta-casein gene cluster, assignment to chromosome 15 and expression of the alphas1-casein gene in HC11 cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rogel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Hayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 283, pp.155-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roads taken by milk proteins in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 70, pp.49-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phospholipase D-dependent and -independent mechanisms are involved in milk protein secretion in rabbit mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 1495, pp.281-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymeric IgA are sulfated proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charpigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 463, pp.250-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha S1-casein is requiered for the efficient transport of beta- and kappa-casein from the endoplasmic reticulum to the Golgi apparatus of mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 112, pp.3399-3412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brefelfin A differently affects basal and prolactin-stimulated milk protein secretion in lactating rabbit mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Delpal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Aubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 72, pp.324-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The disulfilde bond in chromogranin B, which is essential for its sorting to secretory granules, is not required for its aggregation in the trans-Golgi network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 351, pp.225-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02703573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mecanisme de tri des proteines secretoires et formation des granules de secretion dans les cellules neuroendocrines : la secretion des proteines. Regulation et role du cytosquelette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus des séances de la Société de biologie et de ses filiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 187 (6), pp.697-725</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02715192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduction of disulfide bond of chromogranin B (secretogranin I) in the trans-Golgi network causes its missorting to the constitutive secretory pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 12 (5), pp.2159-2168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02704853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What the granins tell us about the formation of secretory granules in neuroendocrine cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. W. Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Stinchcombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. B. Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell biophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 19 (1-3), pp.85-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milieu-induced, selective aggregation of regulated secretory proteins in the trans-Golgi network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W B Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 115 (6), pp.1505-1519</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peptides co-released with luteinizing hormone by perifused pituitary cell aggregates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. L. Thieulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 60 (2-3), pp.151-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02727494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative determination of the gonadotrope polypeptide (GP87) contained in and release by gonadotrope cells using a specific anti-rat GP87</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental and Clinical Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 7, pp.181-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gonadotrope polypeptide (GP 87) released from pituitary cells under luteinizing hormone-releasing hormone stimulation is a secretogranin II form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. G. Cozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 70 (10), pp.1361-1368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LHRH-stimulated release of stored and newly synthesized gonadotrop polypeptide (GP-87) by cultured rat gonadotrophs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropeptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 9 (2), pp.177-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LHRH promotes the synthesis and release of a 87,000 Da protein (GP-87) by enriched gonadotrophs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 46 (2), pp.109-119. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0303-7207(86)90089-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hormonal and nutritional regulations of lactation persistency in dairy ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Wiart-Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology of Lactation in Farm Animals (BOLFA) &amp; International Congress on Farm Animal Endocrinology (ICFAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP; University of Bern, Aug 2024, Bern, Switzerland. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude comparative des cellules souches présentes dans le colostrum et le lait des animaux de rente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transversalité Glande Mammaire Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Oct 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative des cellules souches présentes dans le colostrum et le lait des animaux de rente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée STEM PHASE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Nov 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender le fonctionnement de la glande mammaire chez le bovin par le typage des cellules en microscopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées du réseau des microscopistes INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of stem-like cells in colostrum and milk of farm animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International scientific meeting on colostrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Las Palmas, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methionine balanced diet improves performances and biosynthetic traffic in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bahloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methionine supplementation impacts casein gene expression and cell death in the mammary tissue of lactating dairy goats fed low and adequate net energy supplies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Poton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du lignage épithélial de la glande mammaire bovine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Perruchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Dufreneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23.Congrès de l'association francaise de cytométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cytométrie en flux : une approche pertinente pour l’étude des cellules épithéliales mammaires bovines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe journée transversalité Glande Mammaire Lait (GML)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species-specific genomic DNA PCR analysis allows to assess the graft development in mouse xenotransplanted mammary gland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe journée transversalité Glande Mammaire Lait (GML)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The cellular mechanisms underlying mammary tissue plasticity during lactation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on the Biology of Lactation in Farm Animals (Bolfa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LCM combined with MALDI-TOF Mass Spectrometry to demonstrate that αs1-casein is required for efficient export of the other caseins from the Endoplasmic Reticulum to the Golgi apparatus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Microgenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que la biologie cellulaire nous enseigne sur les structures supramoléculaires du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AMMAC : systèmes intrinsèquement structurés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MilkChEST, an integrative approach of the secretion pathways in the mammary epithelial cell: molecular dissection of milk fat adaptability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Regional Conference On Goats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des protéines SNARE potentiellement impliquées dans la sécrétion des produits du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementine Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées d'Animation Scientifique du département Phase (JAS Phase 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What cell biology tell us about the formation/organization of casein micelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International Symposium on Milk Genomics and Human Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Milk Genomics Consortium (IMGC). Davis, USA., Oct 2012, Wageningen, Netherlands. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the potential SNARE proteins relevant to milk product release by mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESF-EMBO Symposium : Cell polarity and membrane traffic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Pultusk, Poland. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein deficiency due to defective genotypes induces a chronic ER stress and deep changes in milk composition, signing a singular secretion mode in goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Barile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International Conference on Goats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Goat Association (IGA). USA., Sep 2012, Gran Canaria, Spain. pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNARE proteins and milk products secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Club Exocytose-Endocytose. Paris, FRA., May 2012, L'Isle sur la Sorgue, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biogenèse de la micelle de caséines dans la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Leonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI. Journée de l'Animation transversale "Glande mammaire, Lait" 2011 - Inra, Département Physiologie animale et Système d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéines SNAREs et sécrétion des produits du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno Layani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Département de Physiologie animale et Système d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la biogenèse des gouttelettes lipidiques dans la cellule épithéliale mammaire : effet de la PRL et de l’EGF, importance de la voie PI3k-Akt-mTOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journée de l'Animation scientifique "Glande mammaire, lait" 2011 - Département de Physiologie animale et Système d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de la glande mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Inra "Vers un projet scientifique du Physiopôle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Jouy-en-Josas, France. 8 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une représentation conceptuelle minimale du fonctionnement intégratif verticale de la glande mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Chilliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Devinoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of casein micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. EMBO/Annaberg Workshop, Protein &amp; Lipid function in secretion and endocytosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Goldegg am See, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions moléculaires au cours de l'élaboration de la mésostructure de la micelle de caséine : exploration in vivo et in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire jeunes chercheurs du département CEPIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Le Hohwald, France. 12 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milk secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium for the 60th birthday of Wieland Huttner</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Dresde, Germany. pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of casein aggregation into micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Dairy Science and Technology Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Dairy Federation (IDF). FRA., Apr 2009, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular mechanisms of caseins exocytosis: role of the SNARE proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12.Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Presqu'île de Giens, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of CSN1S1 (alpha S1-casein) deficiency on the endoplasmic reticulum protein profile in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Presqu'île de Giens, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action des acides gras sur la formation des gouttelettes lipidiques et la synthèse de la caséine-beta par la cellule épithéliale mammaire murine HC11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie S. Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rspo1 is essential to normal mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium Milk Genomics &amp; Human Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of highly purified rough endoplasmic reticulum by advanced proteomic technologies, 2D DIGE (16-BAC/SDS & IEF/SDS) and LC-MS/MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMAP 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the role of R-spondin genes in mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Colloque de la Société Française des Microscopies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular mechanisms of caseins exocytosis: Role of the snare proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of CSN1S1 deficiency of the endoplasmic reticulum protein profile in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of casein aggregation into micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Leonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R-spondin1 is required to normal epithelial morphogenesis during mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mammary Gland Biology Gordon Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Salve Regina, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of some differences in mammary epithelial cells and milk between extreme genotypes occurring in the goats, at the CSN1S1 locus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira S. Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle C. Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique SFEAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La caséine alphaS1: élément clé de la fonction sécrétoire de la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'animation transversale Glande Mammaire Lait (GML) du département Phase :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Jouy-en-Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation du rôle des gènes R-spondin au cours du développement de la glande mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatemeh Montazer-Torbati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées de restitution des projets financés sur crédits Incitatifs en 2006 et 2007 du Département de Physiologie Animale et Systèmes d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative proteomic analysis of microsomal membrane proteins using 2D (16-BAC/SDS-PAGE) DIGE: Impact of CSN1S1 (alphaS1-casein) deficiency on endoplasmic reticulum protein profil in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique SFEAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du pic de prolactine circulante induit par la traite sur la galactopoïese chez le bovin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lacasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Angelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hurtaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2006 et 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accumulation of caseins in the endoplasmic reticulum due to as1-casein deficiency, induces a chronic ER stress and a milk protein composition signing an apocrine secretion mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle C. Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira S. Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Symposium Milk Genomics &amp; Human Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Napa, United States. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action différentielle des acides gras saturés et insaturés sur la formation des gouttelettes lipidiques et la synthèse de la caséine-beta par la cellule épithéliale mammaire murine HC11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defective alleles at the CSN1S1 locus induces a chronic ER stress and a milk protein composition signing an apocrine secretion mode.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle C. Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Milk Genomics and Human Health, November 7-9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Napa, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1 casein polymorphism and gene expression profiling in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Congrès de la Fédération Réaumur des Sciences du Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymorphisme au locus CSN1S1 : un facteur de STRESS (Splicing, Transport, Reticulum Endoplasmique, Structuration & Sécrétion)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation nucléaire et expression des gènes des protéines du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Devinoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance de la société de biologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5th annual INRA-Meeting. Mammary gland and milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Annual INRA-Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Jouy-en-Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1 casein polymorphism and gene expression profiling in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. European Molecular Biology Laboratory Biennal Symposium: From Functionnal Genomics to Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Heidelberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expression de la caséine ! est-elle nécessaire à la différenciation fonctionnelle de l’epithelium alvéolaire mammaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Seely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'animation transversale "Glande Mammaire, Lait"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications post-traductionnelles et transport des protéines du lait dans la voie de sécrétion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'animation transversale "Glande Mammaire, Lait"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La caséine &amp;lt;em&amp;gt;k&amp;lt;/em&amp;gt; joue-t-elle un rôle dans le processus de différenciation de épithélium alvéolaire mammaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Seely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression des caséines et différenciation de la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique SFEAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications post-traductionnelles des caséines : cas de la kappa-caséine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'animation transversale "Glande Mammaire, Lait"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium-independent phospholipase A2 is involved in both the retrograde and anterograde traffic in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux-Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Réunion Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécrétion de l'ensemble des caséines dépend-elle de l'expression du gène caséine alpha-S1 et de sa localisation nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pascale M. P. Debey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02827803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux aspects du transport des protéines dans la voie de sécrétion des cellules mammaires (CEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbation du transit intracellulaire des protéines du lait en liaison avec le polymorphisme existant au locus alpha S1-Cas caprin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Meeting "Rencontres autour des recherches sur les ruminants"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein polymorphism in goat: Perturbation of the intracellular transport of milk proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on milk synthesis, secretion and removal in ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Berne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory vesicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Barr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bauerfreind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bräunling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. Colloquium der Gesellschaft fur Biologische Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1993, Mosbach/Baden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory granules in vivo and in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-WORKSHOP Annaberg Conference Protein Sorting the Secretory Pathway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Salzburg, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02843321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory vesicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Barr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International symposium on chromaffin cell biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Marburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory vesicles in vivo and in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Barr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual meeting of the Deutsch Gesellshaft fur Zellbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Göttingen</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorting of chromogranins/secretogranins to secretory granules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference: Molecular membrane biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chromogranins/secretogranins - widespread markers of peptide hormone-secreting tissues and tools for stidying neuroendocrine granule formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 Journées Internationales d'Endocrinologie Clinique Henri-Pierre Klotz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02855085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonadotrop polypeptide (GP-87) secretion by cultured pituitary cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th FEBS (Federation of European Biochemical Societies) Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01860008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity of pituitary gonadotrope polypeptide (GP-87) to secretogranin II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. G. Cozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'antéhypophyse aspects fondamentaux et pathologiques. Conférence Inserm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action de la LHRH sur la synthèse et la phosphorylation de protéines dans les cellules gonadotropes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J M Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVe colloque de la société de neuroendocrinologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1985, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01860015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action du LHRH sur la synthèse et la phosphorylation de protéines dans les cellules gonadotropes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV. colloque de la société de neuroendocrinologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1985, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02779706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des éléments cellulaires des sécrétions lactées transférables de la mère à la progéniture chez la vache, la chèvre et la truie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Burtey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France. pp.68, Résumés des crédits incitatifs - JAS 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de la transplantation hétérologue pour la caractérisation des cellules souches mammaires bovines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France. pp.69, Résumés des crédits incitatifs - JAS 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methionine supplementation at low and adequate net energy supply in lactating dairy goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Binggeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. , Journal of Dairy Science, 103 (Suppl. 1), pp.303-304, 2020, Abstracts of the 2020 American Dairy Science Association® Annual Meeting</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication des cellules souches adultes et des cellules progénitrices dans le développement épithélial mammaire à la puberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stem-Phase. Première rencontre du réseau Phase sur les cellules souches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Bron, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de la transplantation hétérologue pour la caractérisation des cellules souches mammaires bovines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Rennes, France. , 2018, Journées d’animation scientifiques du département Phase - Recueil des résumés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delineating the MaSC/progenitors committed to the development in the bovine mammary gland at puberty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mammary Gland Biology Gordon Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Barga, Italy. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the mammary stem cells / progenitors committed to the development of the bovine mammary gland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 24, 2018, Annual Meeting of the European Association for Animal Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein deficiency recorded for defective genotypes induces a chronic ER stress and deep changes in milk composition, signing a singular secretion process in goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Barile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Regional Conference On Goats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Tromsø, Norway. , 2013, Goat Milk Quality</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plateau de microscopie électronique à transmission de l'Inra de Jouy-en-Josas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Vignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de biologie cellulaire du grand campus d'Orsay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Orsay, France. 2011, 6èmes Journées de Biologie Cellulaire du Grand Campus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical and biological approaches come together to reveal the organisation of a supramolecular structure: the casein micelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres Biologie-Physique du Grand Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Rennes, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleate and linoleate stimulate both lipid droplet formation and the degradation of b-casein in prolactin-treated HC11 mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie S. Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Presqu'île de Giens, France. n.p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accumulation of caseins in the endoplasmic reticulum of mammary epithelial cells due to αs1-casein deficiency, induces a chronic er stress and a milk protein composition signing a singular secretion mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Siena Meeting. From Genome to Proteome : knowledge acquisition and representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Sienne, Italy. , 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of casein aggregation into micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Réunion du club exocytose-endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Batz-sur-Mer, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casein polymorphism and gene expression profiling in mammary epithelial cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FRSV Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Grenoble, pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un régime alimentaire dépourvu de lipide perturbe la o-glycosylation des protéines secrétées par la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d’animation scientifique du département PHASE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France. 2007, 2èmes journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laboratoire européen de biologie moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France. 2007, 2èmes journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du rôle de la TIP47 et de l’adipophiline dans la formation des globules lipidiques par les cellules HC11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1eres journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laboratoire européen de biologie moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1eres journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ponts disulfures dans la micelle de caséine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bouguyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1eres journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium-independent phospholipase A2 is involved in both the retrograde and anterograde traffic in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-WORKSHOP Annaberg Conference Protein Sorting the Secretory Pathway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Goldegg, Austria. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secretory protein transport from the trans-golgi network of mammary epithelial cells: involvement of lipid modifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Life Scientist Organization (ELSO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Both phospholipases D1 and D2 localise to Golgi membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Annaberg Meeting/EMBO Workshop. Protein Sorting the Secretory Pathway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2001, Goldegg, Austria. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticité membranaire et sécrétion des protéines du lait: de la participation des phospholipases A2 et D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele M. Ollivier-Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Both phospholipases D1 and D2 localise to Golgi membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Life Scientist Organization (ELSO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation of phospholipases D1 and D2 in the Golgi membranes of cells specialised for secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Réunion Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes de sécrétion des protéines du lait : implication de la phospholipase D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of milk protein secretion: PLD-dependent and -independent mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">668th Meeting of the biochemical society. Complex protein assemblies as molecular machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Glasgow, United Kingdom. , Biochemical Society Transactions, 27 (3), 1999, 668th Glasgow Meeting</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S1-casein is required for the efficient transport of ß- and AlphaS1-caseins from the ER to the Golgi apparatus of mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of trans-golgi network (TGN) to cell surface transport of sulphated secretory proteins in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECBO 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Brighton, United Kingdom. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro model system for the study of milk protein secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the COST action 825</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Liège, Belgium. 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of casein secretion by prolactin: effects of Brefeldin A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Aubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Delpal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VI. International prolactin congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1993, Paris, France. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gonadotrope polypeptide (GP87) occurs as a multimeric structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Anouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Colloque de la Societe de Neuroendocrinologie experimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, Rennes, France. 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02858008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic studies of proteins co-released with gonadotropins by superfused pituitary cell aggregates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Congress of Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1988, Kyoto, Japan. Excerpta Medica, 1988, Progress in endocrinology 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Libération du polypeptide gonadotrope (GP-87) par les cellules hypophysaires cultivées en agrégats. Caractérisation par un antisérum anti-GP-87</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII colloque de la société de neuroendocrinologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1987, Lyon, France. 1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02855153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécrétion du polypeptide gonadotrope (GP-87) par les cellules gonadotropes en culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI Colloque de la Societe de Neuroendocrinologie experimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1986, Marseille, France. 1986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02852930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetics and biosynthesis in milk proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Vilotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cba Whitelaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kolb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced dairy chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1A Proteins: Basic aspects (4th), </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 548 p., 2013, 978-1-4614-4714-6 (eBook). </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-4714-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the sorting of secretory proteins to the regulated secretory pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Dittié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Molecular Biology. Vol.88 : Protein targeting protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 88, Humana Press, 1998, Methods in Molecular Biology</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02835162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secretory granule formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Tooze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tooze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanisms of intracellular trafficking and procesing of proproteins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, 1993, 0-8493-6870-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécrétion régulée dans les cellules hypophysaires en culture : caractérisation du Polypeptide Gonadotrope (GP-87) et co-libération avec la LH sous stimulation par la luliberine (LHRH)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Rennes 1, 1987. Français. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02857599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId333"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Chanat </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal changes of stem-like cells in colostrum and milk of dairy cows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 92 (3), pp.380-387. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0022029925101222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorted stem/progenitor epithelial cells of pubertal bovine mammary gland present limited potential to reconstitute an organised mammary epithelium after transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0296614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammary gland 3D cell culture systems in farm animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Veterinary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 52 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13567-021-00947-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic DNA PCR analysis to assess xenograft development in mouse mammary gland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 68 (4), pp.219-222. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2144/btn-2019-0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammary epithelial cell lineage changes during cow’s life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mammary Gland Biology and Neoplasia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (2), pp.185-197. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10911-019-09427-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The cellular mechanisms underlying mammary tissue plasticity during lactation in ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (S1), pp.s52-s64. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731119000624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;em&amp;gt;Technical note:&amp;lt;/em&amp;gt; Quantification of caseins from a crude extract of mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dairy Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 101 (4), pp.3583-3587. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3168/jds.2017-14049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular signature of the putative stem/progenitor cells committed to the development of the bovine mammary gland at puberty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8, pp.16194. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-34691-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01916892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The perilipin-2 (adipophilin) coat of cytosolic lipid droplets is regulated by an Arf1-dependent mechanism in HC11 mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Adenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Biology International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 40 (2), pp.143-155. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbin.10547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammary epithelial cell hierarchy in the dairy cow throughout lactation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Perruchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Arevalo Turrubiarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Dufreneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stem Cells and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (19), pp.1407-1418. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/scd.2016.0098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation of endoplasmic reticulum fractions from mammary epithelial tissue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mammary Gland Biology and Neoplasia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21 (1), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10911-016-9351-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The membrane-associated form of as1- casein interacts with cholesterol-rich detergent-resistant microdomains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natascha Pigat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9 (2), pp.e115903. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0115903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123419v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolactin and epidermal growth factor stimulate adipophilin synthesis in HC11 mouse mammary epithelial cells via the PI3-kinase/Akt/mTOR pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1823, pp.987-996. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamcr.2012.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the potential SNARE proteins relevant to milk product release by mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno Layani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementine C. Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine C. Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 90 (5), pp.401-413. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcb.2011.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00999877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein, which is essential for efficient ER-to-Golgi casein transport, is also present in a tightly membrane-associated form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11 (65), 15 p. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2121-11-65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleate and linoleate stimulate degradation of β-casein in prolactin-treated HC11 mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie S. Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell and Tissue Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 340 (1), pp.91-102. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00441-009-0926-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R-spondin1 is required for normal epithelial morphogenesis during mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 390 (3), pp.1040-1043. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbrc.2009.10.104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipid-deprived diet perturbs O-glycosylation of secretory proteins in rat mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (4), pp.491-499. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731107001309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulphated proteins secreted by rat mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (5), pp.557-566. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2006027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00900631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulphated proteins secreted by rat mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (5), pp.557-566. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2006027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disulphide bonds in casein micelle from milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bouguyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 343 (2), pp.450-458. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbrc.2006.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5th annual INRA-Meeting MAMMARY GLAND AND MILK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (5), pp.547-547. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2006036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00900629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation nucléaire et expression des gènes des protéines du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne E. Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Adrian Balteanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Coant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de la Société de Biologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 200 (2), pp.181-192</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ca2+ -independent phospholipase A2 participates in the vesicular transport of milk proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1743, pp.317-329. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamcr.2005.01.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between the rabbit CSN1 gene and the nuclear matrix of stably transfected HC11 mammary epithelial cells vary with its level of expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Poussin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Hayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 96, pp.611-621. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jcb.20560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le double-jeu de la proteine TIP47</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.1020-1025. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/200420111020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GENOMIC, PROTEOMIC AND LACTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Leprovost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reproduction Nutrition Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 43 (5), pp.437-437. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/rnd:2003038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00900519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of the rabbit alphas1- and beta-casein gene cluster, assignment to chromosome 15 and expression of the alphas1-casein gene in HC11 cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rogel Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Piumi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Hayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 283, pp.155-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roads taken by milk proteins in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 70, pp.49-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phospholipase D-dependent and -independent mechanisms are involved in milk protein secretion in rabbit mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 1495, pp.281-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02690425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymeric IgA are sulfated proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charpigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 463, pp.250-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alpha S1-casein is requiered for the efficient transport of beta- and kappa-casein from the endoplasmic reticulum to the Golgi apparatus of mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 112, pp.3399-3412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brefelfin A differently affects basal and prolactin-stimulated milk protein secretion in lactating rabbit mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Delpal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Aubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 72, pp.324-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The disulfilde bond in chromogranin B, which is essential for its sorting to secretory granules, is not required for its aggregation in the trans-Golgi network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 351, pp.225-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02703573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mecanisme de tri des proteines secretoires et formation des granules de secretion dans les cellules neuroendocrines : la secretion des proteines. Regulation et role du cytosquelette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus des séances de la Société de biologie et de ses filiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 187 (6), pp.697-725</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02715192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduction of disulfide bond of chromogranin B (secretogranin I) in the trans-Golgi network causes its missorting to the constitutive secretory pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 12 (5), pp.2159-2168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02704853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What the granins tell us about the formation of secretory granules in neuroendocrine cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. W. Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Stinchcombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. B. Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell biophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 19 (1-3), pp.85-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milieu-induced, selective aggregation of regulated secretory proteins in the trans-Golgi network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W B Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 115 (6), pp.1505-1519</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peptides co-released with luteinizing hormone by perifused pituitary cell aggregates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. L. Thieulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 60 (2-3), pp.151-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02727494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative determination of the gonadotrope polypeptide (GP87) contained in and release by gonadotrope cells using a specific anti-rat GP87</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental and Clinical Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 7, pp.181-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gonadotrope polypeptide (GP 87) released from pituitary cells under luteinizing hormone-releasing hormone stimulation is a secretogranin II form</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. G. Cozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 70 (10), pp.1361-1368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LHRH-stimulated release of stored and newly synthesized gonadotrop polypeptide (GP-87) by cultured rat gonadotrophs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropeptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 9 (2), pp.177-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LHRH promotes the synthesis and release of a 87,000 Da protein (GP-87) by enriched gonadotrophs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 46 (2), pp.109-119. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0303-7207(86)90089-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (72)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hormonal and nutritional regulations of lactation persistency in dairy ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Wiart-Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology of Lactation in Farm Animals (BOLFA) &amp; International Congress on Farm Animal Endocrinology (ICFAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP; University of Bern, Aug 2024, Bern, Switzerland. pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04696111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude comparative des cellules souches présentes dans le colostrum et le lait des animaux de rente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transversalité Glande Mammaire Lait</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Oct 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative des cellules souches présentes dans le colostrum et le lait des animaux de rente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée STEM PHASE 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Nov 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulations nutritionnelles de la persistance de la lactation chez les ruminants laitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Wiart-Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion "Glande mammaire, lait" Galactinnov</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE Op+lait, Oct 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05559391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender le fonctionnement de la glande mammaire chez le bovin par le typage des cellules en microscopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées du réseau des microscopistes INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of stem-like cells in colostrum and milk of farm animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International scientific meeting on colostrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Las Palmas, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methionine balanced diet improves performances and biosynthetic traffic in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bahloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">71. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP, Dec 2020, Virtual meeting, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methionine supplementation impacts casein gene expression and cell death in the mammary tissue of lactating dairy goats fed low and adequate net energy supplies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Wiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Poton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du lignage épithélial de la glande mammaire bovine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Perruchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Dufreneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23.Congrès de l'association francaise de cytométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cytométrie en flux : une approche pertinente pour l’étude des cellules épithéliales mammaires bovines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Germon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe journée transversalité Glande Mammaire Lait (GML)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species-specific genomic DNA PCR analysis allows to assess the graft development in mouse xenotransplanted mammary gland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe journée transversalité Glande Mammaire Lait (GML)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02375174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The cellular mechanisms underlying mammary tissue plasticity during lactation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Quesnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on the Biology of Lactation in Farm Animals (Bolfa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LCM combined with MALDI-TOF Mass Spectrometry to demonstrate that αs1-casein is required for efficient export of the other caseins from the Endoplasmic Reticulum to the Golgi apparatus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Microgenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que la biologie cellulaire nous enseigne sur les structures supramoléculaires du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AMMAC : systèmes intrinsèquement structurés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MilkChEST, an integrative approach of the secretion pathways in the mammary epithelial cell: molecular dissection of milk fat adaptability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Regional Conference On Goats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What cell biology tell us about the formation/organization of casein micelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. International Symposium on Milk Genomics and Human Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Milk Genomics Consortium (IMGC). Davis, USA., Oct 2012, Wageningen, Netherlands. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des protéines SNARE potentiellement impliquées dans la sécrétion des produits du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementine Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Journées d'Animation Scientifique du département Phase (JAS Phase 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the potential SNARE proteins relevant to milk product release by mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESF-EMBO Symposium : Cell polarity and membrane traffic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Pultusk, Poland. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNARE proteins and milk products secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Club Exocytose-Endocytose. Paris, FRA., May 2012, L'Isle sur la Sorgue, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein deficiency due to defective genotypes induces a chronic ER stress and deep changes in milk composition, signing a singular secretion mode in goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Barile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International Conference on Goats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Goat Association (IGA). USA., Sep 2012, Gran Canaria, Spain. pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la biogenèse des gouttelettes lipidiques dans la cellule épithéliale mammaire : effet de la PRL et de l’EGF, importance de la voie PI3k-Akt-mTOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journée de l'Animation scientifique "Glande mammaire, lait" 2011 - Département de Physiologie animale et Système d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protéines SNAREs et sécrétion des produits du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno Layani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Département de Physiologie animale et Système d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biogenèse de la micelle de caséines dans la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Honvo Houeto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Leonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI. Journée de l'Animation transversale "Glande mammaire, Lait" 2011 - Inra, Département Physiologie animale et Système d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de la glande mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Inra "Vers un projet scientifique du Physiopôle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Jouy-en-Josas, France. 8 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of casein micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. EMBO/Annaberg Workshop, Protein &amp; Lipid function in secretion and endocytosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Goldegg am See, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une représentation conceptuelle minimale du fonctionnement intégratif verticale de la glande mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Chilliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Devinoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions moléculaires au cours de l'élaboration de la mésostructure de la micelle de caséine : exploration in vivo et in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire jeunes chercheurs du département CEPIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Le Hohwald, France. 12 diapositives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milk secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium for the 60th birthday of Wieland Huttner</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Dresde, Germany. pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action des acides gras sur la formation des gouttelettes lipidiques et la synthèse de la caséine-beta par la cellule épithéliale mammaire murine HC11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie S. Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rspo1 is essential to normal mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International Symposium Milk Genomics &amp; Human Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular mechanisms of caseins exocytosis: role of the SNARE proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12.Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Presqu'île de Giens, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of casein aggregation into micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Dairy Science and Technology Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Dairy Federation (IDF). FRA., Apr 2009, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of CSN1S1 (alpha S1-casein) deficiency on the endoplasmic reticulum protein profile in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Presqu'île de Giens, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of the role of R-spondin genes in mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Colloque de la Société Française des Microscopies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of CSN1S1 deficiency of the endoplasmic reticulum protein profile in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular mechanisms of caseins exocytosis: Role of the snare proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Mahaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Layani-Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine S. Truchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of highly purified rough endoplasmic reticulum by advanced proteomic technologies, 2D DIGE (16-BAC/SDS &amp; IEF/SDS) and LC-MS/MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Spectrométrie de Masse et d'Analyse Protéomique (SMAP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of casein aggregation into micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Leonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R-spondin1 is required to normal epithelial morphogenesis during mammary gland development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Laubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mammary Gland Biology Gordon Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Salve Regina, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of some differences in mammary epithelial cells and milk between extreme genotypes occurring in the goats, at the CSN1S1 locus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira S. Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle C. Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique SFEAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative proteomic analysis of microsomal membrane proteins using 2D (16-BAC/SDS-PAGE) DIGE: Impact of CSN1S1 (alphaS1-casein) deficiency on endoplasmic reticulum protein profil in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique SFEAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La caséine alphaS1: élément clé de la fonction sécrétoire de la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'animation transversale Glande Mammaire Lait (GML) du département Phase :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Jouy-en-Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02824855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation du rôle des gènes R-spondin au cours du développement de la glande mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sead Chadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Buscara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatemeh Montazer-Torbati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées de restitution des projets financés sur crédits Incitatifs en 2006 et 2007 du Département de Physiologie Animale et Systèmes d'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du pic de prolactine circulante induit par la traite sur la galactopoïese chez le bovin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lacasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Angelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hurtaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2006 et 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defective alleles at the CSN1S1 locus induces a chronic ER stress and a milk protein composition signing an apocrine secretion mode.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle C. Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Milk Genomics and Human Health, November 7-9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Napa, pp.Inconnu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1 casein polymorphism and gene expression profiling in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Congrès de la Fédération Réaumur des Sciences du Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action différentielle des acides gras saturés et insaturés sur la formation des gouttelettes lipidiques et la synthèse de la caséine-beta par la cellule épithéliale mammaire murine HC11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accumulation of caseins in the endoplasmic reticulum due to as1-casein deficiency, induces a chronic ER stress and a milk protein composition signing an apocrine secretion mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle C. Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira S. Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Symposium Milk Genomics &amp; Human Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Napa, United States. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymorphisme au locus CSN1S1 : un facteur de STRESS (Splicing, Transport, Reticulum Endoplasmique, Structuration & Sécrétion)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation nucléaire et expression des gènes des protéines du lait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Devinoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance de la société de biologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5th annual INRA-Meeting. Mammary gland and milk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Annual INRA-Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Jouy-en-Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1 casein polymorphism and gene expression profiling in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. European Molecular Biology Laboratory Biennal Symposium: From Functionnal Genomics to Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Heidelberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expression de la caséine ! est-elle nécessaire à la différenciation fonctionnelle de l’epithelium alvéolaire mammaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Seely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'animation transversale "Glande Mammaire, Lait"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications post-traductionnelles et transport des protéines du lait dans la voie de sécrétion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'animation transversale "Glande Mammaire, Lait"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La caséine &amp;lt;em&amp;gt;k&amp;lt;/em&amp;gt; joue-t-elle un rôle dans le processus de différenciation de épithélium alvéolaire mammaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Seely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Elalouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression des caséines et différenciation de la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française d'Electrophorèse et d'Analyse Protéomique SFEAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications post-traductionnelles des caséines : cas de la kappa-caséine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'animation transversale "Glande Mammaire, Lait"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium-independent phospholipase A2 is involved in both the retrograde and anterograde traffic in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux-Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Réunion Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécrétion de l'ensemble des caséines dépend-elle de l'expression du gène caséine alpha-S1 et de sa localisation nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pascale M. P. Debey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02827803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux aspects du transport des protéines dans la voie de sécrétion des cellules mammaires (CEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbation du transit intracellulaire des protéines du lait en liaison avec le polymorphisme existant au locus alpha S1-Cas caprin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Meeting "Rencontres autour des recherches sur les ruminants"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02765960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein polymorphism in goat: Perturbation of the intracellular transport of milk proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on milk synthesis, secretion and removal in ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Berne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory vesicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Barr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bauerfreind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Bräunling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. Colloquium der Gesellschaft fur Biologische Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1993, Mosbach/Baden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory granules in vivo and in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-WORKSHOP Annaberg Conference Protein Sorting the Secretory Pathway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Salzburg, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02843321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory vesicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Barr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International symposium on chromaffin cell biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Marburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogenesis of neuroendocrine secretory vesicles in vivo and in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Barr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjay Pimplikar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual meeting of the Deutsch Gesellshaft fur Zellbiologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Göttingen</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02772068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorting of chromogranins/secretogranins to secretory granules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference: Molecular membrane biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chromogranins/secretogranins - widespread markers of peptide hormone-secreting tissues and tools for stidying neuroendocrine granule formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wieland B. Huttner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Herman Gerdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32 Journées Internationales d'Endocrinologie Clinique Henri-Pierre Klotz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02855085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonadotrop polypeptide (GP-87) secretion by cultured pituitary cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th FEBS (Federation of European Biochemical Societies) Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01860008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity of pituitary gonadotrope polypeptide (GP-87) to secretogranin II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. G. Cozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'antéhypophyse aspects fondamentaux et pathologiques. Conférence Inserm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, NA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action de la LHRH sur la synthèse et la phosphorylation de protéines dans les cellules gonadotropes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J M Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVe colloque de la société de neuroendocrinologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1985, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01860015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action du LHRH sur la synthèse et la phosphorylation de protéines dans les cellules gonadotropes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV. colloque de la société de neuroendocrinologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1985, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02779706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des éléments cellulaires des sécrétions lactées transférables de la mère à la progéniture chez la vache, la chèvre et la truie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Burtey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France. pp.68, Résumés des crédits incitatifs - JAS 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de la transplantation hétérologue pour la caractérisation des cellules souches mammaires bovines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France. pp.69, Résumés des crédits incitatifs - JAS 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methionine supplementation at low and adequate net energy supply in lactating dairy goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Boutinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Binggeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. , Journal of Dairy Science, 103 (Suppl. 1), pp.303-304, 2020, Abstracts of the 2020 American Dairy Science Association® Annual Meeting</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication des cellules souches adultes et des cellules progénitrices dans le développement épithélial mammaire à la puberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stem-Phase. Première rencontre du réseau Phase sur les cellules souches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Bron, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the mammary stem cells / progenitors committed to the development of the bovine mammary gland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Dessauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 24, 2018, Annual Meeting of the European Association for Animal Production</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delineating the MaSC/progenitors committed to the development in the bovine mammary gland at puberty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mammary Gland Biology Gordon Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Barga, Italy. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de la transplantation hétérologue pour la caractérisation des cellules souches mammaires bovines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Aujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase (JAS Phase 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Rennes, France. , 2018, Journées d’animation scientifiques du département Phase - Recueil des résumés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlphaS1-casein deficiency recorded for defective genotypes induces a chronic ER stress and deep changes in milk composition, signing a singular secretion process in goats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Barile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hichem Lahouassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Regional Conference On Goats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Tromsø, Norway. , 2013, Goat Milk Quality</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le plateau de microscopie électronique à transmission de l'Inra de Jouy-en-Josas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Vignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journées de biologie cellulaire du grand campus d'Orsay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Orsay, France. 2011, 6èmes Journées de Biologie Cellulaire du Grand Campus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical and biological approaches come together to reveal the organisation of a supramolecular structure: the casein micelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres Biologie-Physique du Grand Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Rennes, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleate and linoleate stimulate both lipid droplet formation and the degradation of b-casein in prolactin-treated HC11 mouse mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie S. Droineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Annual Meeting Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Presqu'île de Giens, France. n.p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accumulation of caseins in the endoplasmic reticulum of mammary epithelial cells due to αs1-casein deficiency, induces a chronic er stress and a milk protein composition signing a singular secretion mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bevilacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Cebo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samira Makhzami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Siena Meeting. From Genome to Proteome : knowledge acquisition and representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Sienne, Italy. , 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of casein aggregation into micelle in mammary epithelial cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Le Parc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Léonil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Réunion du club exocytose-endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Batz-sur-Mer, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un régime alimentaire dépourvu de lipide perturbe la o-glycosylation des protéines secrétées par la cellule épithéliale mammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d’animation scientifique du département PHASE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France. 2007, 2èmes journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casein polymorphism and gene expression profiling in mammary epithelial cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouabid Badaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Beauvallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FRSV Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Grenoble, pp.Inconnu, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laboratoire européen de biologie moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées d'animation scientifique du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Tours, France. 2007, 2èmes journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laboratoire européen de biologie moléculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1eres journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du rôle de la TIP47 et de l’adipophiline dans la formation des globules lipidiques par les cellules HC11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hue-Beauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1eres journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02762259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ponts disulfures dans la micelle de caséine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bouguyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Journées d'Animation Scientifiques du département Phase</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Tours, France. 2005, 1eres journées d'animation scientifique du département de physiologie animale et système d'élevage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium-independent phospholipase A2 is involved in both the retrograde and anterograde traffic in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Longin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO-WORKSHOP Annaberg Conference Protein Sorting the Secretory Pathway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Goldegg, Austria. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secretory protein transport from the trans-golgi network of mammary epithelial cells: involvement of lipid modifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Life Scientist Organization (ELSO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticité membranaire et sécrétion des protéines du lait: de la participation des phospholipases A2 et D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele M. Ollivier-Bousquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Both phospholipases D1 and D2 localise to Golgi membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Annaberg Meeting/EMBO Workshop. Protein Sorting the Secretory Pathway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2001, Goldegg, Austria. 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Both phospholipases D1 and D2 localise to Golgi membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Life Scientist Organization (ELSO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation of phospholipases D1 and D2 in the Golgi membranes of cells specialised for secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Réunion Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes de sécrétion des protéines du lait : implication de la phospholipase D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'animation scientifique du département physiologie animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of milk protein secretion: PLD-dependent and -independent mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">668th Meeting of the biochemical society. Complex protein assemblies as molecular machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Glasgow, United Kingdom. , Biochemical Society Transactions, 27 (3), 1999, 668th Glasgow Meeting</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S1-casein is required for the efficient transport of ß- and AlphaS1-caseins from the ER to the Golgi apparatus of mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele M. Ollivier-Bousquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion Club Exocytose-Endocytose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of trans-golgi network (TGN) to cell surface transport of sulphated secretory proteins in mammary epithelial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Boisgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECBO 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Brighton, United Kingdom. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro model system for the study of milk protein secretion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the COST action 825</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Liège, Belgium. 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02834502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of casein secretion by prolactin: effects of Brefeldin A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pauloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Aubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Delpal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lavialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VI. International prolactin congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1993, Paris, France. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02849065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The gonadotrope polypeptide (GP87) occurs as a multimeric structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille de Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Anouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII Colloque de la Societe de Neuroendocrinologie experimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, Rennes, France. 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02858008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic studies of proteins co-released with gonadotropins by superfused pituitary cell aggregates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. International Congress of Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1988, Kyoto, Japan. Excerpta Medica, 1988, Progress in endocrinology 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Libération du polypeptide gonadotrope (GP-87) par les cellules hypophysaires cultivées en agrégats. Caractérisation par un antisérum anti-GP-87</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Sion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Lyse Thieulant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII colloque de la société de neuroendocrinologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1987, Lyon, France. 1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02855153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécrétion du polypeptide gonadotrope (GP-87) par les cellules gonadotropes en culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI Colloque de la Societe de Neuroendocrinologie experimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1986, Marseille, France. 1986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02852930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetics and biosynthesis in milk proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Vilotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Le Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cba Whitelaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kolb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced dairy chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1A Proteins: Basic aspects (4th), </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 548 p., 2013, 978-1-4614-4714-6 (eBook). </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-4714-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the sorting of secretory proteins to the regulated secretory pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Dittié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Tooze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Molecular Biology. Vol.88 : Protein targeting protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 88, Humana Press, 1998, Methods in Molecular Biology</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02835162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secretory granule formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.A. Tooze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tooze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.B. Huttner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanisms of intracellular trafficking and procesing of proproteins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, 1993, 0-8493-6870-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécrétion régulée dans les cellules hypophysaires en culture : caractérisation du Polypeptide Gonadotrope (GP-87) et co-libération avec la LH sous stimulation par la luliberine (LHRH)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chanat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Rennes 1, 1987. Français. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02857599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId335"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295319v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Finot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029925101222" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746222v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296614" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256473v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00947-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467149v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Laubier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/btn-2019-0125" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051588v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-019-09427-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263857v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119000624" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623113v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-14049" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916892v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34691-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636214v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Arevalo Turrubiarte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dufreneix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2016.0098" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455876v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pauloin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbin.10547" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KTSHKS6X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455900v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Le Parc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Lahouassa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouabid Badaoui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-016-9351-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123419v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Honvo Houeto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Pigat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle L&#233;onil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115903" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Pauloin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2012.02.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999877v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Chat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Layani-Moreno Layani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine C. Mahaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Henry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcb.2011.01.002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-081Q75QV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454108v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle L&#233;onil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2121-11-65" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659852v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Droineau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-009-0926-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4C1J0JGJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193559v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Chadi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Buscara" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pechoux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Costa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2009.10.104" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662151v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lavialle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107001309" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900629v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006036" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654866v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bouguyon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Huet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2006.03.005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653998v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006027" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900631v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660524v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Aujean" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Adrian Balteanu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676367v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisgard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lavialle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2005.01.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Poussin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fontaine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.20560" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ollivier-Bousquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200420111020" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900519v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leprovost" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003038" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675806v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690425v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689560v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694976v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692210v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Delpal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Aubourg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703573v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Weiss" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.B. Huttner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715192v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704853v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Tooze" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712392v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. W. Pimplikar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Stinchcombe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. B. Huttner" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829238v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W B Huttner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727494v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duval" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Thieulant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832291v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sion" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lyse Thieulant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Duval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829219v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Cozzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Monti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829217v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842094v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sion" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille de Monti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0303-7207(86)90089-4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXFJ44V3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696111v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04734759v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04808435v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875310v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875307v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051421v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leduc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bahloul" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969329v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leduc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299629v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375171v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375174v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948627v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194092v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802002v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194090v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204361v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Layani-Moreno" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Mahaut" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Henry" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454217v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194089v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mahaut" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019037v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Barile" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204362v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749611v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Leonil" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746324v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Truchet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748753v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811456v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173652v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454498v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454499v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820777v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842101v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819740v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193541v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757495v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842098v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Longin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842100v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193598v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Buscara" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757907v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752762v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752609v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193690v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755810v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira S. Makhzami" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Cebo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824855v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cebo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pollet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891741v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Montazer-Torbati" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751594v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758502v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacasse" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angelo" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816697v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756542v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Droineau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812369v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Makhzami" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753849v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751439v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817103v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752585v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751919v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829135v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Seely" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Elalouf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825087v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763921v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759620v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825114v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762477v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux-Longin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827803v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Fontaine" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840105v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boisgard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765960v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768119v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832286v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barr" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bauerfreind" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Br&#228;unling" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843321v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieland B. Huttner" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Herman Gerdes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Pimplikar" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rosa" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846596v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772068v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842104v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Tooze" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855085v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860008v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842103v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860015v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Guiraud" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaques Duval" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779706v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guiraud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716605v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Burtey" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716640v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917126v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Binggeli" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786407v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736191v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791174v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872292v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193994v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Badaoui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Barile" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750208v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454145v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821179v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822177v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814615v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815578v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751438v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751440v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762259v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758639v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758638v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830147v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830152v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825116v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829890v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele M. Ollivier-Bousquet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834498v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834500v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837531v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764712v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834505v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834501v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834502v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849065v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858008v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Anouar" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842102v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855153v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852930v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193745v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vilotte" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cba Whitelaw" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kolb" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/food+science/book/978-1-4614-4713-9" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4714-6" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835162v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Ditti&#233;" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846320v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tooze" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02857599v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295319v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Finot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029925101222" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746222v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296614" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256473v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00947-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467149v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Laubier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/btn-2019-0125" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051588v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-019-09427-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263857v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731119000624" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623113v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-14049" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916892v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34691-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455876v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pauloin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbin.10547" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KTSHKS6X-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636214v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Arevalo Turrubiarte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dufreneix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2016.0098" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455900v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Le Parc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Lahouassa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouabid Badaoui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-016-9351-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123419v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Honvo Houeto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natascha Pigat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle L&#233;onil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115903" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Pauloin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2012.02.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999877v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Chat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Layani-Moreno Layani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine C. Mahaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Henry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcb.2011.01.002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-081Q75QV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454108v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle L&#233;onil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2121-11-65" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659852v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Droineau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-009-0926-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4C1J0JGJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193559v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sead Chadi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Buscara" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pechoux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Costa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2009.10.104" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662151v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lavialle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731107001309" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900631v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006027" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653998v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654866v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bouguyon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Huet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2006.03.005" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900629v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2006036" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660524v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Aujean" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Adrian Balteanu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676367v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisgard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lavialle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2005.01.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Poussin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fontaine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.20560" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ollivier-Bousquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200420111020" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900519v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leprovost" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003038" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671277v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rogel Gaillard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675806v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690425v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689560v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694976v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692210v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Delpal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Aubourg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703573v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Weiss" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.B. Huttner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715192v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704853v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Tooze" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712392v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. W. Pimplikar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Stinchcombe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. B. Huttner" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829238v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W B Huttner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727494v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duval" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Thieulant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832291v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sion" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lyse Thieulant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Duval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829219v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Cozzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Monti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829217v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842094v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sion" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille de Monti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0303-7207(86)90089-4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXFJ44V3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696111v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04734759v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04808435v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559391v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875310v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03875307v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051421v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leduc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bahloul" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969329v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leduc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299629v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375171v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375174v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948627v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194092v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bevilacqua" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802002v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194090v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454217v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204361v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Layani-Moreno" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Mahaut" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Henry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194089v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Mahaut" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204362v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019037v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Barile" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748753v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746324v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Truchet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749611v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Leonil" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811456v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454498v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173652v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chilliard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454499v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820777v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757495v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842098v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Longin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819740v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842101v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193541v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193598v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Buscara" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752762v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757907v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842100v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752609v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193690v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755810v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira S. Makhzami" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Cebo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751594v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824855v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cebo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pollet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891741v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Montazer-Torbati" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758502v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacasse" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Angelo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812369v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Makhzami" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753849v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756542v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Droineau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816697v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751439v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817103v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752585v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751919v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829135v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Seely" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Elalouf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825087v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763921v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759620v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825114v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762477v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux-Longin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827803v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Fontaine" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840105v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boisgard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765960v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768119v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832286v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barr" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bauerfreind" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Br&#228;unling" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843321v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieland B. Huttner" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Herman Gerdes" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Pimplikar" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rosa" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846596v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772068v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842104v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Tooze" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855085v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860008v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842103v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860015v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Guiraud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaques Duval" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779706v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guiraud" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716605v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Burtey" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716640v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917126v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Binggeli" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786407v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872292v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791174v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736191v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193994v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Badaoui" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Barile" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750208v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454145v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821179v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822177v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814615v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751438v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815578v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751440v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758639v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762259v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758638v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830147v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830152v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829890v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele M. Ollivier-Bousquet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825116v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834498v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834500v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837531v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764712v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834505v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834501v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834502v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849065v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858008v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Anouar" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842102v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855153v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852930v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193745v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vilotte" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cba Whitelaw" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kolb" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/food+science/book/978-1-4614-4713-9" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4714-6" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835162v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Ditti&#233;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846320v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tooze" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02857599v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>