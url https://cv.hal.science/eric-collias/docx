--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Éric Collias </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">humanités écologiques</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">carnets de recherche</w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://gaiagraphie.hypotheses.org/</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://humanpalud.hypotheses.org/</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ecosemiotic.hypotheses.org/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">travaux réalisés</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ecographe.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromosome numbers in Bolboschoenus (Cyperaceae) correspond to main morphotypes at a worldwide scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vlasta Jarolímová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zdenka Hroudová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Amini Rad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Bruhl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Systematics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 311 (1), pp.2. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00606-024-01927-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmer les puissances en marais estuarien : épaissir le présent avec des rencontres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des méthodes visuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Entre méthodologies audio-visuelles et création filmique, HS1, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12mq9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retenir l'eau au Capitalocène Enquête avec des collectifs hybrides de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpseste. Sciences, humanités, sociétés </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Penser les relations humains • non - humains, 7, pp.15-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le baignage en conditions saumâtres à Cordemais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zones Humides Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 100, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tissu de matières, de choses, d’êtres et de signes des collectifs paludicoles de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du CFPCI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le patrimoine culturel immatériel est-il naturel et environnemental ?, 8, pp.111-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary Bioblitz: Rapid biotic and abiotic inventory allows studying environmental changes over 60 years at the Biological Field Station of Paimpont (Brittany, France) and opens new interdisciplinary research opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annegret Nicolai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Guernion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Guillocheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Hoeffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Gouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Data Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27 (8), pp.e50451. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/BDJ.8.e50451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire : des collectifs à l'épreuve du flot, du doux et du sec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Approche anthropologique des changements climatiques et météorologiques, 38, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25667/ethnographiques/2019-38/003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition paludicole : premiers éléments d'une enquête en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penn ar Bed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Regards sur l'estuaire de la Loire, 231-232, pp.29-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les oiseaux nicheurs de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo Le Lannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penn ar Bed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Bretagne Vivante, 165-166, pp.63-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Yvon Le Men</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penn ar Bed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Bretagne Vivante, 165-166, pp.90-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultiver l'art de l'attention lors d'une expérience de recherche-action transformatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Crosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de gaïagraphie pour apprendre les humanités avec la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Dufernez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Lafitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aela Nicol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Crosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de Pédagogies dans l’Enseignement Supérieur 2023, Apprendre de la nature ? Enjeux pour la pédagogie dans l’enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'atelier de gaïagraphie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres « arts et sciences pour la nature » de Kerminy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mélanie Congretel, ESO; Anne Atlan, ESO, Jun 2023, Manoir de Kerminy, Rosporden (29), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04571696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les puissances en marais estuarien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre méthodologies audio-visuelles et création filmique Postures et apports transdisciplinaires en SHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de la Recherche en Sciences Humaines (MRSH) de l’Université de Caen Basse-Normandie; Maison des Sciences de l’Homme en Bretagne (MSHB, Rennes); Centre d’anthropologie de l’Université de Sousse (Tunisie); Film et Recherche en Sciences Humaines (FRESH), May 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peace with the earth: may Nichiren’s teachings inspire environmental humanities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th International Convention of Asian Scholars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The University of Leiden; GIS Asie: French Academic Network on Asian Studies; International Convention of Asian Scholars, Jul 2019, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire : des collectifs humains et non-humains à l'épreuve du capitalocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptation des marais littoraux au changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Forum des Marais Atlantiques; Parc naturel régional du Marais poitevin; Université de La Rochelle, Nov 2018, La Rochelle, France. pp.240-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01938912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diplomatie paludicole : composition du marais de Châteauneuf d’Ille-et-Vilaine et hybridation d’une sauvagine en espèce parapluie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vivant dans la transition socioécologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESO (UMR 6590 ); ARENES (UMR 6051); IODE (UMR 6262), Jun 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche aux engins et navigation : de la préservation des savoirs locaux à la patrimonialisation face aux changements au cœur d’un LTSER, la zone-atelier Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Chosson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naviguer sur la Loire aujourd'hui, entre héritages et nouveaux usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intelligence des patrimoines; Mission Val de Loire, Sep 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire : concepts, méthodes et ambitions d’un inventaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contribuer aujourd’hui à l’Inventaire national du PCI : approches communautaires, pluridisciplinaires et territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Culture et de la Communication; Ethnopôle La Fabrique de patrimoines en Normandie, Jan 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition d’un marais estuarien : éco-anthropologie des collectifs paludicoles de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le patrimoine culturel immatériel est-il naturel et environnemental ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ethnopôle Centre français du patrimoine culturel immatériel Maison des Cultures du Monde, Oct 2018, Vitré, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les savoirs écologiques traditionnels et la co-gestion adaptative des ressources et milieux naturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement durable en projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des Sciences économiques - Université de Rennes 1, Oct 2011, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Men</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Seconde du parfum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rumeur libre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Entretiens &amp; Documents, 978-2-35577-382-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grande Brière Ramsar Site, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ramsar Convention Secretariat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The relationship of indigenous peoples and local communities with wetlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01853377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agents de zonage ou coexistants, diversité des lignes de devenir des êtres et des choses des îles et marais de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zones humides de Querrien (29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Querrien, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01873441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche d'inventaire Patrimoine Culturel Immatériel : les pêches traditionnelles en Basse-Loire aval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2021_67717_INV_PCI_FRANCE_00497, Ministère de la Culture et de la Communication, Direction Générale des Patrimoines, Département du pilotage de la recherche. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02561898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche d'inventaire Patrimoine Culturel Immatériel : la chasse au gibier d'eau en Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication, Direction Générale des Patrimoines, Département du pilotage de la recherche. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche d'inventaire Patrimoine Culturel Immatériel : l'apiculture de zone humide en Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2021_67717_INV_PCI_FRANCE_00495, Ministère de la Culture et de la Communication, Direction Générale des Patrimoines, Département du pilotage de la recherche. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie de la nature en contexte archipélagique ultramarin : les patrimoines maritimes immatériels de Saint-Pierre et Miquelon dans la perspective d’un classement au titre du patrimoine mondial de l’UNESCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Préfecture de Saint-Pierre et Miquelon. 2019, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire, de l’estuaire à la Brière : rapport d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ministère de la culture et de la communication. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire & diagnostic des zones humides & des cours d’eau sur le territoire de la commune de Carnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ÉCOGRAPHE. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de la végétation halophile et diagnostic littoral de la rade et des estuaires du Pays de Lorient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cap l'Orient. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avifaune recensée dans les anses d’Yffiniac et de Morieux, 1970 - 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Groupe d'Études Ornithologiques des Côtes d'Armor (GEOCA). 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes en environnement-Volume 5-Contribution à la connaissance de la dynamique des herbus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bonnot-Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Edouard Levasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaufrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Le Vot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service de Botanique, Université de Rennes 1; Laboratoire de Géomorphologie et Environnement Littoral, Ecole Pratique des Hautes Études, Dinard. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02479939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultiver l’art de l’attention lors d’une expérience de recherche-action transformatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Crosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité et Réussite[s]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-anthropology in Lower Loire: waterfowl hunting and related knowledges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sfécologie 2018 - International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les puissances en marais estuarien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diplomatie paludicole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transhumance à Mareil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId80"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Éric Collias </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">humanités écologiques</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">carnets de recherche</w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://gaiagraphie.hypotheses.org/</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://humanpalud.hypotheses.org/</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ecosemiotic.hypotheses.org/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">travaux réalisés</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ecographe.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromosome numbers in Bolboschoenus (Cyperaceae) correspond to main morphotypes at a worldwide scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vlasta Jarolímová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zdenka Hroudová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Amini Rad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Bruhl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Systematics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 311 (1), pp.2. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00606-024-01927-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmer les puissances en marais estuarien : épaissir le présent avec des rencontres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des méthodes visuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Entre méthodologies audio-visuelles et création filmique, HS1, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12mq9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retenir l'eau au Capitalocène Enquête avec des collectifs hybrides de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpseste. Sciences, humanités, sociétés </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Penser les relations humains • non - humains, 7, pp.15-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le baignage en conditions saumâtres à Cordemais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zones Humides Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 100, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tissu de matières, de choses, d’êtres et de signes des collectifs paludicoles de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers du CFPCI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le patrimoine culturel immatériel est-il naturel et environnemental ?, 8, pp.111-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary Bioblitz: Rapid biotic and abiotic inventory allows studying environmental changes over 60 years at the Biological Field Station of Paimpont (Brittany, France) and opens new interdisciplinary research opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annegret Nicolai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Guernion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Guillocheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Hoeffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Gouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Data Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27 (8), pp.e50451. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/BDJ.8.e50451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire : des collectifs à l'épreuve du flot, du doux et du sec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Approche anthropologique des changements climatiques et météorologiques, 38, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25667/ethnographiques/2019-38/003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition paludicole : premiers éléments d'une enquête en cours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penn ar Bed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Regards sur l'estuaire de la Loire, 231-232, pp.29-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les oiseaux nicheurs de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo Le Lannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penn ar Bed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Bretagne Vivante, 165-166, pp.63-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Yvon Le Men</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penn ar Bed</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Bretagne Vivante, 165-166, pp.90-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultiver l'art de l'attention lors d'une expérience de recherche-action transformatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Crosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de gaïagraphie pour apprendre les humanités avec la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Dufernez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Lafitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aela Nicol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Crosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de Pédagogies dans l’Enseignement Supérieur 2023, Apprendre de la nature ? Enjeux pour la pédagogie dans l’enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'atelier de gaïagraphie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres « arts et sciences pour la nature » de Kerminy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mélanie Congretel, ESO; Anne Atlan, ESO, Jun 2023, Manoir de Kerminy, Rosporden (29), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04571696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les puissances en marais estuarien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre méthodologies audio-visuelles et création filmique Postures et apports transdisciplinaires en SHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison de la Recherche en Sciences Humaines (MRSH) de l’Université de Caen Basse-Normandie; Maison des Sciences de l’Homme en Bretagne (MSHB, Rennes); Centre d’anthropologie de l’Université de Sousse (Tunisie); Film et Recherche en Sciences Humaines (FRESH), May 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peace with the earth: may Nichiren’s teachings inspire environmental humanities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th International Convention of Asian Scholars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The University of Leiden; GIS Asie: French Academic Network on Asian Studies; International Convention of Asian Scholars, Jul 2019, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03060455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire : des collectifs humains et non-humains à l'épreuve du capitalocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptation des marais littoraux au changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Forum des Marais Atlantiques; Parc naturel régional du Marais poitevin; Université de La Rochelle, Nov 2018, La Rochelle, France. pp.240-248</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01938912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire : concepts, méthodes et ambitions d’un inventaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contribuer aujourd’hui à l’Inventaire national du PCI : approches communautaires, pluridisciplinaires et territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Culture et de la Communication; Ethnopôle La Fabrique de patrimoines en Normandie, Jan 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêche aux engins et navigation : de la préservation des savoirs locaux à la patrimonialisation face aux changements au cœur d’un LTSER, la zone-atelier Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Chosson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naviguer sur la Loire aujourd'hui, entre héritages et nouveaux usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intelligence des patrimoines; Mission Val de Loire, Sep 2018, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition d’un marais estuarien : éco-anthropologie des collectifs paludicoles de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le patrimoine culturel immatériel est-il naturel et environnemental ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ethnopôle Centre français du patrimoine culturel immatériel Maison des Cultures du Monde, Oct 2018, Vitré, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diplomatie paludicole : composition du marais de Châteauneuf d’Ille-et-Vilaine et hybridation d’une sauvagine en espèce parapluie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vivant dans la transition socioécologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESO (UMR 6590 ); ARENES (UMR 6051); IODE (UMR 6262), Jun 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les savoirs écologiques traditionnels et la co-gestion adaptative des ressources et milieux naturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement durable en projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des Sciences économiques - Université de Rennes 1, Oct 2011, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01824753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Men</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Seconde du parfum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rumeur libre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Entretiens &amp; Documents, 978-2-35577-382-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grande Brière Ramsar Site, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ramsar Convention Secretariat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The relationship of indigenous peoples and local communities with wetlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01853377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agents de zonage ou coexistants, diversité des lignes de devenir des êtres et des choses des îles et marais de Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zones humides de Querrien (29)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Querrien, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01873441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche d'inventaire Patrimoine Culturel Immatériel : les pêches traditionnelles en Basse-Loire aval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2021_67717_INV_PCI_FRANCE_00497, Ministère de la Culture et de la Communication, Direction Générale des Patrimoines, Département du pilotage de la recherche. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02561898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche d'inventaire Patrimoine Culturel Immatériel : la chasse au gibier d'eau en Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de la Culture et de la Communication, Direction Générale des Patrimoines, Département du pilotage de la recherche. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche d'inventaire Patrimoine Culturel Immatériel : l'apiculture de zone humide en Basse-Loire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2021_67717_INV_PCI_FRANCE_00495, Ministère de la Culture et de la Communication, Direction Générale des Patrimoines, Département du pilotage de la recherche. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie de la nature en contexte archipélagique ultramarin : les patrimoines maritimes immatériels de Saint-Pierre et Miquelon dans la perspective d’un classement au titre du patrimoine mondial de l’UNESCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Préfecture de Saint-Pierre et Miquelon. 2019, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éco-anthropologie en Basse-Loire, de l’estuaire à la Brière : rapport d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ministère de la culture et de la communication. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire & diagnostic des zones humides & des cours d’eau sur le territoire de la commune de Carnac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ÉCOGRAPHE. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie de la végétation halophile et diagnostic littoral de la rade et des estuaires du Pays de Lorient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cap l'Orient. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avifaune recensée dans les anses d’Yffiniac et de Morieux, 1970 - 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Groupe d'Études Ornithologiques des Côtes d'Armor (GEOCA). 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes en environnement-Volume 5-Contribution à la connaissance de la dynamique des herbus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bonnot-Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Edouard Levasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Beaufrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Le Vot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Service de Botanique, Université de Rennes 1; Laboratoire de Géomorphologie et Environnement Littoral, Ecole Pratique des Hautes Études, Dinard. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02479939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultiver l’art de l’attention lors d’une expérience de recherche-action transformatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Crosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité et Réussite[s]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-anthropology in Lower Loire: waterfowl hunting and related knowledges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Suard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Danto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sfécologie 2018 - International Conference on Ecological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les puissances en marais estuarien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diplomatie paludicole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transhumance à Mareil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Collias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId80"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gaiagraphie.hypotheses.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://humanpalud.hypotheses.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecosemiotic.hypotheses.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecographe.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917989v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlasta Jarol&#237;mov&#225;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenka Hroudov&#225;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Amini Rad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bruhl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charpentier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-024-01927-w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788554v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collias" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12mq9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696555v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155473v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171573v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Danto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Suard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02521032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annegret Nicolai" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Guernion" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guillocheau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hoeffner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.8.e50451" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190862v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25667/ethnographiques/2019-38/003" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133463v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824680v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Le Lannic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824725v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557111v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Crosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238683v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Dufernez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Lafitte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aela Nicol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571696v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277943v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060455v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938912v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824216v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882391v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chosson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774306v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892698v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824753v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000971v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Men" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larumeurlibre.fr/catalogue/collections_la_rumeur_libre/entretiens_documents/la_seconde_du_parfum_le_men_yvon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853377v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01873441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561898v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Danto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487930v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873035v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118033v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889650v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083175v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494739v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479939v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bonnot-Courtois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Edouard Levasseur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Le Vot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907245v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087193v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825018v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gaiagraphie.hypotheses.org/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://humanpalud.hypotheses.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecosemiotic.hypotheses.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecographe.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917989v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlasta Jarol&#237;mov&#225;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenka Hroudov&#225;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Amini Rad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bruhl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Charpentier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-024-01927-w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788554v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collias" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12mq9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696555v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155473v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171573v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Danto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Suard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02521032v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annegret Nicolai" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Guernion" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guillocheau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hoeffner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.8.e50451" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190862v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25667/ethnographiques/2019-38/003" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133463v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824680v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Le Lannic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824725v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557111v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Crosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238683v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Dufernez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Lafitte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aela Nicol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571696v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277943v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060455v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938912v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774306v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882391v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chosson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892698v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824216v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824753v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000971v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Men" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larumeurlibre.fr/catalogue/collections_la_rumeur_libre/entretiens_documents/la_seconde_du_parfum_le_men_yvon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853377v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01873441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561898v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Danto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487930v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873035v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118033v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889650v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083175v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494739v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479939v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bonnot-Courtois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Edouard Levasseur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Le Vot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907245v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087193v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825018v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>