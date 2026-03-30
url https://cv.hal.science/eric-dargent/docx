--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (67)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -262,70 +262,70 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Carpier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bourdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Dargent</w:t>
+                <w:t xml:space="preserve">N. Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Vieille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Analysis and Calorimetry</w:t>
             </w:r>
@@ -468,4805 +468,4805 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructural consequences of isothermal crystallization in homo- and co-polyesters based on 2,5- and 2,4-furandicarboxylic acid</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multinanolayered PA6/Cloisite and PE/PA6/Cloisite composites: Structure, mechanical and barrier properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Fosse</w:t>
+                <w:t xml:space="preserve">Stéphane Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Rose Garda</w:t>
+                <w:t xml:space="preserve">Quentin Lozay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
+                <w:t xml:space="preserve">Nadège Follain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+                <w:t xml:space="preserve">Jérémie Soulestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2023.125835⟩</w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 271, pp.111167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2023.111167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020682v1</w:t>
+                <w:t xml:space="preserve">hal-04423512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Chemical Composition on Molecular Mobility and Phase Coupling in Poly(3-hydroxybutyrate-co-3-hydroxyvalerate) and Poly(3-hydroxybutyrate-co-3-hydroxyhexanoate) with Different Comonomer Contents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Microstructural consequences of isothermal crystallization in homo- and co-polyesters based on 2,5- and 2,4-furandicarboxylic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Fosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoga Sugama Salim</w:t>
+                <w:t xml:space="preserve">Marie-Rose Garda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerio Causin</w:t>
+                <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10924-023-02882-2⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.125835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2023.125835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095807v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmental Relaxation Dynamics in Amorphous Polylactide Exposed to UV Light</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Steven Araujo</w:t>
+                <w:t xml:space="preserve">Effect of Chemical Composition on Molecular Mobility and Phase Coupling in Poly(3-hydroxybutyrate-co-3-hydroxyvalerate) and Poly(3-hydroxybutyrate-co-3-hydroxyhexanoate) with Different Comonomer Contents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Fosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Sainlaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+                <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Richaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+                <w:t xml:space="preserve">Pierre Lemechko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoga Sugama Salim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Causin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/macp.202200085⟩</w:t>
+              <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10924-023-02882-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03779180v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated aging of 18 years rejuvenated polylactide bottles by fast scanning calorimetry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tasnim Missaoui</w:t>
+                <w:t xml:space="preserve">Segmental Relaxation Dynamics in Amorphous Polylactide Exposed to UV Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Sainlaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Richaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 223 (16), pp.2200085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/macp.202200085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/appl.202200084⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05288470v1</w:t>
+                <w:t xml:space="preserve">hal-03779180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperativity and fragility in furan-based polyesters with different glycolic subunits as compared to their terephthalic counterparts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Fosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelina Soccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Lotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 597, pp.121907. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2022.121907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the improvement of thermo-mechanical behavior of carbon/polyphenylene sulfide laminated composites upon annealing at high temperature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Ernault</w:t>
+                <w:t xml:space="preserve">Accelerated aging of 18 years rejuvenated polylactide bottles by fast scanning calorimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Vashchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tasnim Missaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (4), pp.6039-6050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/appl.202200084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2021.108858⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03192259v1</w:t>
+                <w:t xml:space="preserve">hal-05288470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Barrier Properties of Compatibilized PE/PA6 Multinanolayer Films</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the improvement of thermo-mechanical behavior of carbon/polyphenylene sulfide laminated composites upon annealing at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Follain</w:t>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Lebrun</w:t>
+                <w:t xml:space="preserve">E. Ernault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Guinault</w:t>
+                <w:t xml:space="preserve">J-D. Pujols Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membranes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (2), pp.75. </w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 216, pp.108858. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/membranes11020075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2021.108858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03139488v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mobility in amorphous biobased copolyesters obtained with 2,5- and 2,4-furandicarboxylate acid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Steven Araujo</w:t>
+                <w:t xml:space="preserve">Structural and Barrier Properties of Compatibilized PE/PA6 Multinanolayer Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lozay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Beuguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antonella Esposito</w:t>
+                <w:t xml:space="preserve">Nadège Follain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2020.123225⟩</w:t>
+              <w:t xml:space="preserve">Membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (2), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/membranes11020075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03331596v1</w:t>
+                <w:t xml:space="preserve">hal-03139488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-Induced Breaking of Interfacial Cohesiveness in a Poly(lactic acid)/Miscanthus Fibers Biocomposite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Rose Garda</w:t>
+                <w:t xml:space="preserve">Molecular mobility in amorphous biobased copolyesters obtained with 2,5- and 2,4-furandicarboxylate acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (14), pp.2285. </w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 213, pp.123225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/polym13142285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2020.123225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03331594v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amorphous rigidification and cooperativity drop in semi−crystalline plasticized polylactide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water-Induced Breaking of Interfacial Cohesiveness in a Poly(lactic acid)/Miscanthus Fibers Biocomposite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nagihan Varol</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Steven Araujo</w:t>
+                <w:t xml:space="preserve">Hajar Faraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Domenek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Guinault</w:t>
+                <w:t xml:space="preserve">Clément Demarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dontzoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Rose Garda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2020.122373⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (14), pp.2285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym13142285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02539613v1</w:t>
+                <w:t xml:space="preserve">hal-03331594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlight of primary and secondary relaxations in amorphous stereocomplex polylactides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Amorphous rigidification and cooperativity drop in semi−crystalline plasticized polylactide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nagihan Varol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Allisson Saiter</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Fatyeyeva</w:t>
+                <w:t xml:space="preserve">Sandra Domenek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Express Polymer Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14 (1), pp.48-62. </w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 194, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3144/expresspolymlett.2020.5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2020.122373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355911v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperativity Scaling and Free Volume in Plasticized Polylactide</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Guinault</w:t>
+                <w:t xml:space="preserve">Highlight of primary and secondary relaxations in amorphous stereocomplex polylactides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagihan Varol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman Golovchak</w:t>
+                <w:t xml:space="preserve">X. Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Fatyeyeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.9b00464⟩</w:t>
+              <w:t xml:space="preserve">Express Polymer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (1), pp.48-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3144/expresspolymlett.2020.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277312v1</w:t>
+                <w:t xml:space="preserve">hal-02355911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric and calorimetric signatures of chain orientation in strong and tough ultrafine electrospun polyacrylonitrile</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yuris Dzenis</w:t>
+                <w:t xml:space="preserve">Molecular Mobility of Amorphous N-Acetyl-α-Methylbenzylamine and Debye Relaxation evidenced by Dielectric Relaxation Spectroscopy and Molecular Dynamics Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bienvenu Atawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natália T. Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Couvrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Affouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2019.121638⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21, pp.702-717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8CP04880K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178782v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01949393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Mobility of Amorphous N-Acetyl-α-Methylbenzylamine and Debye Relaxation evidenced by Dielectric Relaxation Spectroscopy and Molecular Dynamics Simulations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frederic Affouard</w:t>
+                <w:t xml:space="preserve">Synthesis and thermal properties of bio-based copolyesters from the mixtures of 2,5- and 2,4-furandicarboxylic acid with different diols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Coquerel</w:t>
+                <w:t xml:space="preserve">Michael Meijlink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willem Vogelzang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rutger Knoop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8CP04880K⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7, pp.18505-18516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.9b04463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01949393v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and thermal properties of bio-based copolyesters from the mixtures of 2,5- and 2,4-furandicarboxylic acid with different diols</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isothermal and anisothermal decomposition of Carbon fibres polyphenylene sulfide composites for fire behavior analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Carpier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.9b04463⟩</w:t>
+              <w:t xml:space="preserve">Fire Safety Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.102868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.firesaf.2019.102868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332507v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02279988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isothermal and anisothermal decomposition of Carbon fibres polyphenylene sulfide composites for fire behavior analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vieille</w:t>
+                <w:t xml:space="preserve">Quantifying Polymer Chain Orientation in Strong and Tough Nanofibers with Low Crystallinity: Toward Next Generation Nanostructured Superfibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitry Papkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor Stockdale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fire Safety Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.firesaf.2019.102868⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.8b08725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02279988v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02129923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying Polymer Chain Orientation in Strong and Tough Nanofibers with Low Crystallinity: Toward Next Generation Nanostructured Superfibers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dimitry Papkov</w:t>
+                <w:t xml:space="preserve">Determination of the equilibrium enthalpy of melting of two-phase semi-crystalline polymers by fast scanning calorimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Fosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteve Ernault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Taylor Stockdale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.8b08725⟩</w:t>
+              <w:t xml:space="preserve">Thermochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 677, pp.67-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tca.2019.03.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129923v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the equilibrium enthalpy of melting of two-phase semi-crystalline polymers by fast scanning calorimetry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Antonella Esposito</w:t>
+                <w:t xml:space="preserve">Dielectric and calorimetric signatures of chain orientation in strong and tough ultrafine electrospun polyacrylonitrile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitry Papkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuris Dzenis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tca.2019.03.035⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.121638. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2019.121638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154859v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02178782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chirality impact on physical ageing: an original case of a small organic molecule</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cooperativity Scaling and Free Volume in Plasticized Polylactide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Domenek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Golovchak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 52 (16), pp.6107-6115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.9b00464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2018.05.133⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02131075v1</w:t>
+                <w:t xml:space="preserve">hal-02277312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced physical aging rates of polylactide in polystyrene/polylactide multilayer films from fast scanning calorimetry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Reducing the Gap between the Activation Energy Measured in the Liquid and the Glassy States by Adding a Plasticizer to Polylactide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dhotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Sollogoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2018.07.017⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (12), pp.17092-17099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.8b02474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912592v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02061741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the Gap between the Activation Energy Measured in the Liquid and the Glassy States by Adding a Plasticizer to Polylactide</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Reduced physical aging rates of polylactide in polystyrene/polylactide multilayer films from fast scanning calorimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Fernandes Nassar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Sollogoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.8b02474⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 150 (15), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2018.07.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02061741v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01912592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of Drug–Excipient Interactions in Biclotymol Amorphous Solid Dispersions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Schammé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Dupray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15 (3), pp.1112-1125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.7b00993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01857154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitrification of two active pharmaceutical ingredients by fast scanning calorimetry: From structural relaxation to nucleation phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Schammé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 536 (1), pp.426 - 433. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2017.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01857176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Mobility in Amorphous Biobased Poly(ethylene 2,5-furandicarboxylate) and Poly(ethylene 2,4-furandicarboxylate)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bourdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shanmugam Thiyagarajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Affouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 51 (5), pp.1937-1945. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.8b00108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02061738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of chirality on the Glass Forming Ability and the crystallization from the amorphous state of 5-ethyl-5-methylhydantoin, a chiral poor glass former</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bienvenu Atawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter-Fourcin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 540 (1-2), pp.11-21. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2018.01.050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural properties and dielectric relaxations of partially fluorinated copolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Arturo Soto Puente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Dittmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Vernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 157, pp.50-58. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymer.2018.10.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02061723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compactness/density assessment of newly-paved highway containing recycled asphalt pavement by means of non-nuclear method</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+                <w:t xml:space="preserve">Chirality impact on physical ageing: an original case of a small organic molecule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bienvenu Atawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Couvrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 154, pp.1151 - 1163. </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 228, pp.141-144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.07.075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2018.05.133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765957v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Random Ethylene Comonomer on Relaxation of Flow-Induced Precursors in Isotactic Polypropylene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Schammé</w:t>
+                <w:t xml:space="preserve">Vitrification of PLA by fast scanning calorimetry: Towards unique glass above critical cooling rate?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucia Fernandez-Ballester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.7b01228⟩</w:t>
+              <w:t xml:space="preserve">Thermochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 658, pp.47 - 54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tca.2017.10.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01765990v1</w:t>
+                <w:t xml:space="preserve">hal-01766141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical aging in PLA through standard DSC and fast scanning calorimetry investigations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Allisson Saiter</w:t>
+                <w:t xml:space="preserve">Optimization of experimental conditions for the monitoring of nucleation and growth of racemic Diprophylline from the supercooled melt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lemercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Viel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Brandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Cartigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tca.2016.12.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 472, pp.11 - 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2017.03.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02156939v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitrification of PLA by fast scanning calorimetry: Towards unique glass above critical cooling rate?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Crystallization from the Amorphous State of a Pharmaceutical Compound: Impact of Chirality and Chemical Purity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Viel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Brandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Cartigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ermelinda S. Eusébio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Canotilho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tca.2017.10.019⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (1), pp.337 - 346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.6b01566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766141v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01927970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallization from the Amorphous State of a Pharmaceutical Compound: Impact of Chirality and Chemical Purity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">João Canotilho</w:t>
+                <w:t xml:space="preserve">Local and segmental motions of the mobile amorphous fraction in semi-crystalline polylactide crystallized under quiescent and flow-induced conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Fernandez-Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.6b01566⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 126, pp.141 - 151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2017.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01927970v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of experimental conditions for the monitoring of nucleation and growth of racemic Diprophylline from the supercooled melt</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Molecular Mobility of an Amorphous Chiral Pharmaceutical Compound: Impact of Chirality and Chemical Purity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yohann Cartigny</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (32), pp.7729 - 7740. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b05667⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2017.03.034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01766114v1</w:t>
+                <w:t xml:space="preserve">hal-01927923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local and segmental motions of the mobile amorphous fraction in semi-crystalline polylactide crystallized under quiescent and flow-induced conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insights on the Physical State Reached by an Active Pharmaceutical Ingredient upon High-Energy Milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Schammé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Allisson Saiter</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Couvrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Dupray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 126, pp.141 - 151. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (19), pp.5142 - 5150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2017.08.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b02247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766075v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Mobility of an Amorphous Chiral Pharmaceutical Compound: Impact of Chirality and Chemical Purity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Samuel Petit</w:t>
+                <w:t xml:space="preserve">Physical aging in PLA through standard DSC and fast scanning calorimetry investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 121 (32), pp.7729 - 7740. </w:t>
+              <w:t xml:space="preserve">Thermochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 648, pp.13-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b05667⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tca.2016.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01927923v1</w:t>
+                <w:t xml:space="preserve">hal-02156939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on the Physical State Reached by an Active Pharmaceutical Ingredient upon High-Energy Milling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Effect of Random Ethylene Comonomer on Relaxation of Flow-Induced Precursors in Isotactic Polypropylene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Schammé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Fernandez-Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 121 (19), pp.5142 - 5150. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (17), pp.6396 - 6403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b02247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.7b01228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01766057v1</w:t>
+                <w:t xml:space="preserve">hal-01765990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly[(Butylene Succinate)- \emphCo -(Butylene Adipate)]-Montmorillonite Nanocomposites Prepared by Water-Assisted Extrusion: Role of the Dispersion Level and of the Structure-Microstructure on the Enhanced Barrier Properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compactness/density assessment of newly-paved highway containing recycled asphalt pavement by means of non-nuclear method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Charlon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadège Follain</w:t>
+                <w:t xml:space="preserve">Bruno Beaucamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Soulestin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cyrille Fauchard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b00339⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 154, pp.1151 - 1163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2017.07.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954228v1</w:t>
+                <w:t xml:space="preserve">hal-01765957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Crystallinity on the Dielectric Relaxations of Poly(Butylene Succinate) and Poly[(Butylene Succinate)- Co -(Butylene Adipate)]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Charlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Follain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Soulestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 84, pp.366-376. </w:t>
@@ -5280,126 +5280,126 @@
                 <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2016.09.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Relaxations in Supercooled Liquid and Glassy States of Amorphous Quinidine: Dielectric Spectroscopy and Density Functional Theory Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Schammé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5450,907 +5450,907 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the Chain Segment Mobility at the Interface of Semi-Crystalline Polylactide/Clay Nanocomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Delpouve</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Dargent</w:t>
+                <w:t xml:space="preserve">W. Oberhauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Conzatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 78, pp.274-289. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2016.03.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rock permittivity characterization and application of electromagnetic mixing models for density/compactness assessment of HMA by means of step‐frequency radar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Near Surface Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 14 (6), pp.551-562. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3997/1873-0604.2016031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02178143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From a Three-Phase Model to a Continuous Description of Molecular Mobility in Semicrystalline Poly(Hydroxybutyrate- \emphCo -Hydroxyvalerate)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerio Causin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49 (13), pp.4850-4861. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.6b00384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformation of an active pharmaceutical ingredient upon high-energy milling: A process-induced disorder in Biclotymol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Schammé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Malpeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Malpeli</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emeline Dudognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 499 (1-2), pp.67 - 73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.12.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlated and cooperative motions in segmental relaxation: Influence of constitutive unit weight and intermolecular interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bidur Rijal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Arturo Soto Puente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bienvenu Atawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateryna Fatyeyeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 94 (6), pp.062502. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.94.062502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallization kinetics and molecular mobility of an amorphous active pharmaceutical ingredient: A case study with Biclotymol</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Malpeli</w:t>
+                <w:t xml:space="preserve">Poly[(Butylene Succinate)- \emphCo -(Butylene Adipate)]-Montmorillonite Nanocomposites Prepared by Water-Assisted Extrusion: Role of the Dispersion Level and of the Structure-Microstructure on the Enhanced Barrier Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Charlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Follain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Dupray</w:t>
+                <w:t xml:space="preserve">Jérémie Soulestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Sclavons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 490 (1-2), pp.248 - 257. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120 (24), pp.13234-13248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.05.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b00339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928832v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of barrier properties of bio-based polyester nanocomposite membranes by water-assisted extrusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Charlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Follain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Chappey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Soulestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Membrane Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 496, pp.185-198. </w:t>
@@ -6394,401 +6394,401 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02329019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mobility and physical ageing of plasticized poly(lactide)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correlation between post fire behavior and microstructure degradation of aeronautical polymer composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larisa Dobircau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romuald Herbinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Domenek</w:t>
+                <w:t xml:space="preserve">Clémént Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
+                <w:t xml:space="preserve">M. Rose Garda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 55 (4), pp.858-865. </w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74, pp.76--85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pen.23952⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2015.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173856v1</w:t>
+                <w:t xml:space="preserve">hal-01612372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between post fire behavior and microstructure degradation of aeronautical polymer composites</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular mobility and physical ageing of plasticized poly(lactide)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+                <w:t xml:space="preserve">Larisa Dobircau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémént Keller</w:t>
+                <w:t xml:space="preserve">Romuald Herbinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rose Garda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Viel</w:t>
+                <w:t xml:space="preserve">Loïc Le Pluart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 74, pp.76--85. </w:t>
+              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (4), pp.858-865. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2015.03.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pen.23952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612372v1</w:t>
+                <w:t xml:space="preserve">hal-01173856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Flash DSC, DSC and broadband dielectric spectroscopy to determine fragility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bidur Rijal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Analysis and Calorimetry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 121 (1), pp.453-461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6822,2049 +6822,2183 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifunctional hydrolyzed EVA membranes with tunable microstructure and water barrier properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Arturo Soto Puente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateryna Fatyeyeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Membrane Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 480, pp.93-103. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.memsci.2015.01.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rigid amorphous fraction versus oriented amorphous fraction in uniaxially drawn polyesters</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Crystallization kinetics and molecular mobility of an amorphous active pharmaceutical ingredient: A case study with Biclotymol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Schammé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Couvrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Malpeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Dupray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2014.06.014⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 490 (1-2), pp.248 - 257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.05.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02156934v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of cooperativity length anisotropy in drawn polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Hamonic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 128, pp.12-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.matlet.2014.04.090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02156933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and Barrier Properties of Biodegradable Polyhydroxyalkanoate Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Follain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Chappey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chivrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Crétois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 118 (12), pp.6165-6177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp408150k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02328351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of two mobile amorphous phases in semicrystalline polylactide observed from calorimetric investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Arnoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 54 (5), pp.1144-1150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pen.23657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02156917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural Dependence of the Molecular Mobility in the Amorphous Fractions of Polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Stoclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47 (15), pp.5186-5197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma500839p⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01199661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of boron nitride as a nucleating agent on the crystallization of bacterial poly(3-hydroxybutyrate)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chivrac</w:t>
+                <w:t xml:space="preserve">Rigid amorphous fraction versus oriented amorphous fraction in uniaxially drawn polyesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Miri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/app.38182⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 58, pp.233-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2014.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02155333v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Size and Specific Surface Area of Boron Nitride Particles on the Crystallization of Bacterial Poly(3-hydroxybutyrate- co -3-hydroxyvalerate)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Arturo Soto Puente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chivrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Symposia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 328 (1), pp.8-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/masy.201350601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02155322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water Diffusion Mechanisms in New Bio-Nanocomposites Based on Polyhydroxyalkanoates/Nanoclays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cretois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Follain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Soulestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 747, pp.682-685. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.747.682⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03183458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Barrier Properties in Biaxially Drawn Poly(lactic acid) Films</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Allisson Saiter</w:t>
+                <w:t xml:space="preserve">Effect of boron nitride as a nucleating agent on the crystallization of bacterial poly(3-hydroxybutyrate)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Arturo Soto Puente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chivrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephane Marais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp211670g⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 128 (5), pp.2586-2594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.38182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02152251v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02155333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallisation and molecular mobilities in liquid and glassy states of a MXD6 polyamide</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Water Barrier Properties in Biaxially Drawn Poly(lactic acid) Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delpouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Stoclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.M. Saiter</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Marais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Interfaces </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/156855406777408520⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 116 (15), pp.4615-4625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp211670g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02107458v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New hybrid membranes for fuel cells: Plasma treated laponite based sulfonated polysulfone</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Schaetzel</w:t>
+                <w:t xml:space="preserve">Crystallisation and molecular mobilities in liquid and glassy states of a MXD6 polyamide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristelle Pareige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Composite Interfaces </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (4-6), pp.403-413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/156855406777408520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840525v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02107458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of poly(bisphenol A carbonate) relaxation kinetics at the glass transition temperature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
+                <w:t xml:space="preserve">New hybrid membranes for fuel cells: Plasma treated laponite based sulfonated polysulfone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lixon Buquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kateryna Fatyeyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Poncin-Epaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Schaetzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Bernès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 351 (1-2), pp.1--10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808431v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass Transition Temperature and Value of the Relaxation Time at Tg in Vitreous Polymers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean J. Grenet</w:t>
+                <w:t xml:space="preserve">Study of poly(bisphenol A carbonate) relaxation kinetics at the glass transition temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bernès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Symposia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/masy.200751217⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, vol. 43 (1), pp. 249-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2006.09.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02156329v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between Draw Ratio and Strain-Induced Crystallinity in Uniaxially Hot-Drawn PET MXD6 Films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bessem Ben Doudou</w:t>
+                <w:t xml:space="preserve">Glass Transition Temperature and Value of the Relaxation Time at Tg in Vitreous Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean J. Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Grenet</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allisson Saiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plastic Film and Sheeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/8756087905058248⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Symposia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 258 (1), pp.152-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/masy.200751217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00572064v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Relationship between Draw Ratio and Strain-Induced Crystallinity in Uniaxially Hot-Drawn PET MXD6 Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bessem Ben Doudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Plastic Film and Sheeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 21 (3), pp.233-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/8756087905058248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00572064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A study of photo- and thermo-​initiated polymerized dimethacrylates by three thermal analysis techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Havard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lebaudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lecamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Analysis and Calorimetry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8874,1972 +9008,1972 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Molecular Weights on the Physical Properties and Microstructure of Poly(lactic acid)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoga Sugama Salim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteve Ernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25eme congrès général de la société française de physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation dynamics in plasticized polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Times of Polymers and Composites. From Aerospace to Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Ischia, Italy. pp.020055, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5045917⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02061764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la Fraction Amorphe Rigide sur les Propriétés Mécaniques d'un Composite Carbone/Polysulfure de Phenylène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteve Ernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoga Sugama Salim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEPPOS 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, La Bresse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of the compactness assessment of a new road containing recycled asphalt pavement through non-nuclear method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaucamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Fauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 9th International Workshop on Advanced Ground Penetrating Radar (IWAGPR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Edinburgh, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iwagpr.2017.7996089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétition entre les équilibres stables et métastables d’une molécule chirale lors de la recristallisation à partir de l’état vitreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Atawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Francophone de Cristallisation et de Précipitation Industrielles (CRISTAL-8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformation d’un principe actif sous broyage haute-énergie : cas du Biclotymol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Schammé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Malpeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Malpeli</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emeline Dudognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRISTAL 8 (Cristallisation et précipitation industrielles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competition between stable and metastable equilibria upon recrystallization from the amorphous state of a chiral molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Atawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42èmes JEEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Univ. Paris Descartes, Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics in electrospun fibers of plasticized polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neil Basson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polychar 22 World Forum on Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Stellenbosch University. ZAF., May 2015, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of plasticizing molecules on the amorphous phase dynamics of polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polychar 22 World Forum on Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Stellenbosch University. ZAF., Apr 2014, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructure, amorphous phase dynamics and barrier properties in multilayer coextruded polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Fernandes Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Sollogoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polychar 22 World Forum on Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Stellenbosch University. ZAF., Apr 2014, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermally stimulated depolarization currents and dielectric spectroscopy analysis of plasticized amorphous polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. French Conference on Calorimetry and Thermal Analysis (JCAT 45)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe Français d’Études et d’Applications des Polymères. FRA., May 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amorphous phase molecular mobility of palsticized poly(lactic acid)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Delbreilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Conference on Biodegradable and Biobased Polymers (Biopol 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of modulated calorimetric methods for the determination of cooperativity in complex multiphasic polymer systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. International Congress on Thermal Analysis and Calorimetry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization and amorphous phase mobility in biopolyestes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Courgneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Ducruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journees d'Etudes des Equilibres entre Phases (JEEP 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics and barrier properties in plasticized polylactide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Courgneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Ducruet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Meeting on Material/Bioproducts Interactions (Matbim 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of modulated calorimetric methods to determine cooperativity length in multiphasic polymer systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delpouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Domenek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Grenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43.Journées de la Calorimétrie et de l'Analyse Thermique (JCAT 43)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10849,646 +10983,646 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement Thermique des Composes Organiques Chiraux Depuis l’Etat Amorphe : Benefice des Analyses DSC et FSC</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Recrystallization behaviour of organic compounds from the amorphous state: impact of chirality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Atawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCAT 50</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Saint Valéry en Caux, France</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Saint Valery en Caux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02149542v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets De La Pression Hydrostatique Sur La Relaxation Debye d’une Amine Secondaire : Cas Du N-Acetyl-α-Methylbenzylamine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Atawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCAT 50</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Saint Valery en Caux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02149557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recrystallization behaviour of organic compounds from the amorphous state: impact of chirality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Comportement Thermique des Composes Organiques Chiraux Depuis l’Etat Amorphe : Benefice des Analyses DSC et FSC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bienvenu Atawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCAT 50</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Saint Valery en Caux, France</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Saint Valéry en Caux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02149566v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Chirality on the Glass Forming Ability and the crystallization from the amorphous state of 5-ethyl-5methylhydantoin, a chiral poor glass former</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bienvenu Atawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PNCS-ESG 2018 (15th International Conference on the Physics of Non-Crystalline solids &amp; 14th European Society of Glass Conference)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétition entre les équilibres stables et métastables d'une molécule chirale lors de la recristallisation depuis l'état vitreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bienvenu Atawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couvrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Coquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allisson Saiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRISTAL 8 (Cristallisation et précipitation industrielles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11498,182 +11632,182 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Properties Evolution of PCB FR4 Epoxy Composites for Mechatronic During Very Long Ageing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lé-Magda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulos Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Idrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">315 (1), pp.143-151, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/masy.201250518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
-              <w:r>
-[...101 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02328310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId306"/>
+      <w:footerReference w:type="default" r:id="rId307"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11820,51 +11954,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Carpier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dargent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vieille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpouve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17111560" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dargent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-024-13208-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288401v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Vashchuk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Monnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fosse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Garda" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanmugam Thiyagarajan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delbreilh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2023.125835" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Esposito" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemechko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoga Sugama Salim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Causin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-023-02882-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779180v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Araujo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sainlaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Richaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202200085" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288470v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnim Missaoui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/appl.202200084" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779120v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelina Soccio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121907" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192259v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vieille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ernault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-D. Pujols Gonzalez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2021.108858" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139488v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lozay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Beuguel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Follain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lebrun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guinault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes11020075" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331596v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.123225" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Faraj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Demarest" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dontzoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13142285" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539613v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagihan Varol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Domenek" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.122373" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355911v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Monnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allisson Saiter" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Fatyeyeva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3144/expresspolymlett.2020.5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277312v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Golovchak" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b00464" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178782v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitry Papkov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuris Dzenis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2019.121638" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01949393v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenu Atawa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;lia T. Correia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Couvrat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Affouard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquerel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP04880K" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332507v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Meijlink" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Vogelzang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger Knoop" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.9b04463" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279988v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2019.102868" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02129923v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Stockdale" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b08725" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154859v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteve Ernault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2019.03.035" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.05.133" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912592v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Fernandes Nassar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Sollogoub" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2018.07.017" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061741v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dhotel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b02474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857154v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schamm&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tognetti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dupray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.7b00993" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01857176v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Viel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Petit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.12.013" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061738v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b00108" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130983v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allisson Saiter-Fourcin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2018.01.050" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061723v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Arturo Soto Puente" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dittmer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vernay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2018.10.020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-928SCKVZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765957v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaucamp" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.07.075" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765990v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Fernandez-Ballester" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.7b01228" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156939v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2016.12.006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766141v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2017.10.019" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01927970v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brandel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cartigny" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ermelinda S. Eus&#233;bio" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Canotilho" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b01566" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766114v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lemercier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2017.03.034" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766075v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chevalier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2017.08.021" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01927923v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b05667" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766057v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b02247" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954228v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charlon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Soulestin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sclavons" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b00339" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954223v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.09.045" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4X0WGFV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928417v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mignot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joubert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04242" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954218v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delpouve" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Oberhauser" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Conzatti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.03.040" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178143v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laguerre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dumont" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2016031" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954226v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b00384" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928396v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malpeli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dudognon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.12.032" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130947v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidur Rijal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Fatyeyeva" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.062502" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928832v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.05.036" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329019v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chappey" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2015.08.043" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X6WR0H1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173856v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larisa Dobircau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Herbinet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pluart" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23952" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T6CZVJP9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612372v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;m&#233;nt Keller" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rose Garda" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2015.03.002" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRBRKJF0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129983v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-015-4650-9" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327304v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marais" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2015.01.008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N754BQXQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156934v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Hamonic" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Miri" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2014.06.014" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156933v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.04.090" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328351v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chivrac" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cr&#233;tois" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp408150k" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156917v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Arnoult" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Saiter" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23657" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HLN40VR9-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199661v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Stoclet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500839p" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155333v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38182" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZJ9GX5JQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155322v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201350601" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TKQBKJLT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183458v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cretois" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.747.682" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152251v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Marais" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp211670g" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02107458v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnoult" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Pareige" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Saiter" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156855406777408520" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840525v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lixon Buquet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Poncin-Epaillard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schaetzel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808431v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Grenet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bern&#232;s" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2006.09.019" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156329v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Saiter" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean J. Grenet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.200751217" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PJS844MZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572064v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessem Ben Doudou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/8756087905058248" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301510v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Havard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lebaudy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lecamp" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295880v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061764v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5045917" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294722v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766119v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iwagpr.2017.7996089" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939576v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Atawa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Couvrat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coquerel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468844v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939444v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269143v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Basson" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269156v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269145v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269157v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173852v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delbreilh" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173854v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grenet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173851v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Courgneau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Ducruet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173853v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173855v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149542v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Viel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149557v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Correia" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149566v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468943v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468923v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328310v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie L&#233;-Magda" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulos Youssef" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Idrac" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201250518" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZKSJRD0B-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Carpier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dargent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vieille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpouve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17111560" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delpouve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-024-13208-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288401v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Vashchuk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Monnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04423512v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lozay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Follain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Soulestin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Couvrat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.111167" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020682v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fosse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Garda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanmugam Thiyagarajan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delbreilh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2023.125835" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095807v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Esposito" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemechko" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoga Sugama Salim" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Causin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-023-02882-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779180v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Araujo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sainlaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Richaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202200085" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779120v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelina Soccio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lotti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121907" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288470v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnim Missaoui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/appl.202200084" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vieille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ernault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-D. Pujols Gonzalez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2021.108858" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139488v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Beuguel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lebrun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guinault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes11020075" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331596v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.123225" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331594v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Faraj" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Demarest" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dontzoff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13142285" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539613v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagihan Varol" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Domenek" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.122373" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355911v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Monnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allisson Saiter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Fatyeyeva" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3144/expresspolymlett.2020.5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01949393v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenu Atawa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;lia T. Correia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Affouard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquerel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP04880K" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332507v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Meijlink" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Vogelzang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rutger Knoop" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.9b04463" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279988v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2019.102868" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02129923v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitry Papkov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Stockdale" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b08725" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154859v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteve Ernault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2019.03.035" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178782v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuris Dzenis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2019.121638" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277312v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Golovchak" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b00464" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061741v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dhotel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b02474" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912592v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Fernandes Nassar" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Sollogoub" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2018.07.017" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857154v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schamm&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tognetti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dupray" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.7b00993" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01857176v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Viel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Petit" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.12.013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061738v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b00108" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130983v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allisson Saiter-Fourcin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2018.01.050" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061723v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Arturo Soto Puente" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dittmer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vernay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2018.10.020" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-928SCKVZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131075v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.05.133" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766141v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2017.10.019" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766114v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lemercier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brandel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Cartigny" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2017.03.034" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01927970v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ermelinda S. Eus&#233;bio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Canotilho" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b01566" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766075v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chevalier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Fernandez-Ballester" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2017.08.021" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01927923v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b05667" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766057v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b02247" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156939v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2016.12.006" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765990v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.7b01228" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765957v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaucamp" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Fauchard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2017.07.075" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954223v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charlon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.09.045" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4X0WGFV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928417v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mignot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joubert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04242" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954218v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Oberhauser" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Conzatti" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.03.040" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178143v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Laguerre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dumont" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1873-0604.2016031" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954226v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b00384" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928396v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malpeli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dudognon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.12.032" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130947v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidur Rijal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Fatyeyeva" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.062502" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954228v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sclavons" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b00339" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329019v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chappey" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2015.08.043" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X6WR0H1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612372v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;m&#233;nt Keller" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rose Garda" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2015.03.002" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRBRKJF0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173856v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larisa Dobircau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Herbinet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pluart" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23952" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T6CZVJP9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129983v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-015-4650-9" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327304v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2015.01.008" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N754BQXQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928832v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.05.036" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156933v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Hamonic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.04.090" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328351v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chivrac" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cr&#233;tois" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp408150k" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156917v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Arnoult" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Saiter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.23657" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HLN40VR9-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199661v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Stoclet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500839p" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156934v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Miri" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2014.06.014" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155322v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201350601" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TKQBKJLT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183458v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cretois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.747.682" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155333v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.38182" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZJ9GX5JQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152251v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Marais" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp211670g" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02107458v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnoult" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Pareige" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Saiter" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156855406777408520" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840525v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lixon Buquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Poncin-Epaillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schaetzel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808431v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Grenet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bern&#232;s" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2006.09.019" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156329v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Saiter" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean J. Grenet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.200751217" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PJS844MZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572064v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bessem Ben Doudou" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/8756087905058248" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301510v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Havard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lebaudy" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lecamp" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295880v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061764v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5045917" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294722v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766119v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iwagpr.2017.7996089" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939576v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Atawa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Couvrat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coquerel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468844v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939444v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269143v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Basson" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269156v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269145v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269157v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173852v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delbreilh" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173854v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grenet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173851v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Courgneau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Ducruet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173853v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173855v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149566v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Viel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149557v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Correia" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149542v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468943v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468923v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328310v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie L&#233;-Magda" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulos Youssef" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Idrac" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201250518" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZKSJRD0B-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>