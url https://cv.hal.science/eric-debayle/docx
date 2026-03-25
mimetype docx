--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -702,676 +702,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plume-lithosphere interaction beneath southwestern Africa - Insights from multi-mode Rayleigh wave tomography</w:t>
+                <w:t xml:space="preserve">Global reference seismological data sets: multimode surface wave dispersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shantanu Pandey</w:t>
+                <w:t xml:space="preserve">P Moulik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaohui Yuan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Debayle</w:t>
+                <w:t xml:space="preserve">V Lekic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolfram H. Geissler</w:t>
+                <w:t xml:space="preserve">B Romanowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Heit</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Z Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2022.229587⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 228 (3), pp.1808 - 1849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03857080v1</w:t>
+                <w:t xml:space="preserve">hal-03765070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global reference seismological data sets: multimode surface wave dispersion</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plume-lithosphere interaction beneath southwestern Africa - Insights from multi-mode Rayleigh wave tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Lekic</w:t>
+                <w:t xml:space="preserve">Shantanu Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Romanowicz</w:t>
+                <w:t xml:space="preserve">Xiaohui Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z Ma</w:t>
+                <w:t xml:space="preserve">Wolfram H. Geissler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Schaeffer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benjamin Heit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 228 (3), pp.1808 - 1849. </w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 842, 338, p. 11-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggab418⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2022.229587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765070v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03857080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for radial anisotropy in the lower crust of the Apennines from Bayesian ambient noise tomography in Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Publisher Correction: Seismic evidence for partial melt below tectonic plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggab066⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 590, pp.E18-E18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-020-03103-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196210v1</w:t>
+                <w:t xml:space="preserve">insu-03710155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Publisher Correction: Seismic evidence for partial melt below tectonic plates</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">RÉSIF-SI: A Distributed Information System for French Seismological Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Péquegnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Satriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helle A. Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Touvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-020-03103-9⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92 (3), pp.1832-1853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220200392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03710155v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193314v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RÉSIF-SI: A Distributed Information System for French Seismological Data</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence for radial anisotropy in the lower crust of the Apennines from Bayesian ambient noise tomography in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Satriano</w:t>
+                <w:t xml:space="preserve">Chloé Alder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Debayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helle A. Pedersen</w:t>
+                <w:t xml:space="preserve">Anne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Touvier</w:t>
+                <w:t xml:space="preserve">Laurent Stehly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 92 (3), pp.1832-1853. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 226, pp.941-967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0220200392⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03193314v2</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying Intrinsic and Extrinsic Contributions to Radial Anisotropy in Tomographic Models</w:t>
               </w:r>
@@ -2271,51 +2271,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying seismic anisotropy induced by small-scale chemical heterogeneities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Alder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2989,64 +2989,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depth-variant azimuthal anisotropy in Tibet revealed by surface wave tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaohui Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederik Tilmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3110,64 +3110,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D shear-wave velocity model of the upper mantle beneath China and the surrounding areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shantanu Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaohui Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3658,235 +3658,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00772407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency-dependent effects on global S-wave traveltimes: wavefront-healing, scattering and attenuation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Zaroli</w:t>
+                <w:t xml:space="preserve">Seismic evidence for a global low-velocity layer within the Earth's upper mantle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Tauzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Malcolm Sambridge</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Wittlinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2010.04667.x⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3 (10), pp.718-721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/NGEO969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00598514v1</w:t>
+                <w:t xml:space="preserve">hal-00598507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic evidence for a global low-velocity layer within the Earth's upper mantle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Tauzin</w:t>
+                <w:t xml:space="preserve">Frequency-dependent effects on global S-wave traveltimes: wavefront-healing, scattering and attenuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zaroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérard Wittlinger</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Sambridge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 3 (10), pp.718-721. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 182 (2), pp.1025-1042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/NGEO969⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2010.04667.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00598507v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00598514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propagation of a melting anomaly along the ultraslow Southwest Indian Ridge between 46°E and 52°20′E: interaction with the Crozet hotspot?</w:t>
               </w:r>
@@ -4379,330 +4379,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01284913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azimuthal anisotropy of the Pacific Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Upper mantle structure of eastern Asia from multimode surface waveform tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith Priestley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Debayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessia Maggi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Barruol</w:t>
+                <w:t xml:space="preserve">Dan Mc Kenzie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvana Pilidou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2006.07.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 111 (B10), pp.B10304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2005JB004082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00105942v1</w:t>
+                <w:t xml:space="preserve">hal-00112917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upper mantle structure of eastern Asia from multimode surface waveform tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Azimuthal anisotropy of the Pacific Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Maggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Debayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keith Priestley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Mc Kenzie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvana Pilidou</w:t>
+                <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 111 (B10), pp.B10304. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 250 (1-2), pp.53-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2005JB004082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2006.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00112917v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00105942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-mode surface waveform tomography of the Pacific Ocean: A closer look at lithospheric cooling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Maggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keith Priestley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 166 (3), pp.1384-1397. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4846,246 +4846,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00594327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inversion of massive surface wave data sets: Model construction and resolution assessment</w:t>
+                <w:t xml:space="preserve">Can finite-frequency effects be accounted for in ray theory surface wave tomography?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anne Sieminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">E Debayle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Sambridge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 109 (B2), pp.B02316. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 31 (24), pp.L24614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2003JB002652⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2004GL021402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00656892v1</w:t>
+                <w:t xml:space="preserve">hal-00656885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can finite-frequency effects be accounted for in ray theory surface wave tomography?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inversion of massive surface wave data sets: Model construction and resolution assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Debayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Sieminski</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E Debayle</w:t>
+                <w:t xml:space="preserve">M Sambridge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 31 (24), pp.L24614. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 109 (B2), pp.B02316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2004GL021402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2003JB002652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00656885v1</w:t>
+                <w:t xml:space="preserve">hal-00656892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PLUME investigates South Pacific Superswell</w:t>
               </w:r>
@@ -5373,64 +5373,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle vision de la structure lithosphérique des Alpes par tomographie de bruit ambiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Alder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5817,51 +5817,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411151v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debayle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ricard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119720" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345288v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyang Sun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Ricard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Debayle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119577" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789356v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghi Shirzad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Assump&#231;&#227;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bianchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colla&#231;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2024.230436" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496302v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Boyce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bodin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Soergel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023gl106170" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289879v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad338" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03857080v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantanu Pandey" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohui Yuan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram H. Geissler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Heit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229587" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765070v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Moulik" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lekic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Romanowicz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Ma" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Schaeffer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab418" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196210v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Alder" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Stehly" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab066" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710155v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-03103-9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193314v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine P&#233;quegnat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schaeffer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle A. Pedersen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Touvier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200392" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404606v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Keith Magali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Hedjazian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Capdeville" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021jb022322" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006522v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2809-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326518v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Larrouturou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Garnero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2017.06.028" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02327176v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0074-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328803v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Adenis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx117" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710108v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL073751" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108637v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tauzin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Reynard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.12.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630025v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zaroli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambotte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx405" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046708v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx389" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108631v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.01.036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-208M4LF4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331975v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak Ho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Priestley" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw292" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944847v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL069650" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944876v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dubuffet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL067329" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944867v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063700" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361096v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Tilmann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063921" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02351054v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kind" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.07.011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855474v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Quantin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50683" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046719v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873793v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zaroli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Sambridge" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guust Nolet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-4-357-2013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772407v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JB009288" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598514v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04667.x" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598507v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Wittlinger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NGEO969" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01828244v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cannat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meyzen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patriat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2009.04308.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656880v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Wittlinger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JB005364" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656879v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Mckenzie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Pilidou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2008.03951.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-TVDF4SRM-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01284913v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Montagner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marty" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Sicilia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007GL031098" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WL5N1PQF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105942v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Maggi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.07.010" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112917v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Mc Kenzie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005JB004082" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105949v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03037.x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594327v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. L. N. Kennett" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature03247" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-8CCNFXCR-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656892v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Debayle" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sambridge" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JB002652" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EA264C5EEC5A7CC69B4AA45F199AD1C541B86C30/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656885v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sieminski" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004GL021402" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72B081B5F269125EE01407C8DE6FADFF5C54E56D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01779460v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barruol" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. R. Fontaine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Godard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thoraval" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002EO000354" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345292v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394361779.ch2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662581v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nouibat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589533v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tauzin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Waszek" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Afonso" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrvoje Tkal&#269;i&#263;" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411151v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Debayle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ricard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119720" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345288v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyang Sun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Ricard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Debayle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2025.119577" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789356v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taghi Shirzad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Assump&#231;&#227;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bianchi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colla&#231;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2024.230436" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496302v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Boyce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bodin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Soergel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023gl106170" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289879v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Li" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad338" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765070v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Moulik" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lekic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Romanowicz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Ma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Schaeffer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab418" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03857080v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shantanu Pandey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohui Yuan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram H. Geissler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Heit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229587" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-03103-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193314v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine P&#233;quegnat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schaeffer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle A. Pedersen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Touvier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200392" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196210v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Alder" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paul" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Stehly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab066" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404606v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Keith Magali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Hedjazian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Capdeville" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021jb022322" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006522v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2809-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326518v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Larrouturou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Garnero" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2017.06.028" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02327176v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0074-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328803v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Adenis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx117" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03710108v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL073751" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108637v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tauzin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Reynard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perrillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.12.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630025v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zaroli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambotte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx405" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046708v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx389" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108631v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.01.036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-208M4LF4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331975v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak Ho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Priestley" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw292" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944847v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL069650" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944876v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dubuffet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL067329" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944867v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063700" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361096v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Tilmann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL063921" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02351054v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Kind" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.07.011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855474v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Quantin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50683" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046719v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873793v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zaroli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Sambridge" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guust Nolet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-4-357-2013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772407v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JB009288" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598507v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Wittlinger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NGEO969" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598514v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04667.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01828244v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauter" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cannat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meyzen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Patriat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2009.04308.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656880v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Wittlinger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JB005364" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656879v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Mckenzie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Pilidou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2008.03951.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-TVDF4SRM-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01284913v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Montagner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Marty" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Sicilia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007GL031098" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WL5N1PQF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112917v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Mc Kenzie" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005JB004082" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105942v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Maggi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.07.010" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105949v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2006.03037.x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594327v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. L. N. Kennett" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature03247" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-8CCNFXCR-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656885v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sieminski" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Debayle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004GL021402" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72B081B5F269125EE01407C8DE6FADFF5C54E56D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656892v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sambridge" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JB002652" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EA264C5EEC5A7CC69B4AA45F199AD1C541B86C30/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01779460v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barruol" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. R. Fontaine" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Godard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thoraval" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002EO000354" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345292v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394361779.ch2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662581v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nouibat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589533v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tauzin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Waszek" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Afonso" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrvoje Tkal&#269;i&#263;" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>