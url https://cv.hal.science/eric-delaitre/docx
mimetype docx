--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1313,325 +1313,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite images combined with field data reveal negative changes in the distribution of babassu palms after clearing off amazonian forests</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Danielle Mitja</w:t>
+                <w:t xml:space="preserve">Monitoring vegetation dynamics in southern Tunisia using SPOT-5 (Take5) data: a case study of the Tozeur oases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherine Ben Khalfallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalel Ouerchefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Demagistri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Moreira dos Santos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roberta Fatima Rodriguez Coelho</w:t>
+                <w:t xml:space="preserve">Faiza Khebour Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00267-017-0965-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (04), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.jrs.12.046002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-01715182v1</w:t>
+                <w:t xml:space="preserve">hal-02136056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring vegetation dynamics in southern Tunisia using SPOT-5 (Take5) data: a case study of the Tozeur oases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cherine Ben Khalfallah</w:t>
+                <w:t xml:space="preserve">Satellite images combined with field data reveal negative changes in the distribution of babassu palms after clearing off amazonian forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Mitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Demagistri</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Moreira dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Izildinha de Souza Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faiza Khebour Allouche</w:t>
+                <w:t xml:space="preserve">Roberta Fatima Rodriguez Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12 (04), pp.1. </w:t>
+              <w:t xml:space="preserve">Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61 (2), pp.321 - 336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.jrs.12.046002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00267-017-0965-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02136056v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-01715182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating babassu palm density using automatic palm tree detection with very high spatial resolution satellite images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Moreira dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Mitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2238,222 +2238,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les états de surface en zone aride à partir d'indices radiométriques et de classifications multitemporelles d'images Landsat TM prises sur la région de Menzel Habib (Tunisie méridionale)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des structures végétales tigrées en zone aride méditerranéenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziza Ghram</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Delaître</w:t>
+                <w:t xml:space="preserve">Imen Ben Hafsia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc d'Herbès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science et changements planétaires / Sécheresse</w:t>
+              <w:t xml:space="preserve">Bois et Forêts des Tropiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/sec.2007.0094⟩</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19182/bft2007.293.a20340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01828307v1</w:t>
+                <w:t xml:space="preserve">hal-01828354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des structures végétales tigrées en zone aride méditerranéenne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les états de surface en zone aride à partir d'indices radiométriques et de classifications multitemporelles d'images Landsat TM prises sur la région de Menzel Habib (Tunisie méridionale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziza Ghram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc d'Herbès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bois et Forêts des Tropiques</w:t>
+              <w:t xml:space="preserve">Science et changements planétaires / Sécheresse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.19182/bft2007.293.a20340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/sec.2007.0094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01828354v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système d'information sur l'environnement à l'échelle locale (Siel) pour évaluer les risques de désertification : situations comparées circumsahariennes (réseau Roselt)</w:t>
               </w:r>
@@ -2491,51 +2491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Fétoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Abdelrazik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc d'Herbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science et changements planétaires / Sécheresse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, </w:t>
@@ -2565,186 +2565,186 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une approche hybride combinant Intégration de données et IA pour la reconstitution d'un réseau d'adduction d'eau potable</w:t>
+                <w:t xml:space="preserve">Un Système d'Information Géographique harmonisé pour le suivi de l'adduction d'eau potable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Aimé Razafindragy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Armant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lalaina Fanomezantsoa</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Desconnets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Desconnets</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Delaitre</w:t>
+                <w:t xml:space="preserve">Aimé Richard Hajalalaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RJCIA 2025 - 23es Rencontres des Jeunes Chercheurs en Intelligence Artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Plate-Forme Intelligence Artificielle, Jun 2025, Dijon, France. pp.42-43</w:t>
+              <w:t xml:space="preserve">Conférence Spatial Analysis and GEOmatics (SAGEO) 2025 - La Science de l'Information Géographique dans tous ses états</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 7300 ESPACE; GdR MAGIS CNRS, May 2025, Avignon, France. pp.221-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05192729v1</w:t>
+                <w:t xml:space="preserve">hal-05137862v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse par télédétection de l'impact du feu sur la dynamique d'une forêt sèche</w:t>
               </w:r>
@@ -2782,51 +2782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arisetra Razafinimaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jean Razanaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimé Richard Hajalalaina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes et Applications des Sciences de l'Information Géographique pour des Territoires Durables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR 7300 ESPACE; GdR MAGIS CNRS, May 2025, Avignon, France. pp.34 - 38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2837,285 +2837,285 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05146879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un Système d'Information Géographique harmonisé pour le suivi de l'adduction d'eau potable</w:t>
+                <w:t xml:space="preserve">Vers une approche hybride combinant Intégration de données et IA pour la reconstitution d'un réseau d'adduction d'eau potable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Aimé Razafindragy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Armant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lalaina Fanomezantsoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Desconnets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaitre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aimé Richard Hajalalaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Spatial Analysis and GEOmatics (SAGEO) 2025 - La Science de l'Information Géographique dans tous ses états</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR 7300 ESPACE; GdR MAGIS CNRS, May 2025, Avignon, France. pp.221-224</w:t>
+              <w:t xml:space="preserve">RJCIA 2025 - 23es Rencontres des Jeunes Chercheurs en Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Plate-Forme Intelligence Artificielle, Jun 2025, Dijon, France. pp.42-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05137862v2</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05192729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring individual rice field flooding dynamics over large scales to inform mosquito surveillance and control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauricianot Randriamihaja</w:t>
+                <w:t xml:space="preserve">A data model to analyse heterogeneous data on used drinking water: case study of the Haute Matsiatra region, Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Aimé Razafindragy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Armant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lalaina Fanomezantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tokiniaina M. Randrianjatovo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michelle Evans</w:t>
+                <w:t xml:space="preserve">Pierre Andrianajoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanitriniaina Felana Angella Ihantamalala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Herbreteau</w:t>
+                <w:t xml:space="preserve">Felipe Vargas-Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vectopole Sud; SOVE (Society for Vector Ecology), Oct 2024, Montpellier, France. pp.S5-1</w:t>
+              <w:t xml:space="preserve">19th International Conference on Metadata and Semantics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006472v1</w:t>
+                <w:t xml:space="preserve">hal-05519285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MONITORING MANGROVES WITH EARTH OBSERVATION DATA: MANGMAP, A USER-DRIVEN AND INTERACTIVE MAPPING PLATFORM</w:t>
               </w:r>
@@ -3462,1190 +3462,1315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MangMap: a new platform for mangrove mapping and monitoring using Earth Observation data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Papa NFaly Sonko</w:t>
+                <w:t xml:space="preserve">Monitoring individual rice field flooding dynamics over large scales to inform mosquito surveillance and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricianot Randriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tokiniaina M. Randrianjatovo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanitriniaina Felana Angella Ihantamalala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herbreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mangrove Macrobenthos and Management conference (MMM6)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEMarin; Red Nacional de Estuarios y Manglares (RNEM), Jul 2023, Cartagena, Colombia</w:t>
+              <w:t xml:space="preserve">ESOVE 2024 - 23rd European Society for Vector Ecology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vectopole Sud; SOVE (Society for Vector Ecology), Oct 2024, Montpellier, France. pp.S5-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442259v1</w:t>
+                <w:t xml:space="preserve">hal-05006472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une plateforme de suivi des mangroves par télédétection : panorama des activités liée aux mangroves à Espace-dev</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MangMap: a new platform for mangrove mapping and monitoring using Earth Observation data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Catry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Malard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Papa NFaly Sonko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oceania Geospatial Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Noumea, New Caledonia</w:t>
+              <w:t xml:space="preserve">Mangrove Macrobenthos and Management conference (MMM6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEMarin; Red Nacional de Estuarios y Manglares (RNEM), Jul 2023, Cartagena, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399022v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dialogue entre les parties prenantes : un levier dans la mutation de la science chahutée par l'anthropocène</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A methodological framework for the monitoring of mangrove dynamics based on remote sensing data to support policy making and conservation initiatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Coudrain</w:t>
+                <w:t xml:space="preserve">Quentin Gusmai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Barrière</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
+                <w:t xml:space="preserve">Jean-François Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; You 2021 : Create the Future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Metz, France. pp.316-318</w:t>
+              <w:t xml:space="preserve">ESA Living Planet Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799523v1</w:t>
+                <w:t xml:space="preserve">hal-04399018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodological framework for the monitoring of mangrove dynamics based on remote sensing data to support policy making and conservation initiatives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Delaître</w:t>
+                <w:t xml:space="preserve">Dialogue entre les parties prenantes : un levier dans la mutation de la science chahutée par l'anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Mitja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Coudrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Begue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESA Living Planet Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Bonn, Germany</w:t>
+              <w:t xml:space="preserve">Science &amp; You 2021 : Create the Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Metz, France. pp.316-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399018v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dialogue entre les parties prenantes : un levier dans la mutation de la science chahutée par l’Anthropocène</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Danielle Mitja</w:t>
+                <w:t xml:space="preserve">Vers une plateforme de suivi des mangroves par télédétection : panorama des activités liée aux mangroves à Espace-dev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Coudrain</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quentin Gusmai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; You 2021. Colloque « Journées Hubert Curien »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lorraine, Nancy, Nov 2021, Metz, France. 6 p</w:t>
+              <w:t xml:space="preserve">Oceania Geospatial Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Noumea, New Caledonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922519v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apport de la télédétection satellitaire pour l'étude des littoraux à mangrove dans la région de Libreville (Gabon)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dialogue entre les parties prenantes : un levier dans la mutation de la science chahutée par l’Anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Mitja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Coudrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Messame Me Mba</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Delaître</w:t>
+                <w:t xml:space="preserve">Angélique Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert David</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M.P. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIFEODD IFP/2018 ÉCOSYSTÈMES ET DÉVELOPPEMENT DURABLE Transformations naturelles et humaines des écosystèmes terrestres et côtiers. Education - Gouvernance - Etat des savoirs et partage des connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Pondichéry, Inde</w:t>
+              <w:t xml:space="preserve">Science &amp; You 2021. Colloque « Journées Hubert Curien »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Nancy, Nov 2021, Metz, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01923611v1</w:t>
+                <w:t xml:space="preserve">hal-04922519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction automatique de paysages en imagerie satellitaire et enrichissement sémantique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'apport de la télédétection satellitaire pour l'étude des littoraux à mangrove dans la région de Libreville (Gabon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Messame Me Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Toulet</w:t>
+                <w:t xml:space="preserve">Gilbert David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Roux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Grenoble, France</w:t>
+              <w:t xml:space="preserve">CIFEODD IFP/2018 ÉCOSYSTÈMES ET DÉVELOPPEMENT DURABLE Transformations naturelles et humaines des écosystèmes terrestres et côtiers. Education - Gouvernance - Etat des savoirs et partage des connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Pondichéry, Inde</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464947v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01923611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des observatoires environnementaux plus souples et plus légers au service du développement des zones difficiles à l'heure de la mondialisation et du changement climatique : propositions méthodologiques et place du paysage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maud Loireau</w:t>
+                <w:t xml:space="preserve">Extraction automatique de paysages en imagerie satellitaire et enrichissement sémantique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Toulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Demagistri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international DELZOD: Sociétés en transition et développement local en zones difficiles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRA-Medenine, Apr 2009, Djerba, Tunisie. pp.393-406</w:t>
+              <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382295v1</w:t>
+                <w:t xml:space="preserve">hal-01464947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desertification watch in Tunisia : land surface changes during the last 20 years and onwards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des observatoires environnementaux plus souples et plus légers au service du développement des zones difficiles à l'heure de la mondialisation et du changement climatique : propositions méthodologiques et place du paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Loireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dérioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Callot Yann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing' 96 : Integrated Applications for Risk Assessment and Disaster Prevention for the Mediterranean : EARSeL Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, La Valette, Malta</w:t>
+              <w:t xml:space="preserve">Colloque international DELZOD: Sociétés en transition et développement local en zones difficiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRA-Medenine, Apr 2009, Djerba, Tunisie. pp.393-406</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01828778v1</w:t>
+                <w:t xml:space="preserve">hal-04382295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Desertification watch in Tunisia : land surface changes during the last 20 years and onwards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Escadafal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing' 96 : Integrated Applications for Risk Assessment and Disaster Prevention for the Mediterranean : EARSeL Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, La Valette, Malta</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dynamique sociale et désertification : le cas de Menzel Habib dans le sud tunisien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Chaize-Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sandron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acquis Scientifiques et Perspectives pour un Développement Durable des Zones Arides : Séminaire International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, Djerba, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4655,176 +4780,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An open-source multi-sensor methodology for the mapping of mangrove structural types using remote-sensing in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Marsal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Revillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EO for Africa Symposium 2024 (EO4Africa)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Frascati - ESRIN ESA Centre, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-04882698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palm-trees detection with very high resolution images, comparison between Geoeye and Pléiades sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Demagistri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4833,150 +4958,150 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Mitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Yazdanparast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamidreza Shahbazkia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pléiades Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation of native useful species in cultivated systems in Amazonia: the example of babassu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Mitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4991,133 +5116,133 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Diversity and Biological Diversity for Sustainable Development : Exploring the Past to Build up the Future</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Montpellier, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi à long terme d'une région aride par images Landsat-MSS et spot-HRV : le cas de la région de Menzel Habib (Tunisie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Escadafal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'observation spatiale : un outil pour l'étude du bassin méditerranéen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5127,1470 +5252,1470 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide for the evaluation and monitoring of natural resource exploitation practices ROSELT/OSS programme</w:t>
+                <w:t xml:space="preserve">Guide ROSELT/OSS pour l'évaluation et le suivi des pratiques d'exploitation des ressources naturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Loireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongi M. Sghaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magatte Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01828407v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide ROSELT/OSS pour l'évaluation et le suivi des pratiques d'exploitation des ressources naturelles</w:t>
+                <w:t xml:space="preserve">Guide for the evaluation and monitoring of natural resource exploitation practices ROSELT/OSS programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Loireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongi M. Sghaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magatte Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01828393v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique spatio-temporelle d'une méga-mangrove malagasy : marais maritime de Bombetoka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.H. Andriamanantena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.L.T. Ranarijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Andriaharimalala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Andriamanantena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Andriamanantena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Profizi, J.P. (ed.); Ardila-Chauvet, Stéphanie. (ed.); Ranarijaona, H. L. T. (ed.); Sonke, B. (ed.); Billot, C. (ed.); Couteron, Pierre (ed.); Delmas, M. (ed.); Diep, T.M.H. (ed.); Grandcolas, P. (ed.); Kokou, K. (ed.); Muller, S. (ed.); Rana, Anshuman (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversité des écosystèmes intertropicaux : connaissance, gestion durable et valorisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRD, pp.417-427, 2021, Synthèses, 978-2-7099-2938-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03652252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swimming in a stream of information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Mitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Couteron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agnèse, Jean-François (dir.); Dangles, Olivier (dir.); Rodary, Estienne (dir.); Verdier, Valérie (préf.); Sabrié, Marie-Lise (ed.); Mourier, Thomas (ed.); Lavagne, Corinne (ed.); Thivent, V. (rédac.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity in the global south : research for a sustainable world</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRD, pp.18-19, 2020, 978-2-7099-2874-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04404509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nager dans un flux d'informations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Mitja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Couteron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agnèse, Jean-François (dir.); Dangles, Olivier (dir.); Rodary, Estienne (dir.); Verdier, Valérie (préf.); Sabrié, Marie-Lise (ed.); Mourier, Thomas (ed.); Lavagne, Corinne (ed.); Thivent, V. (rédac.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversité au Sud : recherches pour un monde durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRD, pp.18-19, 2020, 978-2-7099-2850-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03128015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Semantic-Based Approach for Landscape Identification</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Demagistri</w:t>
+                <w:t xml:space="preserve">Viability of the Babassu Palm Eco-socio-system in Brazil: The Challenges of Coviability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Mitja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Sirakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Moreira dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sol González-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deiane Jorge Macedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Knowledge Discovery and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-18129-1_6⟩</w:t>
+              <w:t xml:space="preserve">Coviability of Social and Ecological Systems : Reconnecting Mankind to the Biosphere in an Era of Global Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 794 p., 2019, 978-3-319-78497-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78111-2_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164143v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viability of the Babassu Palm Eco-socio-system in Brazil: The Challenges of Coviability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Deiane Jorge Macedo</w:t>
+                <w:t xml:space="preserve">A Semantic-Based Approach for Landscape Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Toulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Demagistri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Pinaud; Fabrice Guillet; Fabien Gandon; Christine Largeron. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coviability of Social and Ecological Systems : Reconnecting Mankind to the Biosphere in an Era of Global Change</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-78111-2_14⟩</w:t>
+              <w:t xml:space="preserve">Advances in Knowledge Discovery and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 834, Springer, pp.119-136, 2019, Studies in Computational Intelligence, 978-3-030-18129-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-18129-1_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790088v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formalisation des chaînes de traitements de données spatiales satellitaires sur la forêt à Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimé Richard Hajalalaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Razafimandimby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Desconnets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions agraires au sud de Madagascar : résilience et viabilité, deux facettes de la conservation : actes du séminaire de synthèse du projet FPPSM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de changement de l'occupation du sol dans une commune à la périphérie de la forêt humide de Fianarantsoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avisoatolona Andrianarivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie M. Carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hervé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions agraires au sud de Madagascar : résilience et viabilité, deux facettes de la conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Environmental and Socio-economic Modeling Using LEIS for Desertification Monitoring and Assessment in Menzel Habib Observatory (South Tunisia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongi Sghaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ouessar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Loireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Leibovici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laroussi Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cathy Lee; Thomas Schaaf. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The future of Drylands; Conference proceding: International Scientific Conference on Desertification and Drylands Research, Tunis, Tunisia, 19-21 June 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer; UNESCO, pp.311-325, 2008, 978-1-4020-6969-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4020-6970-3_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04382595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La télédétection : un outil pour le suivi et l'évaluation de la désertification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bégni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Escadafal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Fontannaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Thérèse Hong-Nga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taoufiq Bennouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La télédétection : un outil pour le suivi et l'évaluation de la désertification </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6600,161 +6725,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formalisation des chaînes de traitements de données spatiales satellitaires sur la forêt à Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimé Richard Hajalalaina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Razafimandimby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Desconnets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.237-250</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01370017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId204"/>
+      <w:footerReference w:type="default" r:id="rId207"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6822,51 +6947,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="558BC05F"/>
+    <w:nsid w:val="6FBFC544"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7053,51 +7178,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-delaitre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7636-7744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167882813" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-7914-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05072806v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricianot Randriamihaja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokiniaina M Randrianjatovo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Evans" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felana A Ihantamalala" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbreteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-025-05344-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004950v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felana Ihantamalala" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe R&#233;villion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-025-05266-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04910754v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Hiroo Saito" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izildinha de Souza Miranda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Germanos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dela&#238;tre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio da Purifica&#231;&#227;o De Bastos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10668-024-05179-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880838v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Moreira Dos Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Mitja" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Loisel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102-33062020abb0543" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458423v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherine Ben Khalfallah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ouerchefani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demagistri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Darragi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07038992.2021.1922881" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221775v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ngom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mbaye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Baratoux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Catry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GH000310" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911172v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Seyler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Laques" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78111-2_15" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Li" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujie Feng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dessay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delaitre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Gurgel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11121425" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01715182v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Moreira dos Santos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Fatima Rodriguez Coelho" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-017-0965-6" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136056v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Khebour Allouche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jrs.12.046002" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01715147v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.02.004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02153190v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sighomnou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Descroix" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Genthon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mahe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Bouzou Moussa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2013.0370" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828004v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Ngo-Bieng" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02589.x" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828003v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Cordeiro Thales" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12501" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828013v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Venard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ouessar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828307v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Ghram" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2007.0094" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828354v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Hafsia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc d'Herb&#232;s" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2007.293.a20340" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828338v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongi M. Sghaier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher F&#233;toui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdelrazik" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2007.0104" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192729v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Aim&#233; Razafindragy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Armant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalaina Fanomezantsoa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Desconnets" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146879v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Th&#233;r&#232;se Baovola Rafanoharana" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arisetra Razafinimaro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jean Razanaka" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Richard Hajalalaina" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137862v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006472v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokiniaina M. Randrianjatovo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitriniaina Felana Angella Ihantamalala" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896570v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanchard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delbar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Malard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa NFaly Sonko" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871803v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Djama Rayaleh" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahman Daher Meraneh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mougenot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-65990-4_13" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442259v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399022v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gusmai" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799523v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudrain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Begue" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399018v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922519v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique B&#232;gue" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Bonnet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923611v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Messame Me Mba" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464947v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Toulet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382295v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callot Yann" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828778v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Escadafal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828793v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Auclair" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chaize-Auclair" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sandron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04882698v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Marsal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Revillion" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828753v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Yazdanparast" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Shahbazkia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828007v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. dos Santos" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828772v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828407v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magatte Ba" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barri&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828393v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652252v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Andriamanantena" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.L.T. Ranarijaona" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andriaharimalala" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Andriamanantena" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Andriamanantena" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404509v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carri&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couteron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128015v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164143v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-18129-1_6" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790088v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Sirakov" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Gonz&#225;lez-P&#233;rez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deiane Jorge Macedo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/la/book/9783319781105#aboutAuthors" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78111-2_14" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827918v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Herv&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Razafimandimby" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827915v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avisoatolona Andrianarivo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M. Carri&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382595v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongi Sghaier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Leibovici" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Bennour" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6970-3_32" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828449v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard B&#233;gni" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Fontannaz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Th&#233;r&#232;se Hong-Nga" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufiq Bennouna" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370017v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-delaitre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7636-7744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167882813" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-7914-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05072806v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricianot Randriamihaja" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokiniaina M Randrianjatovo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Evans" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felana A Ihantamalala" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbreteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-025-05344-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004950v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felana Ihantamalala" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe R&#233;villion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-025-05266-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04910754v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Hiroo Saito" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izildinha de Souza Miranda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Germanos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dela&#238;tre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio da Purifica&#231;&#227;o De Bastos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10668-024-05179-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880838v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Moreira Dos Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Mitja" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Loisel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102-33062020abb0543" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458423v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherine Ben Khalfallah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ouerchefani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demagistri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Darragi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07038992.2021.1922881" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221775v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ngom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mbaye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Baratoux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Catry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GH000310" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911172v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Seyler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Laques" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78111-2_15" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221807v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Li" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujie Feng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dessay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delaitre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Gurgel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11121425" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136056v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Khebour Allouche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.jrs.12.046002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01715182v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Moreira dos Santos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Fatima Rodriguez Coelho" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-017-0965-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01715147v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.02.004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02153190v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sighomnou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Descroix" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Genthon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mahe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Bouzou Moussa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2013.0370" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828004v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Ngo-Bieng" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02589.x" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828003v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Cordeiro Thales" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.12501" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828013v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Venard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ouessar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828354v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Ben Hafsia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc d'Herb&#232;s" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2007.293.a20340" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828307v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Ghram" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2007.0094" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828338v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongi M. Sghaier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher F&#233;toui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdelrazik" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2007.0104" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137862v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Aim&#233; Razafindragy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Armant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Desconnets" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Richard Hajalalaina" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146879v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Th&#233;r&#232;se Baovola Rafanoharana" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arisetra Razafinimaro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jean Razanaka" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192729v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalaina Fanomezantsoa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519285v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Andrianajoro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Vargas-Rojas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896570v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanchard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delbar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Malard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa NFaly Sonko" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871803v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Djama Rayaleh" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahman Daher Meraneh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mougenot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-65990-4_13" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006472v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokiniaina M. Randrianjatovo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitriniaina Felana Angella Ihantamalala" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442259v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399018v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gusmai" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799523v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudrain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Begue" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399022v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922519v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique B&#232;gue" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Bonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923611v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Messame Me Mba" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464947v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Toulet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382295v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callot Yann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828778v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Escadafal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828793v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Auclair" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Chaize-Auclair" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sandron" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04882698v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Marsal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Revillion" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828753v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Yazdanparast" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Shahbazkia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828007v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. dos Santos" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828772v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828393v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magatte Ba" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barri&#232;re" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828407v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652252v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Andriamanantena" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.L.T. Ranarijaona" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andriaharimalala" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Andriamanantena" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Andriamanantena" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404509v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carri&#232;re" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couteron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128015v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790088v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Sirakov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Gonz&#225;lez-P&#233;rez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deiane Jorge Macedo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/la/book/9783319781105#aboutAuthors" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78111-2_14" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164143v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-18129-1_6" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827918v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Herv&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Razafimandimby" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827915v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avisoatolona Andrianarivo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M. Carri&#232;re" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382595v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongi Sghaier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Leibovici" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Bennour" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-6970-3_32" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828449v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard B&#233;gni" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Fontannaz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Th&#233;r&#232;se Hong-Nga" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufiq Bennouna" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370017v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>