--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -182,1752 +182,3226 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numéro spécial les jeux numériques et la ludopédagogie : Introduction</w:t>
+                <w:t xml:space="preserve">Littératie médiatique des adolescents, une enquête internationale et des logiques plurielles de positionnement de chercheurs et chercheuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Alvarez</w:t>
+                <w:t xml:space="preserve">Christophe Ronveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Delamotte</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eve Gladu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lacelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Catherine Delarue-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fastrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La lettre de l'AIRDF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 75, pp.29-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880595v1</w:t>
+                <w:t xml:space="preserve">hal-05564835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en mots de la culture informationnelle et sa traduction dans les textes français relatifs à l’éducation aux Médias et à l'Information, Educations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Littératie médiatique des adolescents, une enquête internationale et des logiques plurielles de positionnement de chercheurs et chercheuses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Catherine Delarue-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Jeanne</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Fastrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bihl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lacelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTE Openscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">La lettre de l'AIRDF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Lettre de l’AIRDF, qui a fait suite à La Lettre de la DFLM, est une revue semestrielle, 75, pp.29-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02406484v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultures de l’information : quelques réalités, contradictions et créations à Mayotte</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Numéro spécial les jeux numériques et la ludopédagogie : Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jarreascandari Jary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education comparée. Revue de recherche internationale et comparative en éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2022.0813⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319568v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en mots de la culture informationnelle et sa traduction dans les textes français relatifs à l'éducation aux médias et à l'information, information</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Des épreuves du métier d'enseignant entre réformes et territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Thémines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laure Le Guern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Research: an international electronic journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les enseignants : panorama, carrières et représentations du métier, 101, pp. 247-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48464/ef-101-10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404988v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03097833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en mots de la culture informationnelle et sa traduction dans les textes français relatifs à l’Education aux Médias et à l’Information</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Cultures de l’information : quelques réalités, contradictions et créations à Mayotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Delamotte-Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarreascandari Jary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Education comparée. Revue de recherche internationale et comparative en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319557v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02319568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La mise en mots de la culture informationnelle et sa traduction dans les textes français relatifs à l’éducation aux Médias et à l'Information, Educations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chenevez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISTE Openscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en mots de la culture informationnelle et sa traduction dans les textes français relatifs à l'éducation aux médias et à l'information, information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chenevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information Research: an international electronic journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en mots de la culture informationnelle et sa traduction dans les textes français relatifs à l’Education aux Médias et à l’Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chenevez,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02319557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Postface Littéracies informationnelles et médiatiques au prisme du genre, Anne Cordier (Dir.), Revue de Recherche en Littératie Médiatique Multimodale R2LMM, n°4. 2016. En ligne : http://litmedmod.ca/r2-lmm-vol4-decembre-2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Devineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Loicq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multimodalité(s) : Revue de recherches en littératie médiatique multimodale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner l'informatique, enseigner la culture informationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'EPI (Enseignement Public et Informatique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 125, pp.[en ligne]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">edutice-00564192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La propriété intellectuelle emportée par le numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lamarche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoît Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 102, pp.7 - 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terminal.3501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entre information et communication : les nouveaux espaces du document. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaudiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 30, pp.7-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02526537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éducation aux médias et littéracie numérique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Appréhender le « copier/coller » comme une modalité de l'épistémologie sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Delarue-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Chasme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Didisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approche sociocritique du numérique en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Sherbrooke, Canada</w:t>
+              <w:t xml:space="preserve">Symposium : Observer les pratiques des élèves et des adolescent·es dans les nouveaux contextes numériques en réception et en production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIRDF, Jul 2025, Fribourg, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405027v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation à distance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le numérique éducatif à Mayotte : penser les usages entre global et local, entre réel et imaginé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Priolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abal-Kassim Cheik Ahamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enjeux actuels et futurs de la formation et profession enseignante</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Montréal, France</w:t>
+              <w:t xml:space="preserve">Les usages du numérique en éducation : regards critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405012v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contenus informatiques à l'école dans le contexte de la convergence entre technique, média et information : vers un composite ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Pratiques numériques des étudiant.e.s mahorais.e.s : approches contextuelles entre insularités et mobilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Priolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abal-Kassim Cheik Ahamed</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelles éducations au numérique, en classe et pour la vie ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Namur, Belgique</w:t>
+              <w:t xml:space="preserve">Ticemed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404723v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">analyse des discours et épistémologie</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Éducation aux médias et littéracie numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jeanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Littératies du XXIe siècle sens dessus dessous, périmètres, interactions, territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Approche sociocritique du numérique en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404787v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Formation à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bistodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux actuels et futurs de la formation et profession enseignante</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Montréal, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contenus informatiques à l'école dans le contexte de la convergence entre technique, média et information : vers un composite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fluckiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International Didapro-Didastic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Namur, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contenus informatiques à l'école dans le contexte de la convergence entre technique, média et information : vers un composite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fluckiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Loicq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chenevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelles éducations au numérique, en classe et pour la vie ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Namur, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Origines et enjeux de l’EMI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude GRCDI-ESPE de Caen et Rouen, « L’EMI en questions : enjeux, prescriptions, contenus, apprentissages »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01483425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">analyse des discours et épistémologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chenevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Compant La Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fluckiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Littératies du XXIe siècle sens dessus dessous, périmètres, interactions, territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La fin de l'Ecole : l'ère du savoir-relation »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mabilon-Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Bader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bruillard Pr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les éducations à</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, université - espe de rouen, 2015, rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03545572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De l’information à la connaissance stratégique : les heuristiques à l’œuvre dans l’intelligence des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Delaforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIIE 2008 - Conférence internationale Systèmes d’Information et Intelligence Économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Lorrain de Recherche en Informatique et ses Applications (LORIA) (université de Nancy 2); École supérieure de commerce électronique de Manouba (Tunisie), Feb 2008, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (2)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des cultures aux pratiques informationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Liquète</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 210 p., 2021, Regards SIC , Alain Chante et Gérard Régimbeau, 978-2-36781-447-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/13kd4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Educations aux medias, à l’information et au numérique. Contributions scientifiques en dialogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'éducation aux cultures de l'information &amp;quot; e-Dossiers de l'audiovisuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divina Frau-Meigs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bruillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">institut national de l'audiovisuel, pp.les-e-dossiers-de-laudiovisuel/e-dossier-leducation-aux-cultures, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00673625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques numériques des étudiants mahorais. Approches contextuelles entre insularités et mobilités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abal-Kassim Cheik Ahamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryvonne Priolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Émilie Remond; Luc Massou; Philippe Bonfils; Khalid Berrada. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseignement supérieur et numérique : mondialisation, mobilités : colloque, 28-30 mars 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUN-Éditions Universitaires de Lorraine, Nancy, pp.153-172, 2021, 9782814305953</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Education aux Médias et à l’Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique des enjeux et des concepts des « éducations à »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02319542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Épreuves, images du métier d'enseignant et réformes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Thémines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Le Guern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette N'Gono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Education Nationale, de l'enseignement supérieur et de la recherche; Direction de l'Evaluation, de la Prospective et de la Performance. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02320718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergences et divergences des trois cultures de l'information (Info-doc, Info-média, Info-data) : deux corpus de textes sous la loupe d'ALCESTE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chenevez,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Loicq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ANR (Agence Nationale de la Recherche - France). 2017, 93 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01552080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId52"/>
+      <w:footerReference w:type="default" r:id="rId88"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2074,51 +3548,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880595v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delamotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0813" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406484v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chenevez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02319568v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delamotte-Legrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarreascandari Jary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404988v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02319557v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chenevez," TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526537v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;guin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaudiron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405027v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405012v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bistodeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404723v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Serres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Loicq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404787v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Compant La Fontaine" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571911v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Delaforge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moinet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376613v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delamotte" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/des-cultures-aux-pratiques-informationnelles.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13kd4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376577v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03557022v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abal-Kassim Cheik Ahamed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kerneis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Priolet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02319542v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320718v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Th&#233;mines" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Schneider" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Le Guern" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette N'Gono" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05564835v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ronveaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gladu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lacelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fastrez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566821v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delamotte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bihl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880595v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0813" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097833v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Th&#233;mines" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delamotte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Le Guern" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Ngono" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Schneider" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-101-10" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02319568v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delamotte-Legrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarreascandari Jary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406484v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chenevez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02319557v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chenevez," TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01950179v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devineau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Loicq" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00564192v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281320v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Zimmermann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.3501" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CFKTHQJH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526537v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;guin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaudiron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05564856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Chasme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Didisse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755891v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kerneis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Priolet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abal-Kassim Cheik Ahamed" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755896v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405027v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bistodeau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01613685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404723v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Serres" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01483425v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404787v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Compant La Fontaine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03545572v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mabilon-Bonfils" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lange" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bader" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruillard Pr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571911v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Delaforge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moinet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376613v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/des-cultures-aux-pratiques-informationnelles.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13kd4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376577v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673625v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina Frau-Meigs" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03557022v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02319542v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320718v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette N'Gono" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01552080v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>