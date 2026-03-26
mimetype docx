--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -474,805 +474,805 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of Globodera pallida to Individual Components Compromises the Durability of Pyramided Resistance in Potato</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les nématodes, des vers omniprésents à la résistance extrême</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Lechevalier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Josselin Montarry</w:t>
+                <w:t xml:space="preserve">Laurent Folcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420690v1</w:t>
+                <w:t xml:space="preserve">hal-04945466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification through a transcriptomic approach of candidate genes involved in the adaptation of the cyst nematode Globodera pallida to the potato resistance factor GpaVvrn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Lechevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Gazengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 26 (1), pp.191. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12864-025-11332-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nématodes, des vers omniprésents à la résistance extrême</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation of the Cyst Nematode Globodera pallida to the Colinear Potato Resistant QTLs GpaVvrn and GpaVspl Involved Distinct Genomic Regions and Absence of Cross-Virulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Lechevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Esquibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Fourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (21), pp.e70105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.70105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04945466v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of the Cyst Nematode Globodera pallida to the Colinear Potato Resistant QTLs GpaVvrn and GpaVspl Involved Distinct Genomic Regions and Absence of Cross-Virulence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Adaptation of Globodera pallida to Individual Components Compromises the Durability of Pyramided Resistance in Potato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Lechevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Fourdin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (21), pp.e70105. </w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (11), pp.e70181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.70105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/eva.70181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05299864v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05420690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A diagnostic gap to fill: Development of molecular tools to distinguish the cyst-forming nematode species Heterodera carotae and Heterodera cruciferae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Fouville</w:t>
+                <w:t xml:space="preserve">The carrot cyst nematode Heterodera carotae: a major plant-parasitic nematode requiring more investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Biget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological and Molecular Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pmpp.2024.102434⟩</w:t>
+              <w:t xml:space="preserve">Nematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26, pp.1079-1089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/15685411-bja10361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04727311v1</w:t>
+                <w:t xml:space="preserve">hal-04757687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The carrot cyst nematode Heterodera carotae: a major plant-parasitic nematode requiring more investigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">A diagnostic gap to fill: Development of molecular tools to distinguish the cyst-forming nematode species Heterodera carotae and Heterodera cruciferae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Biget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lionel Lebreton</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 26, pp.1079-1089. </w:t>
+              <w:t xml:space="preserve">Physiological and Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 134, pp.102434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/15685411-bja10361⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pmpp.2024.102434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04757687v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04727311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Europe as a secondary distribution hub in the worldwide invasion of the potato cyst nematode &amp;lt;I&amp;gt;Globodera rostochiensis&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James M. Mwangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1356,442 +1356,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04640037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genome and lifestage-specific transcriptomes of a plant-parasitic nematode and its host reveal susceptibility genes involved in trans-kingdom synthesis of vitamin B5</w:t>
+                <w:t xml:space="preserve">Diversity of plant parasitic nematodes characterized from fields of the French national monitoring programme for the Columbia root-knot nematode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shahid Siddique</w:t>
+                <w:t xml:space="preserve">Nathan Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoran Radakovic</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Folcher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-33769-w⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (3), pp.e0265070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0265070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04169532v1</w:t>
+                <w:t xml:space="preserve">hal-03696582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of plant parasitic nematodes characterized from fields of the French national monitoring programme for the Columbia root-knot nematode</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The genome and lifestage-specific transcriptomes of a plant-parasitic nematode and its host reveal susceptibility genes involved in trans-kingdom synthesis of vitamin B5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahid Siddique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoran Radakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Hiltl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Garcia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Grenier</w:t>
+                <w:t xml:space="preserve">Clement Pellegrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Buisson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Baum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (3), pp.e0265070. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.6190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0265070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-33769-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03696582v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04169532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Image based species identification of Globodera quarantine nematodes using computer vision and deep learning</w:t>
+                <w:t xml:space="preserve">Characterization of Globodera ellingtonae Populations from Chile Utilizing Whole Genome Sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Thevenoux</w:t>
+                <w:t xml:space="preserve">C. N. Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Van-Linh Le</w:t>
+                <w:t xml:space="preserve">I Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heloïse Villessèche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Buisson</w:t>
+                <w:t xml:space="preserve">O. Acevedo Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Beurton-Aimar</w:t>
+                <w:t xml:space="preserve">H. Pacheco Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 186, </w:t>
+              <w:t xml:space="preserve">Journal of Nematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compag.2021.106058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21307/jofnem-2021-088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03319310v1</w:t>
+                <w:t xml:space="preserve">hal-03469129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Advances in Population Genomics of Plant-Parasitic Nematodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Mimee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1879,1912 +1879,1912 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03734053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PM 3/68 (2) Testing of potato varieties to assess resistance to Globodera rostochiensis and Globodera pallida</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Image based species identification of Globodera quarantine nematodes using computer vision and deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Thevenoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Linh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heloïse Villessèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Beurton-Aimar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPPO Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/epp.12774⟩</w:t>
+              <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 186, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compag.2021.106058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516954v1</w:t>
+                <w:t xml:space="preserve">hal-03319310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Globodera ellingtonae Populations from Chile Utilizing Whole Genome Sequencing</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PM 3/68 (2) Testing of potato varieties to assess resistance to Globodera rostochiensis and Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53, pp.1-9. </w:t>
+              <w:t xml:space="preserve">EPPO Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (3), pp.404-405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21307/jofnem-2021-088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/epp.12774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469129v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of strong gene flow among French populations of the carrot cyst nematode Heterodera carotae</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plant–parasite coevolution: A weak signature of local adaptation between Peruvian Globodera pallida populations and wild potatoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐claude Yvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.13102⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (9), pp.4156-4163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.6248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02457188v1</w:t>
+                <w:t xml:space="preserve">hal-03141972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation du nématode à kyste aux variétés résistantes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Evidence of strong gene flow among French populations of the carrot cyst nematode Heterodera carotae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Esquibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Piriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 69 (1), pp.168-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.13102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03288590v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The hidden diversity of the potato cyst nematode Globodera pallida in the south of Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Thevenoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13 (4), pp.727-737. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eva.12896⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03132824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation du nématode à kyste aux variétés résistantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFSA Supporting Publications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 731, pp.14-17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03296984v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03288590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NEMATOOLS : Développement d’outils pour la maîtrise durable du risque nématodes en plant de pomme de terre et cultures en rotation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Claire Le Roux</w:t>
+                <w:t xml:space="preserve">S. Kiewnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M-S Neveux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L. Berton</w:t>
+                <w:t xml:space="preserve">G. Smant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/t739-bg56⟩</w:t>
+              <w:t xml:space="preserve">EFSA Supporting Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2903/sp.efsa.2020.EN-1874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03205989v1</w:t>
+                <w:t xml:space="preserve">hal-03296984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution, DNA barcoding and genetic diversity of potato cyst nematodes in Indonesia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NEMATOOLS : Développement d’outils pour la maîtrise durable du risque nématodes en plant de pomme de terre et cultures en rotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-S Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nurul Dwi Handayani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Josselin Montarry</w:t>
+                <w:t xml:space="preserve">Pauline Dewaegeneire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prabowo Lestari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marjolein Couvreur</w:t>
+                <w:t xml:space="preserve">L. Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10658-020-02078-7⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 79, pp.391-411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/t739-bg56⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140232v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant–parasite coevolution: A weak signature of local adaptation between Peruvian Globodera pallida populations and wild potatoes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Piriou</w:t>
+                <w:t xml:space="preserve">Distribution, DNA barcoding and genetic diversity of potato cyst nematodes in Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nurul Dwi Handayani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Esquibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Renault</w:t>
+                <w:t xml:space="preserve">Prabowo Lestari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐claude Yvin</w:t>
+                <w:t xml:space="preserve">Marjolein Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (9), pp.4156-4163. </w:t>
+              <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 158 (2), pp.363-380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.6248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10658-020-02078-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03141972v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsatellite markers reveal two genetic groups in European populations of the carrot cyst nematode Heterodera carotae</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What determines host specificity in hyperspecialized plant parasitic nematodes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Sabeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc St-Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Mimee</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meegid.2019.04.011⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp.457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-019-5853-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02291476v1</w:t>
+                <w:t xml:space="preserve">hal-02291480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the causes of small effective population sizes in cyst nematodes using artificial Globodera pallida populations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Mabon</w:t>
+                <w:t xml:space="preserve">Microsatellite markers reveal two genetic groups in European populations of the carrot cyst nematode Heterodera carotae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Esquibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Loup Jan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+                <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 286 (1894), </w:t>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 73, pp.81-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2018.2359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2019.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622021v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What determines host specificity in hyperspecialized plant parasitic nematodes?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the causes of small effective population sizes in cyst nematodes using artificial Globodera pallida populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Sabeh</w:t>
+                <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Lord</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Grenier</w:t>
+                <w:t xml:space="preserve">Romain Mabon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc St-Arnaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre-Loup Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (1), pp.457. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 286 (1894), </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-019-5853-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2018.2359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02291480v1</w:t>
+                <w:t xml:space="preserve">hal-02622021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of native plant-parasitic nematode communities on the establishment of Meloidogyne chitwoodi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Impact of agricultural practices and environmental variables on plant-parasitic nematode communities in fields at a landscape scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Grenier</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sarniguet</w:t>
+                <w:t xml:space="preserve">Luc Biju-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Buisson</w:t>
+                <w:t xml:space="preserve">Agathe Maupetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Ollivier</w:t>
+                <w:t xml:space="preserve">Benoit Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 67 (9), pp.2019-2028. </w:t>
+              <w:t xml:space="preserve">Nematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (3), pp.211-233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppa.12914⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/15685411-00003136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02077536v1</w:t>
+                <w:t xml:space="preserve">hal-02625400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of agricultural practices and environmental variables on plant-parasitic nematode communities in fields at a landscape scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Impact of native plant-parasitic nematode communities on the establishment of Meloidogyne chitwoodi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Folcher</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Biju-Duval</w:t>
+                <w:t xml:space="preserve">C. Sarniguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Maupetit</w:t>
+                <w:t xml:space="preserve">A. Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Ricci</w:t>
+                <w:t xml:space="preserve">F. Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (3), pp.211-233. </w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67 (9), pp.2019-2028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/15685411-00003136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ppa.12914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625400v1</w:t>
+                <w:t xml:space="preserve">hal-02077536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic and Genomic Modifications Associated with Globodera pallida Adaptation to Potato Resistances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 61 (1), pp.65-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3818,51 +3818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Populations of the Beet Cyst Nematode Heterodera schachtii Exhibit Strong Differences in Their Life-History Traits Across Changing Thermal Conditions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Pellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3991,51 +3991,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4082,77 +4082,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome scans on experimentally evolved populations reveal candidate regions for adaptation to plant resistance in the potato cyst nematode Globodera pallida.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4216,103 +4216,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimentally evolved populations of the potato cyst nematode Globodera pallida allow the targeting of genomic footprints of selection due to host adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Juhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 66 (6), pp.1022-1030. </w:t>
@@ -4344,347 +4344,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genome of the yellow potato cyst nematode, Globodera rostochiensis, reveals insights into the basis of parasitism and virulence</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Occurrence of the tobacco cyst nematode subspecies Globodera tabacum subsp virginiae in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-016-0985-1⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 144 (1), pp.199-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10658-015-0741-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01439090v1</w:t>
+                <w:t xml:space="preserve">hal-01462725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence of the tobacco cyst nematode subspecies Globodera tabacum subsp virginiae in France</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The genome of the yellow potato cyst nematode, Globodera rostochiensis, reveals insights into the basis of parasitism and virulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Eves-van Den Akker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik R. Laetsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine J. Lilley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne G. J. Danchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 144 (1), pp.199-203. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10658-015-0741-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-016-0985-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01462725v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterozygote deficits in cyst plant-parasitic nematodes: possible causes and consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Loup Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gracianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew D.J. Overall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24 (8), pp.1654-1677. </w:t>
@@ -4747,51 +4747,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human influence on the dispersal and genetic structure of French Globodera tabacum populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Alenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4864,51 +4864,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Philippe Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5115,64 +5115,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Christine Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Mimee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Belair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5528,51 +5528,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cyst nematode 'species factory' called the Andes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5638,671 +5638,671 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02667349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pomme de terre entre en résistance</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification and functional characterization of effectors in expressed sequence tags from various life cycle stages of the potato cyst nematode Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Caromel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">John T. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amar Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliya A. Pylypenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amarnath Thirugnanasambandam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Castelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (6), pp.815-828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1364-3703.2009.00585.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02664774v1</w:t>
+                <w:t xml:space="preserve">hal-02668101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cyst Nematode SPRYSEC Protein RBP-1 Elicits Gpa2- and RanGAP2-Dependent Plant Cell Death</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kamila Koropacka</w:t>
+                <w:t xml:space="preserve">La pomme de terre entre en résistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Réussir Fruits et Légumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 284, pp.34-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1000564⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02658668v1</w:t>
+                <w:t xml:space="preserve">hal-02664774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and functional characterization of effectors in expressed sequence tags from various life cycle stages of the potato cyst nematode Globodera pallida</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Cyst Nematode SPRYSEC Protein RBP-1 Elicits Gpa2- and RanGAP2-Dependent Plant Cell Death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amar Kumar</w:t>
+                <w:t xml:space="preserve">Melanie Ann Sacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliya A. Pylypenko</w:t>
+                <w:t xml:space="preserve">Kamila Koropacka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amarnath Thirugnanasambandam</w:t>
+                <w:t xml:space="preserve">Marianne J. Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydia Castelli</w:t>
+                <w:t xml:space="preserve">Alexandra Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 10 (6), pp.815-828. </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (8), pp.e1000564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1364-3703.2009.00585.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1000564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668101v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence of the metazoan plant-parasitic nematode Meloidogyne incognita</w:t>
+                <w:t xml:space="preserve">La lutte contre les nématodes à kyste de la pomme de terre Globodera rostochiensis et Globodera pallida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Abad</w:t>
+                <w:t xml:space="preserve">Laura Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Gouzy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Etienne Danchin</w:t>
+                <w:t xml:space="preserve">Elsa Rulliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nbt.1482⟩</w:t>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 17 (4), pp.368-374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/agr.2008.0217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189285v1</w:t>
+                <w:t xml:space="preserve">hal-02660975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La lutte contre les nématodes à kyste de la pomme de terre Globodera rostochiensis et Globodera pallida</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome sequence of the metazoan plant-parasitic nematode Meloidogyne incognita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Chauvin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+                <w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Rulliat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+                <w:t xml:space="preserve">Etienne Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 17 (4), pp.368-374. </w:t>
+              <w:t xml:space="preserve">Nature Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 26 (8), pp.909-915. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/agr.2008.0217⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nbt.1482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660975v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and genetic diversity of Western European populations of the potato cyst nematode (Globodera pallida) inferred from mitochondrial sequences and microsatellite loci</w:t>
               </w:r>
@@ -6314,51 +6314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Scurrah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6434,77 +6434,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequence Polymorphism of 2 Pioneer Genes Expressed in Phytoparasitic Nematodes Showing Different Host Ranges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6590,77 +6590,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nematologia Mediterranea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 35 (2), pp.143-153</w:t>
@@ -6728,51 +6728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Onfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6874,64 +6874,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 50, pp.422-427. </w:t>
@@ -6969,64 +6969,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranbpm homologue genes characterised in the cyst nematodes Globodera pallida and Globodera 'mexicana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7111,51 +7111,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intra-species DNA polymorphism in the tobacco cyst-nematode complex (Globodera tabacum) using AFLP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7340,51 +7340,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intra-species DNA polymorphism in the tobacco cyst – nematode complex (&amp;lt;i&amp;gt;Globodera&amp;lt;/i&amp;gt; &amp;lt;i&amp;gt;tabacum&amp;lt;/i&amp;gt;) using AFLP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7457,51 +7457,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intra-species DNA polymorphism in the tobacco cystnematode complex (Globoderatabacum) using AFLP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Marche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7613,51 +7613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Capy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 48, pp.328-336</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7721,51 +7721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 41, pp.148-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7816,51 +7816,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Castagnone-Sereno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasitology Today</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 13 (10), pp.398-401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7911,51 +7911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.M. Catzeflis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 114, pp.497-501</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7974,610 +7974,610 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02697511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Heterorhabditidae entomopathogenic nematodes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Steinernematidae and Heterorhabditidae entomopathogenic nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonifassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laumond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nematropica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 26 (3), pp.284</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 113-5, pp.483-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02687275v1</w:t>
+                <w:t xml:space="preserve">hal-02693299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of mariner-like transposable elements in the entomopathogenic nematode Heterorhabditis bacteriophora</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Heterorhabditidae entomopathogenic nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonifassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Monique Abadon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nematropica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 26 (3), pp.268</w:t>
+              <w:t xml:space="preserve">, 1996, 26 (3), pp.284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688898v1</w:t>
+                <w:t xml:space="preserve">hal-02687275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of two species-specific tandemly repeated DNAs from entomopathogenic nematodes Steinernema and Heterorhabditis (Nematoda : Rhabditida)</w:t>
+                <w:t xml:space="preserve">Study of mariner-like transposable elements in the entomopathogenic nematode Heterorhabditis bacteriophora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Abad</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Abadon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Biochemical Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 83 (1), pp.47-56</w:t>
+              <w:t xml:space="preserve">Nematropica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 26 (3), pp.268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02683977v1</w:t>
+                <w:t xml:space="preserve">hal-02688898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Steinernematidae and Heterorhabditidae entomopathogenic nematodes</w:t>
+                <w:t xml:space="preserve">Molecular characterization of two species-specific tandemly repeated DNAs from entomopathogenic nematodes Steinernema and Heterorhabditis (Nematoda : Rhabditida)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Laumond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 113-5, pp.483-489</w:t>
+              <w:t xml:space="preserve">Molecular and Biochemical Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 83 (1), pp.47-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02693299v1</w:t>
+                <w:t xml:space="preserve">hal-02683977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariner-like elements in the entomoparasitic nematode Heterorhabditis bacteriophora (Nematoda : Rhabditida)</w:t>
+                <w:t xml:space="preserve">Characterization of a species-specific satellite DNA from the entomopathogenic nematode Steinernema carpocapsae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Worm Breeder's Gazette</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 14 (1), 1 p</w:t>
+              <w:t xml:space="preserve">Molecular and Biochemical Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 69, pp.93-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02710587v1</w:t>
+                <w:t xml:space="preserve">hal-02705809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a species-specific satellite DNA from the entomopathogenic nematode Steinernema carpocapsae</w:t>
+                <w:t xml:space="preserve">Mariner-like elements in the entomoparasitic nematode Heterorhabditis bacteriophora (Nematoda : Rhabditida)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Abadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Biochemical Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 69, pp.93-100</w:t>
+              <w:t xml:space="preserve">Worm Breeder's Gazette</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 14 (1), 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02705809v1</w:t>
+                <w:t xml:space="preserve">hal-02710587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8608,51 +8608,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génotypage par séquençage : GBS (Genotyping By Sequencing)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principes des techniques de biologie moléculaire et génomique : 3e édition revue et augmentée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quae, 2018, Savoir Faire, 978-2-7592-2389-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8813,51 +8813,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R-Syst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Auger-Rozenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9060,260 +9060,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structure and evolution of potato cyst nematodes populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptomic particularities among species of globodera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sabeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lafond-Lapalme</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. St-Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mimee</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting of the Society of Nematologists and the Organization of Nematologists of Tropical America (ONTA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2016, Montréal, Canada. 387 p</w:t>
+              <w:t xml:space="preserve">, Jun 2016, Montreal, Canada. 387 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602867v1</w:t>
+                <w:t xml:space="preserve">hal-01602956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic particularities among species of globodera</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic structure and evolution of potato cyst nematodes populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. St-Arnaud</w:t>
+                <w:t xml:space="preserve">P. -Y. Veronneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Mimee</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Lafond-Lapalme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Montarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting of the Society of Nematologists and the Organization of Nematologists of Tropical America (ONTA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2016, Montreal, Canada. 387 p</w:t>
+              <w:t xml:space="preserve">, Jun 2016, Montréal, Canada. 387 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602956v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genome of the yellow potato cyst nematode, Globodera rostochiensis, reveals in-sights into the bases of parasitism and virulence</w:t>
               </w:r>
@@ -9351,51 +9351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. J. Lilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting of the Society of Nematologists and the Organization of Nematologists of Tropical America (ONTA), 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Montréal, Canada. 387 p</w:t>
@@ -9424,90 +9424,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome scans on experimentaly evolved globodera pallida populations to identify molceular basis of adaptation to GPAV(VRN) potato resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9549,103 +9549,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterozygote deficits in cyst forming plant parasitic nematodes: disentangling consanguinity and Wahlund effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Loup Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gracianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bardou-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Biology of Caenorhabditis and other Nematodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Cambridge, United Kingdom</w:t>
@@ -9808,64 +9808,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic structure of golden nematode populations from Québec, Canada, with the use of new microsatellite markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Christine Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Mimee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Montarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bélair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9959,64 +9959,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Annual Meeting of the COST 872</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Postojna, Slovenia</w:t>
@@ -10039,303 +10039,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two resistance QTLs display induced and constitutive, as well as additive and epistatic effects, on transcription of defense-related genes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Use of genomic information in a program of sustainable resistance to Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Annual Meeting COST 872</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, La Colle-sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753013v1</w:t>
+                <w:t xml:space="preserve">hal-02752126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of genomic information in a program of sustainable resistance to Globodera pallida</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Two resistance QTLs display induced and constitutive, as well as additive and epistatic effects, on transcription of defense-related genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique de Conto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Annual Meeting COST 872</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, La Colle-sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752126v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude transcriptomique de la résistance quantitative de la pomme de terre au nématode à kyste Globoderra pallida : validation de TDFs et recherche de gènes candidats par Q-PCR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique de Conto Haby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10343,51 +10343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
@@ -10455,51 +10455,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10535,420 +10535,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariner element in the entomopathogenic Heterorhabditis bacteriophora</w:t>
+                <w:t xml:space="preserve">Satellite DNAs in entomopathogenic nematodes and their use as diagnostic markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Abadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque : Proceedings of the Worshop Held</w:t>
+              <w:t xml:space="preserve">COST meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1997, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02770754v1</w:t>
+                <w:t xml:space="preserve">hal-02771314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite DNAs in entomopathogenic nematodes and their use as diagnostic markers</w:t>
+                <w:t xml:space="preserve">Mariner element in the entomopathogenic Heterorhabditis bacteriophora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Abadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Castagnone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST meeting</w:t>
+              <w:t xml:space="preserve">Colloque : Proceedings of the Worshop Held</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1997, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02771314v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02770754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of mariner-like transposable elements in the entomopathogenic nematode Heterorhabditis bacteriophora</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Heterorhabditidae entomopathogenic nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonifassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Monique Abadon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. international nematology congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 1996, Gosier, France. pp.148</w:t>
+              <w:t xml:space="preserve">, Jul 1996, Gosier, France. pp.126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02839713v1</w:t>
+                <w:t xml:space="preserve">hal-02839233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Heterorhabditidae entomopathogenic nematodes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of mariner-like transposable elements in the entomopathogenic nematode Heterorhabditis bacteriophora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Abadon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. international nematology congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 1996, Gosier, France. pp.126</w:t>
+              <w:t xml:space="preserve">, Jul 1996, Gosier, France. pp.148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02839233v1</w:t>
+                <w:t xml:space="preserve">hal-02839713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of species-specific satellite DNAs as diagnostic probes in the identification of Heterorhabditidae entomopathogenic nematodes</w:t>
               </w:r>
@@ -11294,77 +11294,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricio Castro Quezada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawad Aarrouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Congrès de la Société Française de Phytopathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Paris, France. 2012</w:t>
@@ -11507,51 +11507,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and use of species-specific satellite DNA from Steinernema carpocapsae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laumond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11800,51 +11800,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1220AE65"/>
+    <w:nsid w:val="B421A69F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12031,51 +12031,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-grenier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2260-1101" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112881777" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/Q-7349-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05215193v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei A. Subbotin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan E. Palomares-Rius" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a C&#243;rdoba-S&#225;nchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana V Roubtsova" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M Bostock" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-bja10420" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05515711v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fouville" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grenier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-bja10448" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420690v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lechevalier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.70181" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984207v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11332-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04945466v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Folcher" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299864v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Fourdin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70105" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04727311v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Biget" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmpp.2024.102434" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757687v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chereau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lebreton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-bja10361" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04640037v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M. Mwangi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kiewnick" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohong Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mimee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64617-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169532v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahid Siddique" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Radakovic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Hiltl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Pellegrin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baum" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33769-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696582v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Garcia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buisson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0265070" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319310v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thevenoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Linh Le" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Villess&#232;che" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beurton-Aimar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106058" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03734053v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G J Danchin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios D Koutsovoulos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave T Ste-Croix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-09-20-0418-rvw" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516954v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epp.12774" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469129v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. N. Hesse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Moreno" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Acevedo Pardo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pacheco Fuentes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21307/jofnem-2021-088" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457188v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gautier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Piriou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13102" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288590v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Eoche-Bosy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03132824v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12896" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03296984v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiewnick" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Smant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205989v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Le Roux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-S Neveux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huchet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dewaegeneire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/t739-bg56" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140232v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Dwi Handayani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabowo Lestari" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein Couvreur" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-020-02078-7" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141972v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Renault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;claude Yvin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6248" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291476v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yvin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2019.04.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622021v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bardou-Valette" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mabon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loup Jan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.2359" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291480v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sabeh" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lord" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc St-Arnaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5853-4" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077536v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarniguet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buisson" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ollivier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12914" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625400v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Maupetit" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ricci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-00003136" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010144v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11540-018-9358-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077526v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Pellan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Porte" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02801" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625791v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gamel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Letort" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-00003086" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01605681v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14240" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625021v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauthier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Juhel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12646" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439090v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Eves-van Den Akker" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik R. Laetsch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thorpe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine J. Lilley" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G. J. Danchin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-0985-1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462725v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0741-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208766v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gracianne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D.J. Overall" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13142" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DMLSG3CZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208743v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Alenda" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2014.07.027" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208608v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carpentier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Philippe Hamel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moffett" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-13-87" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208687v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gallot-Le Grand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmpp.2013.08.004" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208645v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Christine Boucher" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Belair" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2013.05.020" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CNBSNJN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208666v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Hockland" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjoern Niere" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Blok" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Phillips" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/138855411X587112" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645442v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Geric Stare" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sirca" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Urek" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-010-9413-4" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8C5DBA1C0B1ACB435DEEA69D3F705E890031EFFC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667349v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Petit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Anthoine" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/138855409x12573393054942" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-M8DRV4VD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664774v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caromel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Ann Sacco" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Koropacka" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne J. Jaubert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Blanchard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000564" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668101v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Jones" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Kumar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya A. Pylypenko" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarnath Thirugnanasambandam" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Castelli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2009.00585.x" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189285v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.1482" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660975v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chauvin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rulliat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2008.0217" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657961v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Picard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scurrah" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2008.03718.x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-04TT4FFK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653752v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugniery" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jhered/esm050" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659026v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moussart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Onfroy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lesn&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-006-9071-y" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3VXV2RS2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654200v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Jolivet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/G07-015" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676947v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmpp.2005.09.001" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2PV56XM1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671585v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent March&#233;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672416v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bossis" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renault" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694750v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugni&#233;ry" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/gen-44-6-941" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403402v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marche" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/g01-091" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687574v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Abadon" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692514v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laumond" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688260v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697511v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Catzeflis" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687275v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonifassi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688898v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683977v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693299v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710587v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705809v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318984v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805923v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1007/978-94-007-0434-3_14" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0434-3_14" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204276v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Auger-Rozenberg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02836936v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602867v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. -Y. Veronneau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lafond-Lapalme" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602956v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sabeh" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. St-Arnaud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mimee" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604220v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eves-van den Akker" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Laetsch" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thorpe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Lilley" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602955v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208776v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208669v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mariette" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208670v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B&#233;lair" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moffett" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752254v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753013v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Claverie" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752126v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758296v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto Haby" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829173v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jolivet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770754v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Castagnone" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771314v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839713v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839233v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836466v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838054v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05218467v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Attard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Saint Germain" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208737v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Castro Quezada" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aarrouf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837170v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849660v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851949v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daire" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boudon-Padieu" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bervill&#233;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caudwell" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-grenier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2260-1101" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112881777" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/Q-7349-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05215193v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei A. Subbotin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan E. Palomares-Rius" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a C&#243;rdoba-S&#225;nchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana V Roubtsova" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M Bostock" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-bja10420" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05515711v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fouville" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grenier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-bja10448" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04945466v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Folcher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984207v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lechevalier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11332-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299864v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Fourdin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70105" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420690v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.70181" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757687v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Biget" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chereau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lebreton" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-bja10361" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04727311v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmpp.2024.102434" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04640037v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M. Mwangi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kiewnick" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohong Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mimee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64617-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696582v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Garcia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buisson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0265070" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169532v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahid Siddique" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Radakovic" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Hiltl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Pellegrin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baum" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33769-w" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469129v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. N. Hesse" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Moreno" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Acevedo Pardo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pacheco Fuentes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21307/jofnem-2021-088" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03734053v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G J Danchin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios D Koutsovoulos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave T Ste-Croix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-09-20-0418-rvw" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319310v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thevenoux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Linh Le" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Villess&#232;che" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beurton-Aimar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2021.106058" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516954v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epp.12774" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141972v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gautier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Piriou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Renault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;claude Yvin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6248" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13102" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03132824v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12896" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288590v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Eoche-Bosy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03296984v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiewnick" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Smant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205989v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Le Roux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-S Neveux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huchet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dewaegeneire" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/t739-bg56" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140232v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Dwi Handayani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabowo Lestari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein Couvreur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-020-02078-7" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291480v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sabeh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lord" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc St-Arnaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5853-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291476v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yvin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2019.04.011" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622021v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bardou-Valette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mabon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loup Jan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.2359" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625400v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Maupetit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ricci" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-00003136" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077536v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarniguet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buisson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ollivier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12914" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010144v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11540-018-9358-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077526v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Pellan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Porte" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02801" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625791v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gamel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Letort" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685411-00003086" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01605681v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14240" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625021v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauthier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Juhel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12646" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462725v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0741-5" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439090v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Eves-van Den Akker" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik R. Laetsch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thorpe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine J. Lilley" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne G. J. Danchin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-0985-1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208766v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gracianne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D.J. Overall" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13142" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DMLSG3CZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208743v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Alenda" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2014.07.027" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208608v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carpentier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Philippe Hamel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moffett" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-13-87" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208687v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gallot-Le Grand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmpp.2013.08.004" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208645v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Christine Boucher" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Belair" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2013.05.020" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CNBSNJN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208666v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sue Hockland" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjoern Niere" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Blok" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Phillips" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/138855411X587112" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645442v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Geric Stare" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sirca" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Urek" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-010-9413-4" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8C5DBA1C0B1ACB435DEEA69D3F705E890031EFFC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667349v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Petit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Anthoine" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/138855409x12573393054942" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-M8DRV4VD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668101v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Jones" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Kumar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya A. Pylypenko" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarnath Thirugnanasambandam" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Castelli" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2009.00585.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664774v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caromel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658668v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Ann Sacco" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Koropacka" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne J. Jaubert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Blanchard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000564" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660975v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chauvin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rulliat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2008.0217" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189285v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt.1482" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657961v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Picard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Scurrah" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2008.03718.x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-04TT4FFK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653752v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugniery" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jhered/esm050" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659026v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moussart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Onfroy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lesn&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-006-9071-y" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3VXV2RS2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654200v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Jolivet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/G07-015" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676947v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmpp.2005.09.001" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2PV56XM1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671585v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent March&#233;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672416v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bossis" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renault" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694750v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugni&#233;ry" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/gen-44-6-941" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403402v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marche" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/g01-091" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687574v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Abadon" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692514v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laumond" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688260v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697511v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Catzeflis" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693299v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonifassi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687275v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688898v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683977v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705809v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710587v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318984v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805923v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1007/978-94-007-0434-3_14" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0434-3_14" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204276v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Auger-Rozenberg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02836936v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602956v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sabeh" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. St-Arnaud" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mimee" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602867v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. -Y. Veronneau" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lafond-Lapalme" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604220v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eves-van den Akker" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Laetsch" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thorpe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J. Lilley" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602955v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208776v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208669v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mariette" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208670v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B&#233;lair" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moffett" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752254v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752126v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753013v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Claverie" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758296v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto Haby" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829173v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jolivet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771314v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770754v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Castagnone" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839233v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839713v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836466v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838054v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05218467v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Attard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Saint Germain" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208737v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Castro Quezada" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aarrouf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837170v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849660v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851949v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daire" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boudon-Padieu" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bervill&#233;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caudwell" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>