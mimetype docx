--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Hanocq </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plant breeder</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixing Ability of Intercropped Wheat Varieties: Stability Across Environments and Tester Legume Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.877791. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.877791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeaMUST (Pea MultiStress Tolerance), a multidisciplinary French project uniting researchers, plant breeders, and the food industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Burstin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlan Avia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estefania Carillo-Perdomo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Beji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legume Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (3), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/leg3.108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03671280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic variability and QTL mapping of freezing tolerance and related traits in [i]Medicago truncatula[/i]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlan Avia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Bahrman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delbreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 126 (9), pp.2353-2366. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-013-2140-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achievements in breeding autumn-sown annual legumes for temperate regions with emphasis on the continental Balkans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Mikic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vojislav Mihailovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Branko Cupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dordević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Milić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphytica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 180 (1), pp.57-67. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10681-011-0453-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel impact des innovations génétiques pour lever les facteurs limitant la production du pois protéagineux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Moussart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, pp.59-78. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/301c-3654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of sugar content QTL and PQL with physiological traits relevant to frost damage resistance in pea under field and controlled conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Vuylsteker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Sellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bodele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 118 (8), pp.1561-1571. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-009-1004-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire des idéotypes pour des systèmes de culture variés en pois d’hiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie G. Munier-Jolain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7, pp.14-28. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2mmh-xx55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The flowering locus Hr colocalizes with a major QTL affecting winter frost tolerance in Pisum sativum L</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Bethencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Delbreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 116 (8), pp.1105-1116. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-008-0739-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling nitrogen stress with probe genotypes to assess genetic parameters and genetic determinism of winter wheat tolerance to nitrogen constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brancourt-Hulmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphytica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 161 (1-2), pp.259-271. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10681-007-9433-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using genotype × nitrogen interaction variables to evaluate the QTL involved in wheat tolerance to nitrogen constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Brancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Heumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 115 (3), pp.399-415. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-007-0575-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of MapPop1.0 for choosing a QTL mapping sample from an advanced backcross population.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Birolleau-Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bauland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dourien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 114 (6), pp.1019-1028. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-006-0495-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des variétés de blé économes en azote: Un enjeu pour la sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse M. Brancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Devienne-Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Savin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 323, pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation analysis to test the influence of model adequacy and data structure on the estimation of genetic parameters for traits with direct and maternal effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard B. Bibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Manfredi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 33, pp.369-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation analysis to test the influence of model adequacy and data structure on the estimation of genetic parameters for traits with direct and maternal effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Manfredi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 33 (4), pp.369-395. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/gse:2001123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between expression of reproductive seasonality and alleles of the gene for Mel 1a receptor in the ewe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology of Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 62, pp.1096-1101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of spontaneous spring ovulatory activity in Merinos d'Arles sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Thimonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31 (1), pp.77-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of spontaneous spring ovulatory activity in Merinos d'Arles sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thimonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31, pp.77-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la connexion en population bovine Holstein française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31 (2), pp.163-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le point sur la notion de connexion en génétique animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard B. Bibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 12 (2), pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la connexion en population bovine Holstein française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31, pp.163-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connectedness in the French Holstein cattle population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31 (2), pp.163-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation study of the effect of connectedness on genetic trend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl Foulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (1), pp.67-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation study of the effect of connectedness on genetic trend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (1), pp.67-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A criterion for measuring the degree of connectedness in linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 24 (4), pp.315-330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A criterion for measuring the degree of connectedness in linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 24 (4), pp.315-330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00893960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation variétale chez les légumineuses à graines. Webinaire - Share & Learn Valorisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lejeune-Hénaut,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dominguez-Munaiz,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Share &amp; Learn Valorisation. Département BAP INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation variétale chez les légumineuses à graines. Webinaire - Share & Learn Valorisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lejeune-Hénaut,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dominguez-Munaiz,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Share &amp; Learn Valorisation. Département BAP INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic selection programs for yield stability in pea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Richer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Herbommez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Meeting PeaMUST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Dijon, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveautés variétales de Pois Hr, adaptation au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Carroué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Biarnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Larmure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de lancement «Plan Protéines Bourgogne»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Chalon-sur-Saône, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative trait mapping of winter frost tolerance in pea colocalization with a locus of response to the photoperiod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Bethencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Delbreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. European Conference on Grain Legumes "Integrating legume biology for sustainable agriculture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Lisbon, Portugal. 199 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La connexion dans l'évaluation en ferme des ruminants allaitants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Journaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1999, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique de la reproduction chez les ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lajous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité génétique de l'activité ovulatoire spontanée au printemps en race ovine Mérinos d'Arles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des objectifs de sélection chez les ruminants allaitants: situation actuelle et perspectives d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques J. Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul J. P. Poivey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measures of connectedness in animal breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deutsche Gesellschaft für Züchtungskunde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Werder, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux critères pour décrire la structure des données d'un dispositif: principe et éléments d'interprétation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Planification expérimentale en génétique animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, St Martin de Ré, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring connectedness in genetic evaluation with an application to Limousin and Maine Anjou sires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. International conference on animal genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1992, Interlaken, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02777801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementary approaches towards the discovery of genes controlling yield in pea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlan Avia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Herbommez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Legume Genetics and Genomics (ICLGG 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Dijon, France. , 2019, Let's harness the potential of legumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets IVD INRA-AgriObtentions variétales pour les légumineuses à graines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Cailliatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection pour les associations blé-pois : les caractéristiques des variétés de pois en culture pure sont-elles prédictives de leur comportement en culture associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Falchetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Legall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 2018, RFL2 Rencontres Francophones Légumineuses. Pour la terre et les hommes, les légumineuses au coeur de l’innovation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards genome-wide breeding for yield stability in spring pea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim N. Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Siol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Herbommez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Annual Meeting PeaMUST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La connexion dans l'évaluation en ferme des ruminants allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Journaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 p., 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for spontaneous out-of-season ovulatory activity in ewes of the merinos d'Arles breed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Thimonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4 p., 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique de la reproduction et des qualités maternelles chez les ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lajous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20 p., 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la connexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Inra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Institut de L'Elevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">25 p., 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice d'utilisation des programmes SAS et FORTRAN destinés à l'étude de la connexion entre troupeaux liée à l'utilisation des mâles (Version du 24/10/97)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">11 p., 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing fall-sown pea cultivars as an answer to the challenges of climatic changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Mikic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vojislav Mihailovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Branko Cupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peas : Cultivation, Varieties and Nutritional Uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 ed., </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nova Science Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Food Science and Technology Series (Nova Science Publishers), 978-1-61942-866-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la connexion en sélection animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Agronomique Paris Grignon, 1995. Français. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02843193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId180"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Hanocq </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plant breeder</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixing Ability of Intercropped Wheat Varieties: Stability Across Environments and Tester Legume Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.877791. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2022.877791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeaMUST (Pea MultiStress Tolerance), a multidisciplinary French project uniting researchers, plant breeders, and the food industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Burstin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlan Avia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estefania Carillo-Perdomo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Beji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legume Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (3), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/leg3.108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03671280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic variability and QTL mapping of freezing tolerance and related traits in [i]Medicago truncatula[/i]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlan Avia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasser Bahrman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delbreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 126 (9), pp.2353-2366. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-013-2140-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achievements in breeding autumn-sown annual legumes for temperate regions with emphasis on the continental Balkans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Mikic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vojislav Mihailovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Branko Cupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dordević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Milić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphytica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 180 (1), pp.57-67. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10681-011-0453-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel impact des innovations génétiques pour lever les facteurs limitant la production du pois protéagineux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Moussart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, pp.59-78. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/301c-3654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of sugar content QTL and PQL with physiological traits relevant to frost damage resistance in pea under field and controlled conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Vuylsteker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Sellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bodele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 118 (8), pp.1561-1571. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-009-1004-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire des idéotypes pour des systèmes de culture variés en pois d’hiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie G. Munier-Jolain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7, pp.14-28. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/2mmh-xx55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The flowering locus Hr colocalizes with a major QTL affecting winter frost tolerance in Pisum sativum L</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Bethencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Delbreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 116 (8), pp.1105-1116. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-008-0739-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling nitrogen stress with probe genotypes to assess genetic parameters and genetic determinism of winter wheat tolerance to nitrogen constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brancourt-Hulmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphytica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 161 (1-2), pp.259-271. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10681-007-9433-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00729888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using genotype × nitrogen interaction variables to evaluate the QTL involved in wheat tolerance to nitrogen constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Brancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Heumez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 115 (3), pp.399-415. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-007-0575-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of MapPop1.0 for choosing a QTL mapping sample from an advanced backcross population.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Birolleau-Touchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bauland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dourien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 114 (6), pp.1019-1028. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00122-006-0495-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des variétés de blé économes en azote: Un enjeu pour la sélection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laperche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse M. Brancourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Devienne-Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Savin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 323, pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation analysis to test the influence of model adequacy and data structure on the estimation of genetic parameters for traits with direct and maternal effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard B. Bibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Manfredi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 33, pp.369-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation analysis to test the influence of model adequacy and data structure on the estimation of genetic parameters for traits with direct and maternal effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bibé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Verrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Manfredi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 33 (4), pp.369-395. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/gse:2001123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between expression of reproductive seasonality and alleles of the gene for Mel 1a receptor in the ewe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology of Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 62, pp.1096-1101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02688383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of spontaneous spring ovulatory activity in Merinos d'Arles sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thimonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31, pp.77-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la connexion en population bovine Holstein française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31 (2), pp.163-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters of spontaneous spring ovulatory activity in Merinos d'Arles sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Thimonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31 (1), pp.77-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le point sur la notion de connexion en génétique animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard B. Bibé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 12 (2), pp.101-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la connexion en population bovine Holstein française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31, pp.163-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connectedness in the French Holstein cattle population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 31 (2), pp.163-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation study of the effect of connectedness on genetic trend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl Foulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (1), pp.67-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation study of the effect of connectedness on genetic trend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 28 (1), pp.67-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A criterion for measuring the degree of connectedness in linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 24 (4), pp.315-330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A criterion for measuring the degree of connectedness in linear models of genetic evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jl Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 24 (4), pp.315-330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00893960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation variétale chez les légumineuses à graines. Webinaire - Share & Learn Valorisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lejeune-Hénaut,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dominguez-Munaiz,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Share &amp; Learn Valorisation. Département BAP INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation variétale chez les légumineuses à graines. Webinaire - Share & Learn Valorisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lejeune-Hénaut,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dominguez-Munaiz,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire Share &amp; Learn Valorisation. Département BAP INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genomic selection programs for yield stability in pea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Richer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Herbommez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Annual Meeting PeaMUST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Dijon, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveautés variétales de Pois Hr, adaptation au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lecomte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Carroué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Biarnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Larmure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de lancement «Plan Protéines Bourgogne»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Chalon-sur-Saône, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative trait mapping of winter frost tolerance in pea colocalization with a locus of response to the photoperiod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Bethencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Delbreil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. European Conference on Grain Legumes "Integrating legume biology for sustainable agriculture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Lisbon, Portugal. 199 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La connexion dans l'évaluation en ferme des ruminants allaitants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Journaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1999, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique de la reproduction chez les ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lajous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité génétique de l'activité ovulatoire spontanée au printemps en race ovine Mérinos d'Arles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des objectifs de sélection chez les ruminants allaitants: situation actuelle et perspectives d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Phocas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques J. Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Renand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Paul J. P. Poivey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measures of connectedness in animal breeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deutsche Gesellschaft für Züchtungskunde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1996, Werder, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux critères pour décrire la structure des données d'un dispositif: principe et éléments d'interprétation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Planification expérimentale en génétique animale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, St Martin de Ré, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring connectedness in genetic evaluation with an application to Limousin and Maine Anjou sires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis J. L. Foulley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Boichard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. International conference on animal genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1992, Interlaken, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02777801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementary approaches towards the discovery of genes controlling yield in pea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlan Avia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Herbommez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Legume Genetics and Genomics (ICLGG 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Dijon, France. , 2019, Let's harness the potential of legumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets IVD INRA-AgriObtentions variétales pour les légumineuses à graines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Cailliatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélection pour les associations blé-pois : les caractéristiques des variétés de pois en culture pure sont-elles prédictives de leur comportement en culture associé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moutier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Floriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Falchetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Legall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFL2 Rencontres Francophones Légumineuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 2018, RFL2 Rencontres Francophones Légumineuses. Pour la terre et les hommes, les légumineuses au coeur de l’innovation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards genome-wide breeding for yield stability in spring pea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadim N. Tayeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Siol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Herbommez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Annual Meeting PeaMUST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La connexion dans l'évaluation en ferme des ruminants allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Journaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 p., 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic parameters for spontaneous out-of-season ovulatory activity in ewes of the merinos d'Arles breed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Thimonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Malpaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4 p., 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique de la reproduction et des qualités maternelles chez les ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loys L. Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Lajous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20 p., 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la connexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Inra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Institut de L'Elevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">25 p., 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02842233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice d'utilisation des programmes SAS et FORTRAN destinés à l'étude de la connexion entre troupeaux liée à l'utilisation des mâles (Version du 24/10/97)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tiphine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">11 p., 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02840809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing fall-sown pea cultivars as an answer to the challenges of climatic changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Mikic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vojislav Mihailovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Branko Cupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Lejeune-Henaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peas : Cultivation, Varieties and Nutritional Uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1 ed., </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nova Science Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Food Science and Technology Series (Nova Science Publishers), 978-1-61942-866-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la connexion en sélection animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Hanocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Agronomique Paris Grignon, 1995. Français. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02843193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId180"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718343v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moutier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hanocq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marget" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.877791" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671280v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carillo-Perdomo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/leg3.108" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208635v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delbreil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-013-2140-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VJPDM9L4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644874v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Mikic" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojislav Mihailovic" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dordevi&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mili&#263;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-011-0453-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F55A1798BEEDBD52C9C9F1BBE137CAD2F63397DA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664598v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moussart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/301c-3654" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427669v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fontaine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vuylsteker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodele" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-009-1004-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PC67N9JQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173249v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie G. Munier-Jolain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2mmh-xx55" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660994v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Bethencourt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-008-0739-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KP7XFM8Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729888v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brancourt-Hulmel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-007-9433-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N6BZMMSG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192300v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Brancourt" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Heumez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gardet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0575-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-19CPLWBD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655103v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Birolleau-Touchard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bauland" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dourien" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-006-0495-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C8292723E39E36D2AD8AFB16827E336CD6877E6F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655128v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse M. Brancourt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Savin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673472v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel J. M. Elsen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Manfredi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894379v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bib&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Verrier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Elsen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2001123" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pelletier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malpaux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Teyssier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694981v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thimonier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199753v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thimonier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teyssier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malpaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697272v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697483v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiphine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199745v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boichard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894260v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894121v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hanocq" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Boichard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Foulley" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683792v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Foulley" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712848v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00893960v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04547442v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-H&#233;naut," TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Floriot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Dominguez-Munaiz," TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647059v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603996v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Klein" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Herbommez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Declerck" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Floriot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743637v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carrou&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Biarn&#232;s" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Larmure" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758457v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769879v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journaux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771733v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lajous" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770273v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bosc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767000v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Renand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Poivey" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766315v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777801v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928007v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Herbommez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Declerck" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737028v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Floriot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marget" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cailliatte" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737297v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brun" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falchetto" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Legall" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741945v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim N. Tayeh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Siol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pichon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842228v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841582v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841823v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842233v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut de L'Elevage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840809v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809798v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=28484" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843193v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718343v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moutier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hanocq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marget" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.877791" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671280v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carillo-Perdomo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/leg3.108" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208635v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Bahrman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delbreil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-013-2140-7" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VJPDM9L4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644874v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Mikic" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojislav Mihailovic" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branko Cupina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dordevi&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mili&#263;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-011-0453-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F55A1798BEEDBD52C9C9F1BBE137CAD2F63397DA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664598v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moussart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/301c-3654" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427669v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fontaine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vuylsteker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sellier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bodele" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-009-1004-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PC67N9JQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173249v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie G. Munier-Jolain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2mmh-xx55" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660994v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Bethencourt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-008-0739-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KP7XFM8Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729888v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brancourt-Hulmel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-007-9433-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N6BZMMSG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192300v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Brancourt" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Heumez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gardet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0575-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-19CPLWBD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655103v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Birolleau-Touchard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bouchez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bauland" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dourien" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-006-0495-8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C8292723E39E36D2AD8AFB16827E336CD6877E6F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655128v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse M. Brancourt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Savin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673472v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel J. M. Elsen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Manfredi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894379v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bib&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Verrier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Elsen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2001123" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pelletier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malpaux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Teyssier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199753v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thimonier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Teyssier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malpaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697272v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694981v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thimonier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697483v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiphine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199745v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boichard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894260v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894121v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hanocq" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Boichard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Foulley" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683792v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Foulley" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712848v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00893960v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04547442v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Tayeh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-H&#233;naut," TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Floriot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Dominguez-Munaiz," TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647059v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603996v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Klein" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Herbommez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Declerck" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Floriot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743637v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carrou&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Biarn&#232;s" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Larmure" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758457v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769879v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Journaux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771733v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lajous" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770273v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bosc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767000v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Phocas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Bouix" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Renand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Poivey" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766315v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777801v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928007v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Herbommez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Declerck" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737028v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Floriot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marget" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cailliatte" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737297v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brun" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falchetto" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Legall" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741945v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim N. Tayeh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Siol" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pichon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842228v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841582v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841823v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842233v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Inra" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut de L'Elevage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840809v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809798v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=28484" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843193v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>