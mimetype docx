--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,4649 +234,4783 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 30‐Year Journey Towards an Accelerated Scheme for Visualizing ELF Basins in Molecules</w:t>
+                <w:t xml:space="preserve">Thermal Dearomative Rearrangement of α-(Prop-2-enyl)-α′-(pyridin-2-yl) Malonate Derivatives toward 4 H -Dihydroquinolizines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Khartabil</w:t>
+                <w:t xml:space="preserve">Pierre Locquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rajamani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corentin Lefebvre</w:t>
+                <w:t xml:space="preserve">Noam Boussalem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Pilmé</w:t>
+                <w:t xml:space="preserve">Delphine Hatey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Hénon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabienne Grellepois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcc.70146⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 28 (6), pp.2024-2028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c05239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05111048v1</w:t>
+                <w:t xml:space="preserve">hal-05537120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Efficient and Stereoselective Aromatic and Dearomative Cope Rearrangements: Experimental and Theoretical Investigations of α‐Allyl‐α’‐Aromatic γ‐Lactone Derivatives.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 30‐Year Journey Towards an Accelerated Scheme for Visualizing ELF Basins in Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Grellepois</w:t>
+                <w:t xml:space="preserve">H. Khartabil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Blanc</w:t>
+                <w:t xml:space="preserve">A. Rajamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Hénon</w:t>
+                <w:t xml:space="preserve">J. Pilmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Riguet</w:t>
+                <w:t xml:space="preserve">E. Hénon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (16), </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202304138⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcc.70146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495912v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05111048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking the Aromatic Cope Rearrangement with Gold(I) Catalysis</w:t>
+                <w:t xml:space="preserve">Toward Efficient and Stereoselective Aromatic and Dearomative Cope Rearrangements: Experimental and Theoretical Investigations of α‐Allyl‐α’‐Aromatic γ‐Lactone Derivatives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Locquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Akilan Rajamani</w:t>
+                <w:t xml:space="preserve">Morgane Mando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Grellepois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Pereira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Grellepois</w:t>
+                <w:t xml:space="preserve">Aurélien Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Weibel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Riguet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (24), pp.18884. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscatal.4c06662⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202304138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04764412v2</w:t>
+                <w:t xml:space="preserve">hal-04495912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Water‐Soluble Au(III) Complexes with Xyloside‐Based Ligands: Synthesis, Structural Characterization, Solution Studies and Catalytic Evaluation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unlocking the Aromatic Cope Rearrangement with Gold(I) Catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Locquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akilan Rajamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Pascual</w:t>
+                <w:t xml:space="preserve">Rémi Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Grellepois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Boudesocque</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aminou Mohamadou</w:t>
+                <w:t xml:space="preserve">Jean-Marc Weibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202200581⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (24), pp.18884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.4c06662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04155829v1</w:t>
+                <w:t xml:space="preserve">hal-04764412v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Role of Noncovalent Interactions in the Conformations of Dibenzo‐1,5‐dichalcogenocines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Water‐Soluble Au(III) Complexes with Xyloside‐Based Ligands: Synthesis, Structural Characterization, Solution Studies and Catalytic Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Pascual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Boudesocque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Weiss</w:t>
+                <w:t xml:space="preserve">Laurent Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Cornaton</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Hénon</w:t>
+                <w:t xml:space="preserve">Aminou Mohamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPlusChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cplu.202100518⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202200581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03550827v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addition of Vindoline to p-Benzoquinone: Regiochemistry, Stereochemistry and Symmetry Considerations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the Role of Noncovalent Interactions in the Conformations of Dibenzo‐1,5‐dichalcogenocines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shamsher Ali</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Yann Cornaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Khartabil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Groslambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26216395⟩</w:t>
+              <w:t xml:space="preserve">ChemPlusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 87, pp.e202100518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cplu.202100518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406894v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyridazinone derivatives as potential anti-inflammatory agents: synthesis and biological evaluation as PDE4 inhibitors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addition of Vindoline to p-Benzoquinone: Regiochemistry, Stereochemistry and Symmetry Considerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shamsher Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+                <w:t xml:space="preserve">Ritchy Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Moniot</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Georges Massiot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0md00423e⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (21), pp.6395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26216395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352041v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Step toward the Quantification of Noncovalent Interactions in Large Biological Systems: The Independent Gradient Model-Extremely Localized Molecular Orbital Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pyridazinone derivatives as potential anti-inflammatory agents: synthesis and biological evaluation as PDE4 inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolo Bisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erna Wieduwilt</w:t>
+                <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandra Audonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.0c01188⟩</w:t>
+              <w:t xml:space="preserve">RSC Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.584 - 592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0md00423e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03114658v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Way for Probing Bond Strength</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Step toward the Quantification of Noncovalent Interactions in Large Biological Systems: The Independent Gradient Model-Extremely Localized Molecular Orbital Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erna Wieduwilt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Klein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
+                <w:t xml:space="preserve">Giancarlo Terraneo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Contreras-Garcia</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alessandro Genoni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.9b09845⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (2), pp.795-809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.0c01188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377737v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03114658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic insights into Smiles rearrangement. Focus on π–π stacking interactions along the radical cascade</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassan Khartabil</w:t>
+                <w:t xml:space="preserve">A New Way for Probing Bond Strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Khartabil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Doudet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
+                <w:t xml:space="preserve">J. Contreras-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Gérard</w:t>
+                <w:t xml:space="preserve">Jean-Philip Piquemal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 18 (35), pp.6840-6848. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (9), pp.1850-1860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0OB01511C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.9b09845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03372250v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel approach to accurately predict bond strength and ligand lability in platinum-based anticancer drugs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Mechanistic insights into Smiles rearrangement. Focus on π–π stacking interactions along the radical cascade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Khartabil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Doudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0DT02552F⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (35), pp.6840-6848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0OB01511C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03372249v1</w:t>
+                <w:t xml:space="preserve">hal-03372250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Atomic Decomposition Scheme of Noncovalent Interactions applied to Host-Guest Assemblies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Novel approach to accurately predict bond strength and ligand lability in platinum-based anticancer drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (36), pp.12632-12642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0DT02552F⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.9b01016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02429354v1</w:t>
+                <w:t xml:space="preserve">hal-03372249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Independent Gradient Model: a new approach for probing strong and weak interactions in molecules from wave function calculations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Atomic Decomposition Scheme of Noncovalent Interactions applied to Host-Guest Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Ponce-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60 (1), pp.268-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.9b01016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cphc.201701325⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03377532v1</w:t>
+                <w:t xml:space="preserve">hal-02429354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and biological evaluation of pyridazinone derivatives as potential anti-inflammatory agents</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+                <w:t xml:space="preserve">The Independent Gradient Model: a new approach for probing strong and weak interactions in molecules from wave function calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Khartabil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurette Malleret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tatyana Yegorova</w:t>
+                <w:t xml:space="preserve">Julia Contreras-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philip Piquemal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.01.035⟩</w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (6), pp.724-735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.201701325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02024470v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPU accelerated implementation of NCI calculations using promolecular density</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and biological evaluation of pyridazinone derivatives as potential anti-inflammatory agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Barberot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Allart-Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Rubez</w:t>
+                <w:t xml:space="preserve">Laurette Malleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Matthieu Etancelin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
+                <w:t xml:space="preserve">Tatyana Yegorova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcc.24786⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 146, pp.139-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.01.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01497623v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02024470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurately extracting the signature of intermolecular interactions present in the NCI plot of the reduced density gradient versus electron density</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Rubez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Khartabil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Contreras-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (27), pp.17928-17936. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C7CP02110K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02505160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of the first model of a phosphorylated, ATP/Mg 2+ -containing B-Raf monomer by molecular dynamics simulations: a tool for structure-based design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GPU accelerated implementation of NCI calculations using promolecular density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Rubez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Matthieu Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viola Previtali</w:t>
+                <w:t xml:space="preserve">Xavier Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Trujillo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Michael Krajecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Henon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7CP05038K⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38 (14), pp.1071-1083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcc.24786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505102v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01497623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct minimization: Alternative to the traditional L 2 norm to derive partial atomic charges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of the first model of a phosphorylated, ATP/Mg 2+ -containing B-Raf monomer by molecular dynamics simulations: a tool for structure-based design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viola Previtali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Haschka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Hénon</w:t>
+                <w:t xml:space="preserve">Cristina Trujillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Khartabil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jaillet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Etchebest</w:t>
+                <w:t xml:space="preserve">Eric Henon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comptc.2015.10.008⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (46), pp.31177-31185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7CP05038K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02166721v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular properties affecting the adsorption coefficient of pesticides from various chemical families</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct minimization: Alternative to the traditional L 2 norm to derive partial atomic charges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Haschka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Langeron</w:t>
+                <w:t xml:space="preserve">Laurent Martiny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alodie Blondel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michel Couderchet</w:t>
+                <w:t xml:space="preserve">Catherine Etchebest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-014-2916-6⟩</w:t>
+              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1074, pp.50-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comptc.2015.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947490v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02166721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switching Invariant Natural Killer T (iNKT) Cell Response from Anticancerous to Anti-Inflammatory Effect: Molecular Bases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular properties affecting the adsorption coefficient of pesticides from various chemical families</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Langeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alodie Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Laurent</w:t>
+                <w:t xml:space="preserve">Stéphanie Sayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bertin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Silvia Speca</w:t>
+                <w:t xml:space="preserve">Michel Couderchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jm4010863⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (16), pp.9727-9741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-014-2916-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05381388v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KiSThelP: A program to predict thermodynamic properties and rate constants from quantum chemistry results†</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Switching Invariant Natural Killer T (iNKT) Cell Response from Anticancerous to Anti-Inflammatory Effect: Molecular Bases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Canneaux</w:t>
+                <w:t xml:space="preserve">Amaury Farce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Bohr</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Silvia Speca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 35 (1), pp.82 - 93. </w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57 (13), pp.5489-5508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcc.23470⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jm4010863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03377096v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05381388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular properties affecting the adsorption coefficient of phenylurea herbicides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">KiSThelP: A program to predict thermodynamic properties and rate constants from quantum chemistry results†</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Canneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Henon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-013-1654-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 35 (1), pp.82 - 93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcc.23470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945265v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and structure of new dendritic melamines. First use of a tandem C-2-substituted serinol--O,O-masked 4-piperidone as a peripheral unit in iterative synthesis</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Molecular properties affecting the adsorption coefficient of phenylurea herbicides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alodie Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Langeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Sayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Couderchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2012.07.096⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (9), pp.6266-6281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-013-1654-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01016865v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bientôt dans votre amphithéâtre, la chimie fera son cinéma ! De la bonne utilisation des ressources informatiques pour l'enseignement : visualisation moléculaire, illustration de processus chimiques et de modèles physiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Chavent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Baaden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Antonczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Actualité Chimique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 363, pp.42-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00760143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New serinolic amino-s-triazines by chemoselective amination of cyanuric chloride and their (pro)diastereomerism in restricted rotational phenomena</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Design, synthesis and structure of new dendritic melamines. First use of a tandem C-2-substituted serinol--O,O-masked 4-piperidone as a peripheral unit in iterative synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Lameiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oana Moldovan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Tomoaia-Cotisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Agathe Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Central European Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 10 (4), pp.1119-1136. </w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 68 (43), pp.8945-8967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2478/s11532-012-0015-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2012.07.096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01016847v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of the NEO strategy (Nucleophilic addition/Epoxide Opening) for the synthesis of a new C-galactoside ester analogue of KRN 7000.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">New serinolic amino-s-triazines by chemoselective amination of cyanuric chloride and their (pro)diastereomerism in restricted rotational phenomena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Moldovan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Lameiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Martinez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fanny Monneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2011.02.044⟩</w:t>
+              <w:t xml:space="preserve">Central European Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (4), pp.1119-1136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2478/s11532-012-0015-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00579736v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The stimulating adventure of KRN 7000.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Banchet-Cadeddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Dauchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Monneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 9, pp.3080-3104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c0ob00975j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00579731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amino-s-triazines -- Synthesis and stereochemistry of restricted rotational phenomena -- First use of a C-2-substituted serinol in tandem with masked 4-piperidone for selective amination of cyanuric chloride</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Use of the NEO strategy (Nucleophilic addition/Epoxide Opening) for the synthesis of a new C-galactoside ester analogue of KRN 7000.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Banchet-Cadeddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillarme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Parietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Monneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/v11-075⟩</w:t>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (8), pp.2510-2514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2011.02.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018325v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00579736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of chiral β-aminoalcohol palladium complexes exhibiting cytotoxic properties</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Amino-s-triazines -- Synthesis and stereochemistry of restricted rotational phenomena -- First use of a C-2-substituted serinol in tandem with masked 4-piperidone for selective amination of cyanuric chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Lameiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Croisy</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Moldovan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c0dt00328j⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (10), pp.1207-1221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/v11-075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02540474v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co(II)(l-proline)2(H2O)2 solid complex: Characterization, magnetic properties, and DFT computations. Preliminary studies of its use as oxygen scavenger in packaging films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of chiral β-aminoalcohol palladium complexes exhibiting cytotoxic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Accadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Tinant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Carrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ziad Damaj</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Rogez</w:t>
+                <w:t xml:space="preserve">Alain Croisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.inoche.2008.10.020⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 39 (38), pp.8982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c0dt00328j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545915v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, characterization and dioxygen reactivity of copper(I) complexes with glycoligands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Co(II)(l-proline)2(H2O)2 solid complex: Characterization, magnetic properties, and DFT computations. Preliminary studies of its use as oxygen scavenger in packaging films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Damaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Naveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Henon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Cisnetti,</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Policar</w:t>
+                <w:t xml:space="preserve">Guillaume Rogez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12 (1), pp.17-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.inoche.2008.10.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00421335v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunneling in the reaction of acetone with OH</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Astrid Bergeat</w:t>
+                <w:t xml:space="preserve">Synthesis, characterization and dioxygen reactivity of copper(I) complexes with glycoligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Damaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Caralp</w:t>
+                <w:t xml:space="preserve">Federico Cisnetti,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Henon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wendell Forst</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clotilde Policar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.3235-3245</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00109340v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00421335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accommodation of ethanol, acetone and benzaldehyde by the liquid-vapor interface of water: A molecular dynamics study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bohr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Soetens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Canneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 327, pp.512-517. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemphys.2006.05.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00110315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel seco-dibenzopyrrocoline alkaloid from Cryptocarya oubachensis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunneling in the reaction of acetone with OH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Bergeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Caralp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Toribio</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wendell Forst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bohr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ol061435f⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8, pp.1072-1078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b515118j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00134116v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00109340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Novel seco-dibenzopyrrocoline alkaloid from Cryptocarya oubachensis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Toribio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eldra Delannay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Harakat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8, pp.3825-3828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ol061435f⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00134116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reaction and complex formation between OH radical and acetone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gábor Vasvári</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">István Szilágyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ákos Bencsura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sándor Dóbe´</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibor Be´rces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3 (4), pp.551-555. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/B009601F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03377098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4886,154 +5020,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deploying a fault-tolerant computing middleware over Grid'5000: performance analysis of CONFIIT and its integration with a quantum molecular docking application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Angelo Steffenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Barberot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Grid'5000 Spring School</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Reims, France. paper #7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00587418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5043,175 +5177,175 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ring dihedral principal component analysis of furanose conformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Coiffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Barberot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Nuzillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Goekjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 40, Royal Society of Chemistry, pp.378-400, 2014, Carbohydrate Chemistry, 978-1-84973-965-8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/9781849739986-00378⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01149579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5221,161 +5355,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissecting Reaction Paths with the Independent Gradient Model: The Case of a Key Reductive Elimination Step at Cobalt(IV)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Figueirêdo de Alcântara Morais,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Loir-Mongazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornaton Yann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Djukic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId205"/>
+      <w:footerReference w:type="default" r:id="rId209"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5522,51 +5656,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05495573v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;non Just" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lefebvre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akilan Rajamani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Khartabil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc07952g" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khartabil" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rajamani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pilm&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. H&#233;non" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.70146" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04495912v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mando" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Grellepois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Blanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H&#233;non" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Riguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202304138" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764412v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Locquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pereira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Weibel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c06662" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04155829v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pascual" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boudesocque" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminou Mohamadou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202200581" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550827v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Weiss" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cornaton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Groslambert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202100518" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03406894v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsher Ali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritchy Leroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Massiot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26216395" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352041v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Allart-Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moniot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Bisi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ponce-Vargas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Audonnet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0md00423e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03114658v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erna Wieduwilt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Boisson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Terraneo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Genoni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.0c01188" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377737v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Klein" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Contreras-Garcia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Piquemal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.9b09845" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372250v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Doudet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G&#233;rard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0OB01511C" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372249v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klein" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT02552F" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429354v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.9b01016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03377532v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Contreras-Garc&#237;a" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701325" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024470v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Barberot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Malleret" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Yegorova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.01.035" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497623v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Rubez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Etancelin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vigouroux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Krajecki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.24786" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02505160v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP02110K" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02505102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Previtali" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Trujillo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Henon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP05038K" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02166721v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haschka" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaillet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martiny" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Etchebest" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2015.10.008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947490v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Langeron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alodie Blondel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Sayen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Couderchet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2916-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381388v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laurent" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bertin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renault" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Farce" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Speca" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm4010863" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03377096v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Canneaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bohr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.23470" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E6EA88C576CA43C4D635AE60346E9919863208C3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945265v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-013-1654-5" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EBF647DF134340F46DDBCB7ACAB304D264C2891E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016865v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Popa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lameiras" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Moldovan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tomoaia-Cotisel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2012.07.096" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K6TDV0DH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760143v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chavent" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric H&#233;non" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Antonczak" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016847v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Martinez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/s11532-012-0015-4" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579736v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Banchet-Cadeddu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillarme" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Parietti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Monneaux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2011.02.044" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Q3MJHFV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579731v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dauchez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00975j" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018325v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/v11-075" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540474v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Accadbled" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tinant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Carrez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Croisy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0dt00328j" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DFA3CE013D4C020B557A4196DAAC9685B588856C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02545915v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Damaj" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naveau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rogez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2008.10.020" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-731SD05S-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421335v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Cisnetti," TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Policar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109340v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Bergeat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Caralp" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendell Forst" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bohr" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b515118j" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-XNX84PK1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110315v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Soetens" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2006.05.033" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CWB87DNH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134116v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Toribio" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonfils" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldra Delannay" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prost" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harakat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol061435f" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03377098v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Vasv&#225;ri" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Szil&#225;gyi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;kos Bencsura" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor D&#243;be&#180;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Be&#180;rces" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B009601F" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587418v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Angelo Steffenel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149579v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coiffier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nuzillard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Goekjian" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781849739986-00378" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/P0J-NFNM27D7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375114v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Figueir&#234;do de Alc&#226;ntara Morais," TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Loir-Mongazon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornaton Yann" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Djukic" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05495573v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;non Just" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lefebvre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akilan Rajamani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Khartabil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pilm&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc07952g" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537120v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Locquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Boussalem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hatey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Grellepois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H&#233;non" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c05239" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111048v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khartabil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rajamani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pilm&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. H&#233;non" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.70146" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04495912v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mando" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Blanc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Riguet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202304138" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764412v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pereira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Weibel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c06662" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04155829v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pascual" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boudesocque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminou Mohamadou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202200581" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550827v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Weiss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cornaton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Groslambert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202100518" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03406894v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsher Ali" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritchy Leroy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Massiot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26216395" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352041v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Allart-Simon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moniot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Bisi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ponce-Vargas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Audonnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0md00423e" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03114658v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erna Wieduwilt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Boisson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Terraneo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Genoni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.0c01188" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377737v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Klein" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Contreras-Garcia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Piquemal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.9b09845" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372250v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Doudet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G&#233;rard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0OB01511C" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372249v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klein" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT02552F" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429354v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.9b01016" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03377532v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Contreras-Garc&#237;a" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701325" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024470v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Barberot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Malleret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Yegorova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.01.035" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02505160v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Rubez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP02110K" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497623v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Etancelin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vigouroux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Krajecki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.24786" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02505102v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Previtali" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Trujillo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Henon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP05038K" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02166721v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haschka" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martiny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Etchebest" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2015.10.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947490v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Langeron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alodie Blondel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Sayen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Couderchet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2916-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381388v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laurent" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bertin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renault" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Farce" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Speca" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm4010863" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03377096v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Canneaux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bohr" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.23470" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E6EA88C576CA43C4D635AE60346E9919863208C3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945265v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-013-1654-5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EBF647DF134340F46DDBCB7ACAB304D264C2891E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760143v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chavent" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric H&#233;non" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Antonczak" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016865v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Popa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lameiras" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Moldovan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tomoaia-Cotisel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2012.07.096" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K6TDV0DH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016847v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Martinez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/s11532-012-0015-4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579731v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Banchet-Cadeddu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dauchez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Monneaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00975j" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillarme" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Parietti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2011.02.044" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Q3MJHFV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018325v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/v11-075" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540474v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Accadbled" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tinant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Carrez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Croisy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0dt00328j" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DFA3CE013D4C020B557A4196DAAC9685B588856C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02545915v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Damaj" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naveau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rogez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2008.10.020" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-731SD05S-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421335v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Cisnetti," TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Policar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110315v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bohr" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Soetens" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2006.05.033" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CWB87DNH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109340v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Bergeat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Caralp" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendell Forst" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b515118j" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-XNX84PK1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134116v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Toribio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonfils" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldra Delannay" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prost" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harakat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol061435f" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03377098v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Vasv&#225;ri" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Szil&#225;gyi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;kos Bencsura" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor D&#243;be&#180;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Be&#180;rces" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B009601F" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587418v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Angelo Steffenel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149579v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coiffier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nuzillard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Goekjian" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781849739986-00378" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/P0J-NFNM27D7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375114v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Figueir&#234;do de Alc&#226;ntara Morais," TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Loir-Mongazon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornaton Yann" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Djukic" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>