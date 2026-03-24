--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -75,51 +75,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -187,364 +187,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POURPRÉE : un projet pédagogique pour faire du lien entre thématique de recherche, formation et communication sur une unité expérimentale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Catherine Zippert</w:t>
+                <w:t xml:space="preserve">Les prairies du marais de Brouage en Charente-Maritime : une ressource pour l'élevage et la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 104, pp.67-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol104-art06⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299163v1</w:t>
+                <w:t xml:space="preserve">hal-05184189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open on-Station System Experiments (OSEs) as innovation intermediaries to foster agroecological transitions: case studies from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Cardona</w:t>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+                <w:t xml:space="preserve">Valérie Angeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Angeon</w:t>
+                <w:t xml:space="preserve">Hugues Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Deytieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 45 (6), pp.77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13593-025-01069-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les prairies du marais de Brouage en Charente-Maritime : une ressource pour l'élevage et la biodiversité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Kerneis</w:t>
+                <w:t xml:space="preserve">POURPRÉE : un projet pédagogique pour faire du lien entre thématique de recherche, formation et communication sur une unité expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Zippert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NOV'AE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, #04 RSE (numéro spécial), pp.203-209</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05184189v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the farm resilience of polder environments after seawater flooding: results from storm Xynthia (2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40 (5), pp.887-900. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -572,2570 +572,2695 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APEX - Amélioration des performances de l’élevage extensif dans les marais et les vallées alluviales</w:t>
+                <w:t xml:space="preserve">Amélioration des performances de l’élevage extensif dans les marais et les vallées alluviales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Deniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lannuzel</w:t>
+                <w:t xml:space="preserve">Agnès Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Kernéïs</w:t>
+                <w:t xml:space="preserve">Anne Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Bonis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Françoise Launay</w:t>
+                <w:t xml:space="preserve">Fabienne Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 79, pp.441-454. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020, 79, pp.1-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209736v1</w:t>
+                <w:t xml:space="preserve">hal-05539810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment évoluer vers davantage d’autonomie au sein des systèmes de polyculture-élevage ? : l’expérience d’une ferme expérimentale en marais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Martel</w:t>
+                <w:t xml:space="preserve">Anne Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 241, pp.21-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la fertilisation sur la production, la valeur nutritive et la diversité floristique d'une prairie de fauche en marais charentais</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">APEX - Amélioration des performances de l’élevage extensif dans les marais et les vallées alluviales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Deniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 79, pp.441-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/2cnj-ny80⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211079v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the environmental factors which drive the botanical and functional composition of permanent grasslands</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effets de la fertilisation sur la production, la valeur nutritive et la diversité floristique d'une prairie de fauche en marais charentais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 222, pp.157-165</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646289v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field occupancy by breeding lapwings Vanellus vanellus and redshanks Tringa totanus in agricultural wet grasslands</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daphné Durant</w:t>
+                <w:t xml:space="preserve">Identification of the environmental factors which drive the botanical and functional composition of permanent grasslands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Plantureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal P. Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Tichit</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pablo Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2008.05.013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 150 (2), pp.219-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0021859611000530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00428082v2</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of agricultural wet grasslands for breeding waders: integrating ecological and livestock system perspectives. A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Fritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 17 (9), pp.2275-2295. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10531-007-9310-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10531-007-9310-3⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00428285v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production prairiale, gestion de l'eau et conflits d'usage dans les marais de l'ouest de la France : l'été est-il une période clé ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Field occupancy by breeding lapwings Vanellus vanellus and redshanks Tringa totanus in agricultural wet grasslands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 128 (3), pp.146-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2008.05.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654579v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00428082v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des couverts prairiaux en marais : significations fourragère et environnementale</w:t>
+                <w:t xml:space="preserve">Production prairiale, gestion de l'eau et conflits d'usage dans les marais de l'ouest de la France : l'été est-il une période clé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aestuaria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 8, pp.211-222</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 191, pp.323-335</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02655244v1</w:t>
+                <w:t xml:space="preserve">hal-02654579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer les contraintes spatiales à l’utilisation des prairies et les marges de manœuvre des exploitations face à des demandes environnementales.Un exemple d’OLAE en Vendée.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamique des couverts prairiaux en marais : significations fourragère et environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de la multifonctionnalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 5, pp.43-55</w:t>
+              <w:t xml:space="preserve">Aestuaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8, pp.211-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679871v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of grazing in creating suitable sward structures for breeding waders in agricultural landscapes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daphné Durant</w:t>
+                <w:t xml:space="preserve">Evaluer les contraintes spatiales à l’utilisation des prairies et les marges de manœuvre des exploitations face à des demandes environnementales.Un exemple d’OLAE en Vendée.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Production Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers de la multifonctionnalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 5, pp.43-55</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02682225v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation and ecological gradients in abandonned salt pans in western France</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Blaise Touzard</w:t>
+                <w:t xml:space="preserve">The role of grazing in creating suitable sward structures for breeding waders in agricultural landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel M. Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Livestock Production Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 96 (1), pp.119-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.livprodsci.2005.05.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02676617v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche spatialisée de l'activité agricole sur un territoire continu : un outil pour la gestion agri-environnementale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vegetation and ecological gradients in abandonned salt pans in western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Havet</w:t>
+                <w:t xml:space="preserve">J.B. Bouzillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Sarda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Steyaert</w:t>
+                <w:t xml:space="preserve">Blaise Touzard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gibier Faune Sauvage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 15 (3), pp.785-791</w:t>
+              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 12, pp.269-278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02687049v1</w:t>
+                <w:t xml:space="preserve">hal-02676617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation du cahier des charges agricole aux objectifs biologiques et adhésion technique des agriculteurs : deux atouts pour réussir une Opération Locale Agri-Environnementale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche spatialisée de l'activité agricole sur un territoire continu : un outil pour la gestion agri-environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Havet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Kernéïs</w:t>
+                <w:t xml:space="preserve">Pascal Sarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de zootechnie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 47 (5-6), pp.515-515</w:t>
+              <w:t xml:space="preserve">Gibier Faune Sauvage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 15 (3), pp.785-791</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00889771v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation agricole d'un espace géré pour le gibier d'eau : le cas de la réserve de chasse de Breuil-Magné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gibier Faune Sauvage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 15 (3), pp.1033-1040</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02698633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptation du cahier des charges agricole aux objectifs biologiques et adhésion technique des agriculteurs : deux atouts pour réussir une Opération Locale Agri-Environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 47 (5-6), pp.515-515</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00889771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser et agir selon une logique de résultats pour préserver la biodiversité sur les fermes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Teynié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Reau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.207-211</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04833339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sols argileux des marais littoraux atlantiques : gestion de la salinité et résilience.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Mzali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Mondiale des sols 2021 : dégradations des sols : enjeux actuels et futurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française pour l’étude des sols, Dec 2021, Dunkerque (59140), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of a system experiment in designing a mixed crop-livestock farming system aimed at (I) improving self-sufficiency, and (II) producing biodiversity and benefiting from it</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+                <w:t xml:space="preserve">CONTRIBUTION OF A SYSTEM EXPERIMENT IN DESIGNING A MIXED CROP-LIVESTOCK FARMING SYSTEM AIMED AT I) IMPROVING SELF-SUFFICIENCY, AND II) PRODUCING BIODIVERSITY AND BENEFITING FROM IT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDA 2010 - Innovation and Sustainable Development in Agriculture and Food</w:t>
+              <w:t xml:space="preserve">ISDA 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Montpellier, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00939518v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00526984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONTRIBUTION OF A SYSTEM EXPERIMENT IN DESIGNING A MIXED CROP-LIVESTOCK FARMING SYSTEM AIMED AT I) IMPROVING SELF-SUFFICIENCY, AND II) PRODUCING BIODIVERSITY AND BENEFITING FROM IT</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Kerneis</w:t>
+                <w:t xml:space="preserve">Contribution of a system experiment in designing a mixed crop-livestock farming system aimed at (I) improving self-sufficiency, and (II) producing biodiversity and benefiting from it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné D. Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDA 2010</w:t>
+              <w:t xml:space="preserve">ISDA 2010 - Innovation and Sustainable Development in Agriculture and Food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Montpellier, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00526984v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farmbird - an interdiciplinary modelling project on the coviability of farming systems and bird biodiversity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grassland agroecosystems illustrate the issues faced by multifunctional agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Farming Systems Design 2009an international symposium onMethodologies for Integrated Analysisof Farm Production Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., Aug 2009, Monterey, United States</w:t>
+              <w:t xml:space="preserve">Ecological engineering: from concepts to applications. International congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Normale Supérieure - Paris (ENS Paris). Labo/service de l'auteur, Paris, FRA., Dec 2009, Paris, France. 166 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757580v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grassland agroecosystems illustrate the issues faced by multifunctional agriculture</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Farmbird - an interdiciplinary modelling project on the coviability of farming systems and bird biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Leger Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Allaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric E. Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological engineering: from concepts to applications. International congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Normale Supérieure - Paris (ENS Paris). Labo/service de l'auteur, Paris, FRA., Dec 2009, Paris, France. 166 p</w:t>
+              <w:t xml:space="preserve">Farming Systems Design 2009an international symposium onMethodologies for Integrated Analysisof Farm Production Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labo/service de l'auteur, Ville service., Aug 2009, Monterey, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753835v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing grassland landscapes for economic or ecological priorities: application to livestock farming and birds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. European IFSA symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of grazing management to the conservation of bird habitats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel M. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Leger Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6.International livestock farming systems symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2003, Benevento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant functional types approach : a tool to analyse sward structure and vegetation dynamics in wet grasslands ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Debril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Gastal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. international occasional symposium of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Tartu, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection of nesting sites in lapwings Vanellus vanellus and redshanks Tringa totanus on coastal grazing marshes: does the sward structure matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel M. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXth International Grassland Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02760656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of grazing regimes on mean sward height: implication for the management of birds habitats in agricultural landscapes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel M. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3150,2253 +3275,2253 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20.International Grassland Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of grasslands used by waders: integrating time and spatial scales of grazing processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel M. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. International Grassland Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grazing as a tool to create sward structures suitable to breeding birds.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daphné Durant</w:t>
+                <w:t xml:space="preserve">Agricultural land design modelling : a methodological proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Annual Meeting of European Association for Animal Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Bled, Slovenia</w:t>
+              <w:t xml:space="preserve">6. European Symposium of the International Farming Systems Association (IFSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2004, Vila Real, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762803v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural land design modelling : a methodological proposal</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Groupes fonctionnels de plantes et structure verticale des couverts prairiaux: proposition d'un dispositif exploratoire dans les marais charentais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Gastal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. European Symposium of the International Farming Systems Association (IFSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2004, Vila Real, Portugal</w:t>
+              <w:t xml:space="preserve">Actes des Journées AFPF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760952v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groupes fonctionnels de plantes et structure verticale des couverts prairiaux: proposition d'un dispositif exploratoire dans les marais charentais</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francois Gastal</w:t>
+                <w:t xml:space="preserve">Grazing as a tool to create sward structures suitable to breeding birds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel M. Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des Journées AFPF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2004, France</w:t>
+              <w:t xml:space="preserve">55. Annual Meeting of European Association for Animal Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Bled, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764281v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grazing practices as a tool to create environmental and pastoral resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel M. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Haglind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Rangelands Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2003, Durban, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating grassland parcel and arm constraints : a method to analyse possible changes in grassland management</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How to integrate knowledge across spatial scales to conserve biodiversity through livestock grazing ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.A. Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Duncan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763855v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating parcels constraints and farm constraints : a method to analyse changes in grassland management</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Comment évaluer les contraintes spatiales à l'utilisation des prairies et les marges de manoeuvre des exploitants face à des demandes environnementales un exemple d'olae en Vendée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kerneis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Chevallier</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">2. Journées Olivier de Serres. Les entretiens du Pradel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Aubenas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760618v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment évaluer les contraintes spatiales à l'utilisation des prairies et les marges de manoeuvre des exploitants face à des demandes environnementales un exemple d'olae en Vendée</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Herbage Physiognomic Units : an indicator or grassland management in French Atlantic marshlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Havet</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées Olivier de Serres. Les entretiens du Pradel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Aubenas, France</w:t>
+              <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763227v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to integrate knowledge across spatial scales to conserve biodiversity through livestock grazing ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating grassland parcel and arm constraints : a method to analyse possible changes in grassland management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chavallier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761148v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbage Physiognomic Units : an indicator or grassland management in French Atlantic marshlands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Integrating parcels constraints and farm constraints : a method to analyse changes in grassland management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Mathieu</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chevallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763501v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sharing resources between waders and cattle in a marshland environment : a habitat conservation perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel M. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril C. Agreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Bellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. General meeting of the European Grassland Federation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la gestion des niveaux d'eau sur les communautés végétales prairiales de marais</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Adaptation du cahier des charges agricole aux objectifs biologiques et adhésion technique des agriculteurs : Deux atouts pour réussir une Opération Locale Agri-Environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des marais atlantiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1998, Rochefort, France</w:t>
+              <w:t xml:space="preserve">1. Journées internationales de la recherche pour la gestion des territoires ruraux sensibles (moyennes montagnes de pays européens)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1998, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02766146v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation du cahier des charges agricole aux objectifs biologiques et adhésion technique des agriculteurs : Deux atouts pour réussir une Opération Locale Agri-Environnementale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Valorisation agricole d'un espace géré pour le gibier d'eau : le cas de la réserve de chasse de Breuil-Magné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées internationales de la recherche pour la gestion des territoires ruraux sensibles (moyennes montagnes de pays européens)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1998, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">23. Colloque Union Internationale des Biologistes du gibier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767254v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02837622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation agricole d'un espace géré pour le gibier d'eau : le cas de la réserve de chasse de Breuil-Magné</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence de la gestion des niveaux d'eau sur les communautés végétales prairiales de marais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Colloque Union Internationale des Biologistes du gibier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t>
+              <w:t xml:space="preserve">Forum des marais atlantiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1998, Rochefort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02837622v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche spatialisée de l'activité agricole sur un territoire continu : un outil pour la gestion agri-environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Colloque Union Internationale des Biologistes du gibier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02837067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de mise en oeuvre d'un contrat d'exploitation pour protéger l'environnement. Le cas des prairies naturelles humides (Vendée, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Périchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1996, Fouloum, Danemark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02766393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de parcelles en prairies naturelles : pratiques des éleveurs et fréquentation par l'avifaune limicole dans un marais du Sud-Vendée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Méthodologie de mise en oeuvre d'un contrat d'exploitation pour protéger l'environnement. Le cas des prairies naturelles humides (Vendée, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Périchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 1994, Paris, France</w:t>
+              <w:t xml:space="preserve">4. International Livestock Farming Systems Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1996, Foulum, Danemark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768722v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie de mise en oeuvre d'un contrat d'exploitation pour protéger l'environnement. Le cas des prairies naturelles humides (Vendée, France).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Utilisation de parcelles en prairies naturelles : pratiques des éleveurs et fréquentation par l'avifaune limicole dans un marais du Sud-Vendée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kernéïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Périchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Livestock Farming Systems Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1996, Foulum, Danemark</w:t>
+              <w:t xml:space="preserve">3. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1994, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764680v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typologies spatialisées d'exploitations agricoles, de systèmes techniques et de milieux : comment aider les acteurs à négocier des cahiers des charges agri-environnementaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Périchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du Ministère de l'Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1995, St-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02776373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnement d'exploitations agricoles et aides a l'utilisation de l'espace compatible avec l'environnement. Le cas des Marais Charentais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bar-Or</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Symposium on livestock farming systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1992, Saragosse, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02775401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des systemes bovins allaitants pour une gestion du territoire respectant l'environnement : methodes d'etude dans les marais de l'ouest francais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Damour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. reunion de la Federation Europeenne de Zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1991, Berlin, Allemagne. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02774912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5406,111 +5531,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POURPRÉE : un projet pédagogique pour faire du lien entre thématique de recherche, formation et communication sur une unité expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Zippert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journée AGIR-RSE INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris Maison de la Chimie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05299443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5520,98 +5645,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et utilisation de la ressource fourragère sur le marais de Brouage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de restitution du programme « Préservation de l’élevage extensif en milieux humides »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Forum des Marais Atlantiques, pp.32, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5621,284 +5746,284 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport au Conseil scientifique. Projet inter-unités INRA/SAD. REPAS: ressources environnementales et pastorales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Agreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Bellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Chambon-Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">30 p., 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu du suivi zootechnique et floristique de la réserve naturelle de Saint-Denis du Payre durant la saison 1993</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">18 p., 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02849798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et dynamique des communautés végétales prairiales des marais de Rochefort et de Brouage (Charente-Maritime)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Bouzillé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">52 p., 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02850118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5908,279 +6033,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité et paysages herbagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alard Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Arranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Lise Benot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Clause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Bretagnolle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECOBIOSE : le rôle de la biodiversité dans les socio-écosystèmes de Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS, 378 p., 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03428538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une démarche scientifique pour l'aide à la décision dans les Marais de L'Ouest. Plaquette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Houte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Duncan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une démarche scientifique pour l'aide à la décision dans les Marais de L'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02830819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6190,205 +6315,205 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">la ferme expérimentale de Saint-Laurent-de-la-Prée DÉCOUVRIR une FERME de NATURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Zippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boutifard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prairies du marais de Brouage : une ressource pour l'élevage et la biodiversité.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, pp.1-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6398,685 +6523,685 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETUDE SUR LES PRATIQUES A RISQUE D’INVASION DE LA JUSSIE TERRESTRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Mzali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boussou Rachel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kerneis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; Ecobio UMR 6553, CNRS/Univdersité de Rennes 1. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04870548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet scientifique 2020-2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Mzali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Interne] INRAE. 2020, 17 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03122956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les acteurs du territoire s'impliquent dans la recherche. Jeu de Territoire des marais littoraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Audiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Schmit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE - Département ACT. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04915446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Systèmes Fourragers Innovants (SFI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Novak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Emile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Baumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] auto-saisine. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prairie humide de marais et systèmes d'élevage extensifs : typologie de fonctionnement des exploitations, caractérisation floristique, écologique et fourragère des prairies naturelles humides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bar-Or</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02846885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place du marais dans les systemes et perspectives d'evolution. Typologie de fonctionnement des exploitations qui utilisent les marais de Fouras et de Breuil-Magne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bar-Or</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02846432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7086,105 +7211,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture et biodiversité : unité expérimentale INRAE de Saint Laurent de la Prée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kernéïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. étudiants fonctionnaires en formation continue (IAE) et M1 du master agroécologie, Institut Agro Dijon (en visio), France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId175"/>
+      <w:footerReference w:type="default" r:id="rId178"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7331,51 +7456,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494578v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerneis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol104-art05-GB" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299163v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kern&#233;&#239;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Zippert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441909v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Deytieux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-025-01069-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol104-art06" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718144v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Durant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-23-00063.1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209736v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Deniaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lannuzel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kern&#233;&#239;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Launay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/2cnj-ny80" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140216v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chataigner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211079v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646289v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Plantureux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Carr&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859611000530" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428082v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2008.05.013" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3D430DJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428285v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fritz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-007-9310-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/13C8C3E1D2EB79B0FF76866A30069CA20ABB6229/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654579v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevallier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pons" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655244v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Havet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682225v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M. Tichit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livprodsci.2005.05.010" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6ZVQGD4L-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676617v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Bouzill&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Touzard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687049v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Havet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sarda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Steyaert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889771v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Havet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698633v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rousset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04833339v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lemaire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Teyni&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Reau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04845784v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Mzali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939518v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; D. Durant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757580v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leger L&#233;ger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Allaire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Cahuzac" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Doyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753835v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197694v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754755v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762558v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Debril" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gastal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760656v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761517v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762905v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Renault" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762803v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760952v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gerbaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hermann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764281v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762748v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haglind" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763855v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chavallier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760618v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763227v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761148v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Brown" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duncan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763501v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mathieu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761287v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Agreil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766146v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767254v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837622v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837067v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766393v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;richon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768722v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764680v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776373v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775401v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bar-Or" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774912v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Damour" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299443v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04846133v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828354v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meuret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Agreil" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chambon-Dubreuil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849798v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850118v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428538v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alard Didier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Benot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Clause" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830819v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houte" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bretagnolle" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607873v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cadet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boutifard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898829v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870548v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussou Rachel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Thi&#233;baut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03122956v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Roche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04915446v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Audiot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schmit" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173761v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Emile" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monnier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846885v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846432v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741510v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494578v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerneis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol104-art05-GB" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184189v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol104-art06" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441909v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Deytieux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-025-01069-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299163v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kern&#233;&#239;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Zippert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718144v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Durant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-23-00063.1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05539810v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Deniaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lannuzel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Launay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140216v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chataigner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kern&#233;&#239;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209736v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lannuzel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Launay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/2cnj-ny80" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211079v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646289v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Plantureux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Carr&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021859611000530" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428285v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fritz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-007-9310-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/13C8C3E1D2EB79B0FF76866A30069CA20ABB6229/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428082v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2008.05.013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3D430DJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654579v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chevallier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pons" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655244v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679871v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Havet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682225v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M. Tichit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livprodsci.2005.05.010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6ZVQGD4L-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676617v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Bouzill&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Touzard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687049v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Havet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sarda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Steyaert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698633v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rousset" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889771v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Havet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04833339v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lemaire" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Teyni&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Reau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04845784v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Mzali" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526984v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939518v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; D. Durant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753835v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757580v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Leger L&#233;ger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Allaire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Cahuzac" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Doyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197694v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754755v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762558v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Debril" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gastal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760656v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761517v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762905v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Renault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760952v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gerbaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hermann" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764281v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762803v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762748v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haglind" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761148v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Brown" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duncan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763227v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763501v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mathieu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763855v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chavallier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760618v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761287v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Agreil" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767254v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837622v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766146v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837067v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766393v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;richon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764680v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768722v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776373v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775401v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bar-Or" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774912v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Damour" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299443v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04846133v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828354v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meuret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Agreil" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chambon-Dubreuil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849798v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850118v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428538v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alard Didier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Arranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Benot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Clause" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830819v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houte" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bretagnolle" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607873v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cadet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boutifard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898829v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870548v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussou Rachel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Thi&#233;baut" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03122956v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Roche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04915446v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Audiot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schmit" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173761v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Novak" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Emile" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monnier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846885v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846432v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04741510v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>