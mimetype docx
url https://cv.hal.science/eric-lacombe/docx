--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -363,395 +363,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03851891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation technique et intelligence collective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Lacombe</w:t>
+                <w:t xml:space="preserve">Explorer la cité par le vocabulaire : le thésaurus et les graphes comme architecture heuristique au service de l'archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Reich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Durost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miled Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication, Technologies et Développement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Le design dans la cité Nouvelles manières d'appréhender la conception, n° 14 (1), pp.141-161</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03852228v1</w:t>
+                <w:t xml:space="preserve">hal-03868585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explorer la cité par le vocabulaire : le thésaurus et les graphes comme architecture heuristique au service de l'archéologie</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Miled Rousset</w:t>
+                <w:t xml:space="preserve">Innovation technique et intelligence collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communication, Technologies et Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ctd.7324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868585v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management 2.1 ou XXI : TIC-TAC management ou bio-management ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Monfort</w:t>
+                <w:t xml:space="preserve">Représenter la transformation des organisations : esquisse d’une logique et d’un langage de description compatibles avec le vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 12 (1), pp.169-190. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/mto.012.0169⟩</w:t>
+              <w:t xml:space="preserve">, 2021, n° 12 (1), pp.67-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mto.012.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03851921v1</w:t>
+                <w:t xml:space="preserve">hal-03868545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représenter la transformation des organisations : esquisse d’une logique et d’un langage de description compatibles avec le vivant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Lacombe</w:t>
+                <w:t xml:space="preserve">Management 2.1 ou XXI : TIC-TAC management ou bio-management ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Monfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 12 (1), pp.67-78. </w:t>
+              <w:t xml:space="preserve">, 2021, n° 12 (1), pp.169-190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mto.012.0067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mto.012.0169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03868545v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une mise en perspective des transformations dans les nouvelles configurations organisationnelles du territoire</w:t>
               </w:r>
@@ -1464,103 +1464,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux pour la mise en réseau et l'analyse des connaissances archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Reich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Durost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Reich</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miled Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Conférence internationale TOTh – Terminologie &amp; Ontologie: Theories and applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christophe Roche, Jun 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2008,90 +2008,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer la cité par le vocabulaire : le thésaurus et les graphes comme architecture heuristique au service de l'archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Reich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Durost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management des Technologies Organisationnelles – XIIIème édition ; Design dans la cité : nouvelles manières d'appréhender la conception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3218,51 +3218,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2AC50C63"/>
+    <w:nsid w:val="95616A8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3449,51 +3449,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-lacombe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7272-5962" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175302332" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402428v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851891v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lacombe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12824" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852228v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.7324" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868585v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Durost" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Rousset" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851921v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Monfort" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mto.012.0169" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868545v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mto.012.0067" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851868v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852223v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.9761" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868536v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852212v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.004.0051" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868564v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260819v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gobert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mpondo-Dicka" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysta P&#233;lissier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sarr&#233;-Charrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851799v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868588v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583684v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402323v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343974v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Moutouh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114500v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915821v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601803v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372164v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870151v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852148v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vieira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Choquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870573v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eska-publishing.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870596v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869982v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868596v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869532v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msha.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869514v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03463049v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021BOR30016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870094v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-lacombe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7272-5962" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/175302332" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402428v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851891v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lacombe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12824" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868585v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Durost" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Rousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852228v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.7324" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868545v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mto.012.0067" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851921v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Monfort" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mto.012.0169" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851868v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852223v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.9761" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868536v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852212v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.004.0051" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868564v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260819v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gobert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mpondo-Dicka" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysta P&#233;lissier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sarr&#233;-Charrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851799v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868588v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583684v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402323v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343974v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Moutouh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114500v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915821v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601803v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372164v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870151v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852148v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vieira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Choquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870573v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eska-publishing.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870596v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869982v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868596v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869532v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msha.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869514v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03463049v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021BOR30016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870094v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>