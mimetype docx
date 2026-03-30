--- v0 (2026-03-03)
+++ v1 (2026-03-30)
@@ -66,180 +66,305 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Unveiling the Hidden Genetic Exchanges Between Lianas and Trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lee Mariault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Ransan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Rodde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Chromosome Biology 2025 (Vienna)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Detection of transcriptomic structural variations in wild rice using Nanopore direct RNA sequencing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Llauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mirouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rod A. Wing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2024: JOURNéES OUVERTES DE BIOLOGIE, INFORMATIQUE ET MATHéMATIQUES 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, TOULOUSE Université Paul Sabatier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -249,1893 +374,1893 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction and characterisation of a knock-down RNA interference line of OsNRPD1 in rice (Oryza sativa ssp japonica cv Nipponbare)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Debladis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tzuu-Fen Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan-Jiun Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jui-Hsien Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra M. Mathioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 375 (1795), pp.20190338. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rstb.2019.0338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04274817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrotranspositional landscape of Asian rice revealed by 3000 genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernandes Manfroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fu-Jin Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hshin-Ping Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-018-07974-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02098307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomes of 13 domesticated and wild rice relatives highlight genetic conservation, turnover and innovation across the genus Oryza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua Stein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeisoo Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Copetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derrick Zwickl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 50 (2), pp.285-296. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41588-018-0040-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02098593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oak genome reveals facets of long lifespan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Plomion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Amselem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4 (7), pp.440-452. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41477-018-0172-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01820559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequencing the extrachromosomal circular mobilome reveals retrotransposon activity in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lanciano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Llauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Jobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dagmara Robakowska-Hyzorek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 13 (2), pp.e1006630. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pgen.1006630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02098598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modified Bean Seed Protein Phaseolin Did Not Accumulate Stably in Transgenic Tobacco Seeds after Methionine Enhancement Mutations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Dyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norimoto Murai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Plant Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 06 (05), pp.640-650. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4236/ajps.2015.65069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widespread and frequent horizontal transfers of transposable elements in plants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moaine El Baidouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Cooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dongying Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (5), pp.831-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/gr.164400.113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01218140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetracycline-Based Binary Ti Vectors pLSU with Efficient Cloning by the Gateway Technology for Agrobacterium tumefaciens-Mediated Transformation of Higher Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seokhyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guiying Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norimoto Murai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Plant Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 04 (07), pp.1418-1426. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4236/ajps.2013.47173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small high-yielding binary Ti vectors pLSU with co-directional replicons for Agrobacterium tumefaciens-mediated transformation of higher plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seokhyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guiying Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monty Arta Aghazadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norimoto Murai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 187, pp.49-58. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plantsci.2012.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02114325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RLK7, a leucine-rich repeat receptor-like kinase, is required for proper germination speed and tolerance to oxidative stress in Arabidopsis thaliana.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pitorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Llauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Jobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guilleminot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Brizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Planta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 232 (6), pp.1339-53. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00425-010-1260-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00684152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of an active LTR retrotransposon in rice.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Picault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Chaparro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristel Llauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Piegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willfried Stenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 58 (5), pp.754-65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2009.03813.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00685656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AtERF38 (At2g35700), an AP2/ERF family transcription factor gene from Arabidopsis thaliana, is expressed in specific cell types of roots, stems and seeds that undergo suberization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Jobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Llauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Delseny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 46 (12), pp.1051-61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plaphy.2008.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00685678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventory, evolution and expression profiling diversity of the LEA (late embryogenesis abundant) protein gene family in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Bies-Etheve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Gaubier-Comella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Debures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Jobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 67 (1-2), pp.107-124. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11103-008-9304-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two cinnamoyl-CoA reductase (CCR) genes from Arabidopsis thaliana are differentially expressed during development and in response to infection with pathogenic bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lauvergeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 57 (7), pp.1187-1195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2145,293 +2270,293 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the Retrotranspositional Landscape of Rice at Species Level using 3000 Genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernandes Manfroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fu-Jin Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hshin-Ping Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd National Congress on Transposable Elements - MobileET- Bioinformatics Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the Retrotranspositional Landscape of Rice at Species Level using 3000 Genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernandes Manfroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fu-Jin Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hshin-Ping Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genomics Conference XXVII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, SAN DIEGO CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId92"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2578,51 +2703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919310v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Carpentier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Llauro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasserre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mirouze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod A. Wing" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04274817v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Debladis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tzuu-Fen Lee" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Jiun Huang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jui-Hsien Lu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M. Mathioni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0338" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098307v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernandes Manfroi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fu-Jin Wei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hshin-Ping Wu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-07974-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098593v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Stein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeisoo Yu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Copetti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derrick Zwickl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0040-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820559v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Amselem" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0172-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098598v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lanciano" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jobet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmara Robakowska-Hyzorek" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006630" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137724v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ko" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norimoto Murai" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ajps.2015.65069" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218140v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine El Baidouri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cooke" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongying Gao" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.164400.113" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137716v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seokhyun Lee" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiying Su" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ajps.2013.47173" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114325v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monty Arta Aghazadeh" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2012.01.012" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BPSRQZ3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684152v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pitorre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guilleminot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Brizard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-010-1260-4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DJ280D6P-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685656v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Picault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Chaparro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Llauro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willfried Stenger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.03813.x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685678v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Delseny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2008.07.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQ25CKRF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115506v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bies-Etheve" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gaubier-Comella" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debures" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-008-9304-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9F6CC5EA0302CDA3D2664E6514BD4ECA0FA79F19/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344741v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lacomme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roby" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919526v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919501v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565930v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Mariault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Ransan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasserre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919310v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Carpentier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Llauro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mirouze" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod A. Wing" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04274817v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Debladis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tzuu-Fen Lee" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Jiun Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jui-Hsien Lu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M. Mathioni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0338" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098307v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernandes Manfroi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fu-Jin Wei" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hshin-Ping Wu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-07974-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098593v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Stein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeisoo Yu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Copetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derrick Zwickl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0040-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820559v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Amselem" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0172-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098598v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lanciano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jobet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmara Robakowska-Hyzorek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006630" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137724v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ko" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norimoto Murai" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ajps.2015.65069" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218140v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine El Baidouri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cooke" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongying Gao" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.164400.113" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137716v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seokhyun Lee" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiying Su" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ajps.2013.47173" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114325v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monty Arta Aghazadeh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2012.01.012" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BPSRQZ3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00684152v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pitorre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guilleminot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Brizard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-010-1260-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DJ280D6P-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685656v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Picault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Chaparro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Llauro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willfried Stenger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.03813.x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685678v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Delseny" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2008.07.003" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQ25CKRF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115506v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bies-Etheve" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gaubier-Comella" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debures" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-008-9304-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9F6CC5EA0302CDA3D2664E6514BD4ECA0FA79F19/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344741v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lauvergeat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lacomme" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lacombe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roby" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919526v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919501v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>