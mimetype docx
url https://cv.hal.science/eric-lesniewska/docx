--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -118,295 +118,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between human norovirus virus-like particles and bacteria: Impact on thermal resistance</w:t>
+                <w:t xml:space="preserve">Post-Functionalization of Pyridine-Modified Electrodes via Anodic C–N Coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Mas</w:t>
+                <w:t xml:space="preserve">Fatima Akhssas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Estienney</w:t>
+                <w:t xml:space="preserve">Sophie Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+                <w:t xml:space="preserve">Moad Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Urbain</w:t>
+                <w:t xml:space="preserve">Abhishek Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Magallon</w:t>
+                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 242, pp.119136. </w:t>
+              <w:t xml:space="preserve">ACS Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2026.119136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acselectrochem.6c00014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05518827v1</w:t>
+                <w:t xml:space="preserve">hal-05524059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-Functionalization of Pyridine-Modified Electrodes via Anodic C–N Coupling</w:t>
+                <w:t xml:space="preserve">Interactions between human norovirus virus-like particles and bacteria: Impact on thermal resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Akhssas</w:t>
+                <w:t xml:space="preserve">Perrine Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Fournier</w:t>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moad Bouzid</w:t>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhishek Kumar</w:t>
+                <w:t xml:space="preserve">Valentin Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+                <w:t xml:space="preserve">Arnaud Magallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 242, pp.119136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acselectrochem.6c00014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2026.119136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05524059v1</w:t>
+                <w:t xml:space="preserve">hal-05518827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmalogen remodeling modulates macrophage response to cytotoxic oxysterols and atherosclerotic plaque vulnerability</w:t>
               </w:r>
@@ -520,377 +520,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the NanoBioAnalytical (NBA) Platform to Decipher Extracellular Vesicles Secreted by Microvascular Endothelial Cells Under Benzo[a]pyrene Exposure</w:t>
+                <w:t xml:space="preserve">Bent‐Core Liquid Crystal‐Based Heterojunctions as Gas Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geetika Raizada</w:t>
+                <w:t xml:space="preserve">Barbora Jansová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Guillouzouic</w:t>
+                <w:t xml:space="preserve">Sujithkumar Ganesh Moorthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Rouleau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Michal Šmahel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Le Ferrec</w:t>
+                <w:t xml:space="preserve">Michal Kohout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (2), pp.103. </w:t>
+              <w:t xml:space="preserve">Advanced Sensor Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/bios15020103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adsr.202500026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980613v1</w:t>
+                <w:t xml:space="preserve">hal-05269260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bent‐Core Liquid Crystal‐Based Heterojunctions as Gas Sensors</w:t>
+                <w:t xml:space="preserve">Using the NanoBioAnalytical (NBA) Platform to Decipher Extracellular Vesicles Secreted by Microvascular Endothelial Cells Under Benzo[a]pyrene Exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbora Jansová</w:t>
+                <w:t xml:space="preserve">Geetika Raizada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sujithkumar Ganesh Moorthy</w:t>
+                <w:t xml:space="preserve">Joan Guillouzouic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michal Šmahel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Alain Rouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michal Kohout</w:t>
+                <w:t xml:space="preserve">E. Le Ferrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Sensor Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 4 (8), </w:t>
+              <w:t xml:space="preserve">Biosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (2), pp.103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adsr.202500026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/bios15020103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269260v1</w:t>
+                <w:t xml:space="preserve">hal-04980613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bias Induced Ambipolar Transport in Organic Heterojunction Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishek Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Sabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 11 (9), </w:t>
@@ -1039,1696 +1039,1696 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05221544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of New Models of Oral Mucosa to Investigate the Impact of the Structure of Transmembrane Mucin-1 on the Mucosal Pellicle Formation and Its Physicochemical Properties</w:t>
+                <w:t xml:space="preserve">Submicronic-Scale Mechanochemical Characterization of Oxygen-Enriched Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Nivet</w:t>
+                <w:t xml:space="preserve">Marie Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irma Custovic</w:t>
+                <w:t xml:space="preserve">Virgil Optasanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Avoscan</w:t>
+                <w:t xml:space="preserve">Bruno Guelorget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floris Bikker</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Bonnotte</w:t>
+                <w:t xml:space="preserve">Pascal Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biomedicines12010139⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (7), pp.628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano14070628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395339v1</w:t>
+                <w:t xml:space="preserve">hal-04768302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning of Interfacial Charge Transport in Organic Heterostructures via Aryl Electrografting for Efficient Gas Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abhishek Kumar</w:t>
+                <w:t xml:space="preserve">Raman spectroscopy of large extracellular vesicles derived from human microvascular endothelial cells to detect benzo[a]pyrene exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geetika Raizada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Guillouzouic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ikechukwu David Nwosu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+                <w:t xml:space="preserve">Kelly Aubertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Bouvet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shinsuke Shigeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (3), pp.3795-3808. </w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 416 (28), pp.6639-6649. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c16144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00216-024-05567-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04612019v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Submicronic-Scale Mechanochemical Characterization of Oxygen-Enriched Materials</w:t>
+                <w:t xml:space="preserve">Development of New Models of Oral Mucosa to Investigate the Impact of the Structure of Transmembrane Mucin-1 on the Mucosal Pellicle Formation and Its Physicochemical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Garnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+                <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virgil Optasanu</w:t>
+                <w:t xml:space="preserve">Irma Custovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Guelorget</w:t>
+                <w:t xml:space="preserve">Laure Avoscan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Berger</w:t>
+                <w:t xml:space="preserve">Floris Bikker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bonnotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano14070628⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), pp.139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines12010139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768302v1</w:t>
+                <w:t xml:space="preserve">hal-04395339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman spectroscopy of large extracellular vesicles derived from human microvascular endothelial cells to detect benzo[a]pyrene exposure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joan Guillouzouic</w:t>
+                <w:t xml:space="preserve">Tuning of Interfacial Charge Transport in Organic Heterostructures via Aryl Electrografting for Efficient Gas Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishek Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly Aubertin</w:t>
+                <w:t xml:space="preserve">Ikechukwu David Nwosu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinsuke Shigeto</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marcel Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 416 (28), pp.6639-6649. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (3), pp.3795-3808. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00216-024-05567-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c16144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770941v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04612019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ mapping of biomineral skeletal proteins by molecular recognition imaging with antibody-functionalized AFM tips</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multimodal Analytical Platform on a Multiplexed Surface Plasmon Resonance Imaging Chip for the Analysis of Extracellular Vesicle Subsets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geetika Raizada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benazir Khurshid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+                <w:t xml:space="preserve">Balasubramaniam Namasivayam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Polacchi</w:t>
+                <w:t xml:space="preserve">Sameh Obeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva L'Héronde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel J. Jackson</w:t>
+                <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2023.07.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 193, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3791/64210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04272655v1</w:t>
+                <w:t xml:space="preserve">hal-04304956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal Analytical Platform on a Multiplexed Surface Plasmon Resonance Imaging Chip for the Analysis of Extracellular Vesicle Subsets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geetika Raizada</w:t>
+                <w:t xml:space="preserve">In situ mapping of biomineral skeletal proteins by molecular recognition imaging with antibody-functionalized AFM tips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benazir Khurshid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balasubramaniam Namasivayam</w:t>
+                <w:t xml:space="preserve">Luca Polacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sameh Obeid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Brunel</w:t>
+                <w:t xml:space="preserve">Maëva L'Héronde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilfrid Boireau</w:t>
+                <w:t xml:space="preserve">Daniel J. Jackson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 193, </w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 168, pp.198-209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/64210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2023.07.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304956v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia and Humidity Sensing by Phthalocyanine–Corrole Complex Heterostructure Devices</w:t>
+                <w:t xml:space="preserve">Sustainable 3D printing of oral films with tunable characteristics using CMC-based inks from durian rind wastes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorena Di Zazzo</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Pattaraporn Panraksa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pornchai Rachtanapun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parichat Thipchai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corrado Di Natale</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Helene Brachais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s23156773⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 186 (10), pp.30-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2023.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226789v1</w:t>
+                <w:t xml:space="preserve">hal-04785355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable 3D printing of oral films with tunable characteristics using CMC-based inks from durian rind wastes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ammonia and Humidity Sensing by Phthalocyanine–Corrole Complex Heterostructure Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parichat Thipchai</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Lorena Di Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujithkumar Ganesh Moorthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire-Helene Brachais</w:t>
+                <w:t xml:space="preserve">Corrado Di Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 186 (10), pp.30-42. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (15), pp.6773. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2023.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s23156773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785355v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04226789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning of interfacial charge transport in polyporphine/phthalocyanine heterojunctions by molecular geometry control for an efficient gas sensor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Covalent grafting of aryls to modulate the electrical properties of phthalocyanine-based heterostructures: Application to ammonia sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishek Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nada Alami Mejjati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+                <w:t xml:space="preserve">Frédéric Herbst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Krystianiak</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivier Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 429, pp.132453. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2021.132453⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 436, pp.135207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2022.135207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03368969v1</w:t>
+                <w:t xml:space="preserve">hal-03799955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay of electrode geometry and bias on charge transport in organic heterojunction gas sensors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Tuning of interfacial charge transport in polyporphine/phthalocyanine heterojunctions by molecular geometry control for an efficient gas sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishek Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Alami Mejjati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Krystianiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2022.132313⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 429, pp.132453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2021.132453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03799985v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03368969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core-shell polygalacturonate magnetic iron oxide nanoparticles: Synthesis, characterization, and functionalities</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Interplay of electrode geometry and bias on charge transport in organic heterojunction gas sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishek Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2022.08.004⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 369, pp.132313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2022.132313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03752135v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covalent grafting of aryls to modulate the electrical properties of phthalocyanine-based heterostructures: Application to ammonia sensing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+                <w:t xml:space="preserve">Core-shell polygalacturonate magnetic iron oxide nanoparticles: Synthesis, characterization, and functionalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Navya Maryjose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irma Custovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laroussi Chaabane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Herbst</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+                <w:t xml:space="preserve">Olivier Piétrement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 436, pp.135207. </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 220, pp.360-370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2022.135207⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2022.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03799955v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03752135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrared nanospectroscopic imaging of DNA molecules on mica surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Custovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pocholle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Piétrement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.18972. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2948,51 +2948,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosette Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ragon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (9), pp.1-15. </w:t>
@@ -3484,51 +3484,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maveyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14 (10), pp.e0223877. </w:t>
@@ -3739,51 +3739,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Belloir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bonnotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3962,1781 +3962,1781 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous non-canonical assembly of CcmK hexameric components from β-carboxysome shells of cyanobacteria</w:t>
+                <w:t xml:space="preserve">HS-AFM and SERS Analysis of Murine Norovirus Infection: Involvement of the Lipid Rafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Garcia Alles</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pocholle</w:t>
+                <w:t xml:space="preserve">Ece Aybeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Belliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lemaire-Ewing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Estienney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Lacroute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0185109⟩</w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (1), pp.1600918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smll.201600918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01886429v1</w:t>
+                <w:t xml:space="preserve">hal-02405190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication of Annealed Gold Nanostructures on Pre-Treated Glow-Discharge Cleaned Glasses and Their Used for Localized Surface Plasmon Resonance (LSPR) and Surface Enhanced Raman Spectroscopy (SERS) Detection of Adsorbed (Bio)molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodica Elena Ionescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ece Aybeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bourillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ece Aybeke</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yvon Lacroute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (2), pp.236. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s17020236⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02328603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HS-AFM and SERS Analysis of Murine Norovirus Infection: Involvement of the Lipid Rafts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spontaneous non-canonical assembly of CcmK hexameric components from β-carboxysome shells of cyanobacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Lemaire-Ewing</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yvon Lacroute</w:t>
+                <w:t xml:space="preserve">Luis Garcia Alles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Root</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pocholle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 13 (1), pp.1600918. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (9), 30 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.201600918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0185109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405190v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Oxygen-Enriched Layers of TA6V, Titanium, and Zirconium by Scanning Microwave Microscopy</w:t>
+                <w:t xml:space="preserve">Combining infrared and mode synthesizing atomic force microscopy: Application to the study of lipid vesicles inside Streptomyces bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Optasanu</w:t>
+                <w:t xml:space="preserve">Pauline Vitry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bourillot</w:t>
+                <w:t xml:space="preserve">Rolando Rebois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Selon</w:t>
+                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lavisse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Sanchot</w:t>
+                <w:t xml:space="preserve">Marie-Joelle Virolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidation of Metals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11085-016-9678-0⟩</w:t>
+              <w:t xml:space="preserve">Nano Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (6), pp.1674--1681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12274-016-1061-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01636828v1</w:t>
+                <w:t xml:space="preserve">hal-02394465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of corona treatment on PLA film properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Oxygen-Enriched Layers of TA6V, Titanium, and Zirconium by Scanning Microwave Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Optasanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeancarlo R. Rocca-Smith</w:t>
+                <w:t xml:space="preserve">E. Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+                <w:t xml:space="preserve">R. Selon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Marcuzzo</w:t>
+                <w:t xml:space="preserve">L. Lavisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Sensidoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesca Piasente</w:t>
+                <w:t xml:space="preserve">A. Sanchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2016.03.020⟩</w:t>
+              <w:t xml:space="preserve">Oxidation of Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 88 (3-4), pp.531 - 542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11085-016-9678-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01493504v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01636828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERα dimerization: a key factor for the weak estrogenic activity of an ERα modulator unable to compete with estradiol in binding assays</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of corona treatment on PLA film properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeancarlo R. Rocca-Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Karbowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Leclercq</w:t>
+                <w:t xml:space="preserve">Eva Marcuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ioanna Laïos</w:t>
+                <w:t xml:space="preserve">Alessandro Sensidoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Elie-Caille</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guy Laurent</w:t>
+                <w:t xml:space="preserve">Francesca Piasente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Receptors and Signal Transduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10799893.2016.1203940⟩</w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Special Issue : 5th International Conference on Bio-based and Biodegradable Polymers (BIOPOL-2015), 132, pp.109 - 116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2016.03.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01362847v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01493504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregation of Calcium Silicate Hydrate Nanoplatelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delhorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Delhorme</w:t>
+                <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Labbez</w:t>
+                <w:t xml:space="preserve">Martin Turesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cliff Woodward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 32 (8), pp.2058-2066. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b03846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining infrared and mode synthesizing atomic force microscopy: Application to the study of lipid vesicles inside Streptomyces bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ERα dimerization: a key factor for the weak estrogenic activity of an ERα modulator unable to compete with estradiol in binding assays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Vitry</w:t>
+                <w:t xml:space="preserve">Ioanna Laïos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rolando Rebois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Bourillot</w:t>
+                <w:t xml:space="preserve">Céline Elie-Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
+                <w:t xml:space="preserve">Denis Leiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Joelle Virolle</w:t>
+                <w:t xml:space="preserve">Guy Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9 (6), pp.1674--1681. </w:t>
+              <w:t xml:space="preserve">Journal of Receptors and Signal Transduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (2), pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12274-016-1061-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10799893.2016.1203940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02394465v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric aging and surface degradation in As2S3 fibers in relation with suspended-core profile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Homogeneous large-scale crystalline nanoparticle-covered substrate with high SERS performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ece Neslihan Aybeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Lacroute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Elie-Caille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Mouawad</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Désévédavy</w:t>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2015.02.026⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (24), pp.245302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/26/24/245302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04154916v1</w:t>
+                <w:t xml:space="preserve">hal-02405097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogeneous large-scale crystalline nanoparticle-covered substrate with high SERS performance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Céline Elie-Caille</w:t>
+                <w:t xml:space="preserve">Surface-promoted aggregation of amphiphilic quadruplex ligands drives their selectivity for alternative DNA structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pirrotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Bourillot</w:t>
+                <w:t xml:space="preserve">Claude Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 26 (24), pp.245302. </w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (25), pp.7034-7039. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/26/24/245302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C5OB00692A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405097v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02125774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-promoted aggregation of amphiphilic quadruplex ligands drives their selectivity for alternative DNA structures</w:t>
+                <w:t xml:space="preserve">Atmospheric aging and surface degradation in As2S3 fibers in relation with suspended-core profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Laguerre</w:t>
+                <w:t xml:space="preserve">O. Mouawad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Chang</w:t>
+                <w:t xml:space="preserve">P. Vitry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Pirrotta</w:t>
+                <w:t xml:space="preserve">C. Strutynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Desbois</w:t>
+                <w:t xml:space="preserve">J. Picot-Clémente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Gros</w:t>
+                <w:t xml:space="preserve">F. Désévédavy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 13 (25), pp.7034-7039. </w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44, pp.25-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5OB00692A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2015.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02125774v1</w:t>
+                <w:t xml:space="preserve">hal-04154916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution characterization of the diffusion of light chemical elements in metallic components by scanning microwave microscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pauline Vitry</w:t>
+                <w:t xml:space="preserve">Impact of optical and structural aging in As2S3 microstructured optical fibers on mid-infrared supercontinuum generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Mouawad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Plassard</w:t>
+                <w:t xml:space="preserve">F. Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Beaurenaut</w:t>
+                <w:t xml:space="preserve">B. Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Picot-Clémente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Strutynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 6, pp.14932-14938. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4nr04017a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.22.023912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01157263v1</w:t>
+                <w:t xml:space="preserve">hal-04154924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of optical and structural aging in As2S3 microstructured optical fibers on mid-infrared supercontinuum generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">O. Mouawad</w:t>
+                <w:t xml:space="preserve">High-resolution characterization of the diffusion of light chemical elements in metallic components by scanning microwave microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Optasanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bourillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Vitry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Amrani</w:t>
+                <w:t xml:space="preserve">Cédric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Kibler</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Strutynski</w:t>
+                <w:t xml:space="preserve">L. Beaurenaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6, pp.14932-14938. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.22.023912⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4nr04017a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04154924v1</w:t>
+                <w:t xml:space="preserve">hal-01157263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From surface to intracellular non-invasive nanoscale study of living cells impairments</w:t>
               </w:r>
@@ -5869,51 +5869,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-destructive technique to detect local buried defects in metal sample by scanning microwave microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6041,51 +6041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshio Ando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pompon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6145,90 +6145,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanobioengineering and Characterization of a Novel Estrogen Receptor Biosensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Elie-Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Delage-Mourroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 8, pp.4413-4428. </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6275,51 +6275,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les nanotechnologies au service du développement du vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Adrian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6442,362 +6442,362 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 53 (3), pp.1114-1126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2007.04-098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2007.04.098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00362906v1</w:t>
+                <w:t xml:space="preserve">hal-00187068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro induction of differentiation by retinoic acid in an immortalized olfactory neuronal cell line</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadege Morrand-Villeneuve</w:t>
+                <w:t xml:space="preserve">Synthesis of polymer materials for use as cell culture substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lakard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Morrand-Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lesniewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lakard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Histochemica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.acthis.2006.10.001⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 53 (3), pp.1114-1126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2007.04-098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00493440v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00362906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of polymer materials for use as cell culture substrates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Michel</w:t>
+                <w:t xml:space="preserve">In vitro induction of differentiation by retinoic acid in an immortalized olfactory neuronal cell line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lakard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germaine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Lakard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadege Morrand-Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 53 (3), pp.1114-1126. </w:t>
+              <w:t xml:space="preserve">Acta Histochemica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 109 (2), pp.111-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2007.04.098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.acthis.2006.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00187068v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00493440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrosynthesis and properties of poly(3,4-ethylenedioxythiophene) films functionalized with titanocene dichloride complex</w:t>
               </w:r>
@@ -6835,51 +6835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Refczynska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 51 (11), pp.2108-2119. </w:t>
@@ -7075,64 +7075,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the surface structure and elastic properties of calcium silicate hydrates at the nanoscale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7217,51 +7217,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Invasive observation by atomic force microscopy of a Langmuir-Blodgett monolayer of gramicidin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Goudonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7379,51 +7379,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Lefort-Piat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7483,90 +7483,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of transmembrane mucin and dietary tannins on the electric properties of the oral mucosal pellicle studied by Scanning Microwave Microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Čustović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Belloir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFM BioMed Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nagoya-Okazaki, Japan</w:t>
@@ -7595,77 +7595,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of biomineral proteins by Atomic Force Microscopy (AFM) with functionalized tips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benazir Khurshid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel J. Jackson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Broussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7759,51 +7759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Clouzot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Qu’est-ce qu’un parchemin"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archives municipales de Dijon, Sep 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7867,51 +7867,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Clouzot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde "Homme-nature"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des Sciences de l'Homme de Dijon (MSH Dijon), CNRS/UBFC - uB, Sep 2018, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8061,51 +8061,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell imaging connected with protein mapping to investigate glyphosate induced toxicity on human keratinocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Elie-Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Heu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8316,77 +8316,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale Investigation of Particle Interactions at the Origin of the Cohesion of Cement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pochard Isabelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Labbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Jönsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8428,64 +8428,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrinsic Elastic Properties of Calcium Silicate Hydrates by Nanoindentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8568,77 +8568,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mucin MUC1: a key protein in oral physiology and the molecular mechanisms of sensory perception of astringency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Čustović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8693,77 +8693,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new in vitro model of oral mucosa to investigate a new hypothesis on the molecular origin of astringency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Čustović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8995,51 +8995,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ece-Neslihan Aybeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yahiaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Design and fabrication of an acoustic micromixer for biological media activation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Brescia, Italy</w:t>
@@ -9139,64 +9139,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Yahiaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Boireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9272,51 +9272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis F Garcia-Alles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Soldan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Custovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9364,90 +9364,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrared nanospectroscopic mapping of DNA molecules on mica surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Custovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pocholle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pietrement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9647,51 +9647,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518827v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Urbain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119136" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524059v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Akhssas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fournier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moad Bouzid" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Kumar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Meunier-Prest" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acselectrochem.6c00014" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445841v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jalil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pilot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Bourgeois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Laubriet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxu Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2025.102131" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980613v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetika Raizada" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Guillouzouic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rouleau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Ferrec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios15020103" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05269260v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbora Jansov&#225;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujithkumar Ganesh Moorthy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal &#352;mahel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kohout" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsr.202500026" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272176v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Devillers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Sabat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400865" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221544v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hernandez-Sabio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Abadie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lesniewska" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2024.116140" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395339v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Custovic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bikker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12010139" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612019v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikechukwu David Nwosu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bouvet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c16144" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04768302v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Optasanu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guelorget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14070628" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770941v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brunel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Aubertin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinsuke Shigeto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-024-05567-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272655v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benazir Khurshid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Polacchi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va L'H&#233;ronde" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Jackson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2023.07.028" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304956v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balasubramaniam Namasivayam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Obeid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/64210" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226789v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Di Zazzo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Di Natale" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23156773" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785355v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattaraporn Panraksa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornchai Rachtanapun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parichat Thipchai" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Helene Brachais" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2023.03.006" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368969v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Alami Mejjati" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krystianiak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2021.132453" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799985v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2022.132313" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752135v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navya Maryjose" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Chaabane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pi&#233;trement" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2022.08.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799955v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herbst" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2022.135207" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847060v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pocholle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-23637-4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173490v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c07474" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03327279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Zoz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Grandvalet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ragon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10092002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02458549v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Oussidhoum" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hocine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chaumont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Crisbasan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bensidhoum" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ab6539" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407851v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bensidhoum" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Bay Bourennane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12034-019-2001-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373440v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Nasrallah" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vial" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Soulier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Costa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8894-5_3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03841381v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F Garcia-Alles" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Root" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maveyraud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubry" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0223877" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405320v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Neslihan Aybeke" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Brul&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice de Fonseca" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01979" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405048v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.141" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02365657v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Elena Ionescu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Selon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Zhou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios8040118" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886429v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia Alles" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0185109" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02328603v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lacroute" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17020236" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405190v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Belliot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lemaire-Ewing" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201600918" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01636828v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Optasanu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourillot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Selon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lavisse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanchot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9678-0" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01493504v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeancarlo R. Rocca-Smith" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Marcuzzo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sensidoni" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Piasente" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2016.03.020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJQ4KRVS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362847v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Leclercq" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna La&#239;os" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Elie-Caille" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Leiber" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10799893.2016.1203940" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376041v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delhorme" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cliff Woodward" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03846" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394465v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vitry" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Rebois" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joelle Virolle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-016-1061-6" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154916v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mouawad" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vitry" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Strutynski" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Picot-Cl&#233;mente" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;s&#233;v&#233;davy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2015.02.026" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405097v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/24/245302" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125774v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Laguerre" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pirrotta" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbois" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gros" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB00692A" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157263v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plassard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Beaurenaut" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr04017a" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154924v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amrani" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kibler" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.023912" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03230592v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ewald" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Tetard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Elie-Caille" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Nicod" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Passian" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/29/295101" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761630v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Calonne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Foucault" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2012.06.027" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D0S9HXG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03230597v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Laisne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshio Ando" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pompon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc2002264" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347925v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berthier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Delage-Mourroux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s8074413" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654116v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesniewska" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362906v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lakard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morrand-Villeneuve" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lakard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.04-098" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493440v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lakard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germaine Michel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Morrand-Villeneuve" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acthis.2006.10.001" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XL0787GV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187068v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.04.098" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H271D26Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437286v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Skompska" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Vorotyntsev" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Refczynska" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Goux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2005.01.066" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LTPQ262-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116625v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monoy" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brevet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Imhoff" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domenichini" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2005.12.237" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W23FVMLM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020775v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nonat" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2003.11.012" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZPK89LJK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087943v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Goudonnet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Laval" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13551850214941" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745908v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hernandez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Lefort-Piat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MARSS61851.2024.10612701" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772069v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma &#268;ustovi&#263;" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588068v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Broussard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Perrin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02465256v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beck" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Clouzot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03482522v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785880v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447442v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Heu" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nicod" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166219v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elie-Caille" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delage-Mourroux" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boireau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403042v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pochard Isabelle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo J&#246;nsson" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475195v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772072v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772071v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795161v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063068v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Zeggari" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Manceau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece-Neslihan Aybeke" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Yahiaoui" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967043v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03841303v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casta&#241;o-Cerezo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Balor" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865559v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pietrement" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Akhssas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fournier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moad Bouzid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Kumar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Meunier-Prest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acselectrochem.6c00014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518827v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Estienney" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Urbain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Magallon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119136" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445841v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jalil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pilot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Bourgeois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Laubriet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxu Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2025.102131" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05269260v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbora Jansov&#225;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujithkumar Ganesh Moorthy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal &#352;mahel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Kohout" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsr.202500026" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980613v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetika Raizada" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Guillouzouic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rouleau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Ferrec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios15020103" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272176v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Devillers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Sabat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400865" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221544v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hernandez-Sabio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Abadie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lesniewska" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2024.116140" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04768302v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garnier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgil Optasanu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guelorget" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14070628" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770941v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brunel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Aubertin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinsuke Shigeto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-024-05567-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395339v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Custovic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bikker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12010139" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612019v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikechukwu David Nwosu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bouvet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c16144" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304956v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balasubramaniam Namasivayam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Obeid" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/64210" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272655v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benazir Khurshid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Polacchi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va L'H&#233;ronde" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Jackson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2023.07.028" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785355v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pattaraporn Panraksa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pornchai Rachtanapun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parichat Thipchai" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Helene Brachais" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2023.03.006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226789v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Di Zazzo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Di Natale" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23156773" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799955v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herbst" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2022.135207" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368969v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Alami Mejjati" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krystianiak" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2021.132453" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799985v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2022.132313" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752135v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navya Maryjose" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Chaabane" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pi&#233;trement" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2022.08.004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847060v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pocholle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-23637-4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173490v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c07474" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03327279v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Zoz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Grandvalet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ragon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10092002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02458549v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Oussidhoum" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hocine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chaumont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Crisbasan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bensidhoum" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ab6539" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407851v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bensidhoum" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chaumont" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Bay Bourennane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12034-019-2001-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373440v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Nasrallah" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Vial" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Soulier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Costa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8894-5_3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03841381v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F Garcia-Alles" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Root" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maveyraud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubry" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0223877" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405320v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Neslihan Aybeke" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Brul&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice de Fonseca" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01979" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405048v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.01.141" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02365657v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Elena Ionescu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Selon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Zhou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rumyantseva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios8040118" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405190v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Belliot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lemaire-Ewing" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lacroute" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201600918" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02328603v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17020236" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886429v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia Alles" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0185109" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394465v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vitry" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Rebois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joelle Virolle" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-016-1061-6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01636828v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Optasanu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourillot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Selon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lavisse" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanchot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9678-0" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01493504v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeancarlo R. Rocca-Smith" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Marcuzzo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sensidoni" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Piasente" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2016.03.020" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJQ4KRVS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376041v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delhorme" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cliff Woodward" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b03846" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362847v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Leclercq" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna La&#239;os" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Elie-Caille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Leiber" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10799893.2016.1203940" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405097v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/24/245302" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125774v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Laguerre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pirrotta" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desbois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gros" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB00692A" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154916v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mouawad" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vitry" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Strutynski" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Picot-Cl&#233;mente" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;s&#233;v&#233;davy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2015.02.026" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154924v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amrani" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kibler" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.023912" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157263v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plassard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Beaurenaut" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr04017a" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03230592v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ewald" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Tetard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Elie-Caille" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Nicod" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Passian" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/29/295101" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761630v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Calonne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Foucault" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2012.06.027" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D0S9HXG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03230597v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Laisne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshio Ando" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pompon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc2002264" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347925v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berthier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Delage-Mourroux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s8074413" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654116v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lesniewska" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Adrian" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187068v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lakard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morrand-Villeneuve" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lakard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.04.098" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H271D26Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362906v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2007.04-098" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493440v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lakard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germaine Michel" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Morrand-Villeneuve" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acthis.2006.10.001" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XL0787GV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437286v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Skompska" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Vorotyntsev" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Refczynska" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Goux" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2005.01.066" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LTPQ262-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116625v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monoy" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brevet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Imhoff" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domenichini" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2005.12.237" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W23FVMLM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020775v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nonat" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2003.11.012" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZPK89LJK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087943v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Goudonnet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Laval" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13551850214941" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745908v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hernandez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Lefort-Piat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MARSS61851.2024.10612701" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772069v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma &#268;ustovi&#263;" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588068v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Broussard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Perrin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02465256v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beck" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Clouzot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03482522v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785880v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447442v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Heu" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nicod" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166219v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elie-Caille" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delage-Mourroux" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boireau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403042v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pochard Isabelle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo J&#246;nsson" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475195v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772072v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772071v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795161v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063068v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Zeggari" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Manceau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece-Neslihan Aybeke" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Yahiaoui" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967043v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03841303v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casta&#241;o-Cerezo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Balor" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865559v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pietrement" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>