--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1415,286 +1415,286 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04425520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE ANALYSIS OF THE HARMONIC-Spin(7) FLOW</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Loubeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Geometric Structures and Moduli Spaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matemática Contemporânea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60 (6), 2023, Special Volume of the Workshop on Geometric Structures and Moduli Spaces, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21711/231766362024/rmc606⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallelisms on the 7-sphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Loubeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lázaro Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrique Sá Earp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Geometric Structures and Moduli Spaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Cordoba, Argentina. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21711/231766362024/rmc607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21711/231766362024/rmc607⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04303663v1</w:t>
-              </w:r>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">hal-04302327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1982,51 +1982,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05521638v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benyounes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levasseur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Loubeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vergara-Diaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.difgeo.2026.102353" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523756v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Loubeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i15900932v45s1p129" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059081v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fadel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Moreno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique S&#225; Earp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/crelle-2024-0067" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Dragomir" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Esposito" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-024-01731-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154946v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10455-023-09928-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059113v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Dwivedi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique N. S&#225; Earp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2422/2036-2145.202111_026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059089v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieth Saavedra" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-022-00953-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059099v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Hountondji Koudjo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Todjihounde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154966v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschamps" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2748/tmj.20200930" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059105v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Bibi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cezar Oniciuc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10455-021-09801-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425557v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Markellos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10231-019-00835-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412239v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deschamps" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pantilie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/mtk.12015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425520v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorel Fetcu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-019-00323-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303663v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro D&#237;az" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21711/231766362024/rmc607" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302327v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21711/231766362024/rmc606" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154957v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05521638v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benyounes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levasseur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Loubeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vergara-Diaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.difgeo.2026.102353" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523756v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Loubeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i15900932v45s1p129" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059081v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fadel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Moreno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique S&#225; Earp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/crelle-2024-0067" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Dragomir" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Esposito" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-024-01731-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154946v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10455-023-09928-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059113v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Dwivedi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique N. S&#225; Earp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2422/2036-2145.202111_026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059089v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieth Saavedra" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-022-00953-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059099v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Hountondji Koudjo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Todjihounde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154966v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschamps" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2748/tmj.20200930" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059105v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Bibi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cezar Oniciuc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10455-021-09801-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425557v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Markellos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10231-019-00835-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412239v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deschamps" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pantilie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/mtk.12015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425520v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorel Fetcu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12220-019-00323-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302327v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21711/231766362024/rmc606" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303663v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro D&#237;az" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21711/231766362024/rmc607" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154957v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>