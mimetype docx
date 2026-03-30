--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -831,616 +831,616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01817919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quenched large deviations for interacting diffusions in random media</w:t>
+                <w:t xml:space="preserve">Long time dynamics and disorder-induced traveling waves in the stochastic Kuramoto model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Luçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Poquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 166 (6), pp.1405-1440. </w:t>
+              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (3), pp.1196-1240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10955-017-1719-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1214/16-AIHP753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01355726v1</w:t>
+                <w:t xml:space="preserve">hal-01148778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long time dynamics and disorder-induced traveling waves in the stochastic Kuramoto model</w:t>
+                <w:t xml:space="preserve">Quenched large deviations for interacting diffusions in random media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Luçon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Poquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 53 (3), pp.1196-1240. </w:t>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 166 (6), pp.1405-1440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1214/16-AIHP753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10955-017-1719-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01148778v1</w:t>
+                <w:t xml:space="preserve">hal-01355726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition from Gaussian to non-Gaussian fluctuations for mean-field diffusions in spatial interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A note on dynamical models on random graphs and Fokker-Planck equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giambattista Giacomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Luçon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wilhelm Stannat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Annals of Applied Probability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/16-AAP1194⟩</w:t>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 165 (4), pp.785-798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10955-016-1652-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01112656v1</w:t>
+                <w:t xml:space="preserve">hal-01355715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A note on dynamical models on random graphs and Fokker-Planck equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Delattre</w:t>
+                <w:t xml:space="preserve">Transition from Gaussian to non-Gaussian fluctuations for mean-field diffusions in spatial interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Luçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giambattista Giacomin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Luçon</w:t>
+                <w:t xml:space="preserve">Wilhelm Stannat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 165 (4), pp.785-798. </w:t>
+              <w:t xml:space="preserve">The Annals of Applied Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (6), pp.3840-3909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10955-016-1652-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1214/16-AAP1194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01355715v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01112656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large time asymptotics for the fluctuation SPDE in the Kuramoto synchronization model</w:t>
+                <w:t xml:space="preserve">Coherence Stability and Effect of Random Natural Frequencies in Populations of Coupled Oscillators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lucon</w:t>
+                <w:t xml:space="preserve">G. Giacomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Luçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Poquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Functional Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfa.2014.03.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dynamics and Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (2), pp.333-367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10884-014-9370-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00686682v1</w:t>
+                <w:t xml:space="preserve">hal-01018542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherence Stability and Effect of Random Natural Frequencies in Populations of Coupled Oscillators</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large time asymptotics for the fluctuation SPDE in the Kuramoto synchronization model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Poquet</w:t>
+                <w:t xml:space="preserve">Eric Lucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dynamics and Differential Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26 (2), pp.333-367. </w:t>
+              <w:t xml:space="preserve">Journal of Functional Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 266 (11), pp.6372-6417. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10884-014-9370-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfa.2014.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018542v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mean field limit for disordered diffusions with singular interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Luçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilhelm Stannat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Annals of Applied Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (5), pp.1946-1993. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1474,51 +1474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quenched limits and fluctuations of the empirical measure for plane rotators in random media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 16 (26), pp.792-829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2028,51 +2028,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8711C8B0"/>
+    <w:nsid w:val="023B2140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2259,51 +2259,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-lucon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3269-1654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/lucon_e_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280091v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lu&#231;on" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-AIHP1508" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895998v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Coppini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-EJP1038" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pouzat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2022.02.008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280094v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10884-022-10148-z" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911080v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-AAP1598" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936910v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2020.06.010" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817919v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-019-03641-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355726v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-017-1719-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148778v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-AIHP753" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112656v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Stannat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-AAP1194" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355715v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delattre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giambattista Giacomin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-016-1652-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686682v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lucon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2014.03.008" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018542v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giacomin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lu&#231;on" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poquet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10884-014-9370-5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492471v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/13-AAP968" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505381v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/EJP.v16-874" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022199v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-16637-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185413v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416121v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04451781v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-lucon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3269-1654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/lucon_e_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280091v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lu&#231;on" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-AIHP1508" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895998v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Coppini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-EJP1038" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pouzat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2022.02.008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280094v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10884-022-10148-z" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911080v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-AAP1598" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936910v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2020.06.010" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817919v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-019-03641-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-AIHP753" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355726v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-017-1719-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355715v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delattre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giambattista Giacomin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-016-1652-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112656v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Stannat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-AAP1194" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018542v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giacomin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lu&#231;on" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10884-014-9370-5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686682v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lucon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfa.2014.03.008" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492471v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/13-AAP968" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505381v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/EJP.v16-874" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022199v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-16637-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185413v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416121v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04451781v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>