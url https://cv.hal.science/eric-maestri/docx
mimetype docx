--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1839,368 +1839,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01644118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">RÉSIDUS D'HISTOIRES : AUTOETHNOGRAPHIE D'UN PROJET SOCIO-SONORE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maestri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Odasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche-Création et méthodologies didactiques dans les arts et la technologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01731238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I mille fuochi dell'universo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Ghisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maestri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Sarto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26° Festival de Milano Musica et de la Fondation Siemens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Milan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’interaction sonore homme-machine. Analyse comparative de deux cas d’études : Les nuages de Magellan de Tristan Murail et unseulmotnesuffitpas III de Pierre Alexandre Tremblay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maestri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musiques électriques, électricité et musique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Denis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01644113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Spectral Sound as Techno-morphic. An Analysis of Murail’s Le nuages de Magellan Sound Morphologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maestri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectralism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01644077v1</w:t>
-              </w:r>
-[...270 lines deleted...]
-                <w:t xml:space="preserve">hal-03675526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Live Coding : Four case studies’ sound morphologies</w:t>
               </w:r>
@@ -2570,64 +2570,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recreating Ge ́rard Grisey’s Vortex Temporum with cage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Ghisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maestri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2665,64 +2665,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recreating Gérard Grisey’s Vortex Temporum with cage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Ghisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Maestri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4949,51 +4949,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="91459A97"/>
+    <w:nsid w:val="09874301"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5180,51 +5180,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-maestri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3572-5928" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/200612549" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nuthing.eu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120524v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maestri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/music_tec-15438" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120538v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Giacco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Valente" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740662v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14439/mpr.12.4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467461v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740664v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7413/2724-5470083" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991075v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/philosophies6030072" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742602v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355771820000084" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03663608v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644115v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355771817000474" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644281v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996454v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129253v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Odasso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111490v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987221v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791492v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Galleron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Millot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonardi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Paris" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668980v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668852v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mori" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644077v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731238v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644113v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03675526v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Agostini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Ghisi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grimaldi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sarto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668921v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01462005v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644119v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668874v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644076v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01393055v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165879v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlos Antoniadis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287622v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644110v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01471120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644074v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644109v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289614v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682796v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie H&#233;rold" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291120v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291115v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289691v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682803v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644114v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740658v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-academia.be/index.asp" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394118v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668767v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644086v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644107v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644111v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01651911v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644085v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644279v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01626393v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016STRAC047" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01644072v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01644102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996459v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006008v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-maestri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3572-5928" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/200612549" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nuthing.eu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120524v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maestri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/music_tec-15438" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120538v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Giacco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Valente" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740662v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14439/mpr.12.4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467461v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740664v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7413/2724-5470083" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991075v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/philosophies6030072" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742602v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355771820000084" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03663608v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644115v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355771817000474" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644083v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644281v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996454v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129253v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Odasso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111490v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987221v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791492v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Galleron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Millot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonardi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Paris" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668980v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668852v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mori" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731238v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03675526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Agostini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Ghisi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grimaldi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sarto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644113v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644077v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668921v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01462005v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644119v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668874v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644076v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01393055v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165879v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavlos Antoniadis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287622v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644110v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01471120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644074v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644109v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289614v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682796v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie H&#233;rold" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291120v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291115v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289691v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682803v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644114v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740658v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-academia.be/index.asp" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394118v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03668767v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644086v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644107v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644111v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01651911v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644085v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01644279v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01626393v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016STRAC047" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01644072v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01644102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996459v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04006008v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>