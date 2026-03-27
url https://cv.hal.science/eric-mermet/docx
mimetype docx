--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Mermet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un baño ritual judío en el barrio toledano de Valdecaleros1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Passini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Odore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un baño ritual judío en el barrio toledano de Valdecaleros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Passini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Odore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topomine : une application web d'exploration itérative de la toponymie française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03931476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeing and (Not) Being Seen : how visibility has influenced the development of Paris in the late XVIII th century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellie Khounlivong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03187137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of the Digital Humanities to historical research in Central Vietnam : GIS & semantic web annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Valérie Schweyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Paget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellie Khounlivong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Fabrique numérique du passé, plateforme ouverte en ligne pour le dépôt, la visualisation et la diffusion de données géohistoriques : quelles perspectives de pérennisation face aux risques techniques et économiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cerbelaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gherdevich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHNord2025. Valoriser les données de recherche en humanités numériques : enjeux, pratiques, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Tourcoing, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les itinéraires des moines voyageurs dans les rouleaux des morts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gherdevich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Nguyen Ngoc Minh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanistica 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association francophone des humanités numériques Humanistica, Jun 2023, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panel of sensitive mapping experiments with respect to various sources of information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Bostancıoğlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Cartographic Conference (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Cape Town, South Africa. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-proc-5-7-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions d’Henri Blondel (1821-1897) dans le quartier Richelieu : exploitation et exposition numérique d’un corpus de thèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire du projet Richelieu. Histoire du quartier : « Documenter l’histoire urbaine, architecturale, sociale et culturelle du quartier Richelieu (1750-1950) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INHA, Feb 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceiving, mapping and sharing of urban space: an experiment of sensitive mapping based on observation filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du centenaire de l’Union géographique internationale (UGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité National Français de Géographie; International Geographical Union, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An attempt to define perceptive and sensitive mapping through lived space experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021), 14–18 December 2021, Florence, Italy.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Cartographic Association, Dec 2021, Firenze, Italy. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-abs-3-70-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lived and perceived space during lock-down in a sensitive map approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021), 14–18 December 2021, Florence, Italy.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Florence, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-proc-4-50-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep convolutional neural network for mangrove mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Iovan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kulbicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS 2020 International Geoscience and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Waikoloa, United States. pp.1969-1972, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS39084.2020.9323802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation du risque en santé dans le Val-de-Marne : entre inégalités des territoires et accessibilité fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Heidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Jérémie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.356-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01854366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative platform for the semantic annotation of digitised sources with focus on spatio-temporal information and relying on linked open data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasini Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data for history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toledo Medieval: la máquina hidráulica de Al-Idrisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Passini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Paget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EL AGUA EN TOLEDO Y SU ENTORNO: ÉPOCAS ROMANA Y MEDIEVAL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coordinadores: Rebeca Rubio Rivera • Jean Passini • Ricardo Izquierdo Benito, 2018, Cuenca, España</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05400294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oronce Fine : une plateforme pour l'annotation sémantique de ressources cartographiques sur le Web de données (résumé)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pandolfi Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Hermenault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence SAGEO 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la plateforme Oronce Fine: Semantic-enabled platform for the publication, integration and exploration of geo-historical resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital processing and critical reading of historical maps : Ehtiopian Materials, CéSor/BULAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping experiences of personal appropriation of a new place from a diachronic perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maps and Emotions Workshop in the 28th International Cartographic Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02344612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Road network management in the context of natural hazards: a decision-aiding process based on multi-criteria decision making methods and network structural properties analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Zadonina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Deschâtres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Snow Science Workshop (ISSW 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Grenoble, France. pp.95-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision support system based on GIS, multi-criteria decision making methods and structural properties analysis for transport network vulnerability and resilience assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Zadonina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Dissart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Labbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Conference of the International Society for Integrated Disaster Risk Management (IDRiM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Newcastle, United Kingdom. pp.95-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of importance of road networks exposed to natural hazards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somsakun Maneerat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGILE'2012 International Conference on Geographic Information Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Avignon, France. pp.370-375</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Analysis of a Maritime Trade in Medieval Japan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Sarkiss Tatoyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Kobiljski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroki Yamashita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Historical Network Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.198-255. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25517/jhnr.v10i1.86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adresses, géocodage et information historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Pinol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le printemps des cartes à Montmorillon - mai 2023 (255), pp.85-98. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz358cwvtgnjjlp-46087915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un référentiel géohistorique diachronique : Paris 1900-2020 – les îlots, les voies et les adresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Peignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Rouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Cador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Rinner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70 (2), pp.39-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quoi pourrait bien servir la cartographie perceptive et sensible ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.55-59. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-46088632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un panorama d’expérimentations en cartographie sensible pour l’étude de l’influence des sources d’informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Bostancıoğlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.29-41. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-46088507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between location of out-of-hospital cardiac arrest, on-scene socioeconomic status, and accessibility to public automated defibrillators in two large metropolitan areas in Canada and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Heidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Freyssenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Deakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennie Helmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resuscitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resuscitation.2022.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer par la carte l’espace pendant le confinement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des politiques sociales et familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Habiter son logement au temps du confinement Expériences contrastées et inégalités, 141, pp.129-139. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpsf.141.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialités sociales à Paris à la veille de la Révolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Varet-Vitu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n°58 (2), pp.157. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rhu.058.0159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial resilience: from concept to mountain critical infrastructures analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Curt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (5-6), pp.20-28. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2018047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What could perceptive and sensitive mapping be used for? Examples of use in urban planning projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Domingues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Cartographic Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abstracts of the ICA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, pp.1-2, 2023, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-abs-6-55-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de Ligoure : Des données aux plateformes géohistoriques en accès libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cerbelaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Crouzevialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gherdevich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Atelier de Ligoure : Des données aux plateformes géohistoriques en accès libre, Ligoure, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03805518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation et analyse spatio-temporelle de trajectoires maritimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattia Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Ducruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lagesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séléna Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karine Emsellem ; Didier Josselin ; Diego Moreno Sierra ; Christine Voiron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Nice, France. , pp.591, 2016, Actes de la conférence SAGEO'2016 - Spatial Analysis and GEOmatics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId114"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Mermet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galligeo : donner de l'espace aux et plans de Gallica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle des projets de recherche en résidence au BnF DataLab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543194v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation et analyse spatio-temporelle de trajectoires maritimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattia Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Ducruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lagesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séléna Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karine Emsellem ; Didier Josselin ; Diego Moreno Sierra ; Christine Voiron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAGEO 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Nice, France. , pp.591, 2016, Actes de la conférence SAGEO'2016 - Spatial Analysis and GEOmatics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un baño ritual judío en el barrio toledano de Valdecaleros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Passini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Odore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un baño ritual judío en el barrio toledano de Valdecaleros1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Passini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Odore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topomine : une application web d'exploration itérative de la toponymie française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Grosso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03931476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeing and (Not) Being Seen : how visibility has influenced the development of Paris in the late XVIII th century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellie Khounlivong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03187137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of the Digital Humanities to historical research in Central Vietnam : GIS & semantic web annotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Valérie Schweyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Paget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellie Khounlivong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Fabrique numérique du passé, plateforme ouverte en ligne pour le dépôt, la visualisation et la diffusion de données géohistoriques : quelles perspectives de pérennisation face aux risques techniques et économiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cerbelaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gherdevich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHNord2025. Valoriser les données de recherche en humanités numériques : enjeux, pratiques, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Tourcoing, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les itinéraires des moines voyageurs dans les rouleaux des morts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gherdevich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Nguyen Ngoc Minh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanistica 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association francophone des humanités numériques Humanistica, Jun 2023, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panel of sensitive mapping experiments with respect to various sources of information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Bostancıoğlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Cartographic Conference (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Cape Town, South Africa. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-proc-5-7-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions d’Henri Blondel (1821-1897) dans le quartier Richelieu : exploitation et exposition numérique d’un corpus de thèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire du projet Richelieu. Histoire du quartier : « Documenter l’histoire urbaine, architecturale, sociale et culturelle du quartier Richelieu (1750-1950) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INHA, Feb 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceiving, mapping and sharing of urban space: an experiment of sensitive mapping based on observation filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du centenaire de l’Union géographique internationale (UGI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité National Français de Géographie; International Geographical Union, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lived and perceived space during lock-down in a sensitive map approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021), 14–18 December 2021, Florence, Italy.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Florence, Italy. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-proc-4-50-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An attempt to define perceptive and sensitive mapping through lived space experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Cartographic Conference (ICC 2021), 14–18 December 2021, Florence, Italy.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Cartographic Association, Dec 2021, Firenze, Italy. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-abs-3-70-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep convolutional neural network for mangrove mapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Iovan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kulbicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IGARSS 2020 International Geoscience and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Waikoloa, United States. pp.1969-1972, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS39084.2020.9323802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation du risque en santé dans le Val-de-Marne : entre inégalités des territoires et accessibilité fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Heidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Jérémie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Mar 2018, Rouen, France. pp.356-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01854366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative platform for the semantic annotation of digitised sources with focus on spatio-temporal information and relying on linked open data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasini Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data for history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toledo Medieval: la máquina hidráulica de Al-Idrisi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Passini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Paget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EL AGUA EN TOLEDO Y SU ENTORNO: ÉPOCAS ROMANA Y MEDIEVAL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coordinadores: Rebeca Rubio Rivera • Jean Passini • Ricardo Izquierdo Benito, 2018, Cuenca, España</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05400294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oronce Fine : une plateforme pour l'annotation sémantique de ressources cartographiques sur le Web de données (résumé)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pandolfi Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Hermenault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence SAGEO 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de la plateforme Oronce Fine: Semantic-enabled platform for the publication, integration and exploration of geo-historical resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital processing and critical reading of historical maps : Ehtiopian Materials, CéSor/BULAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping experiences of personal appropriation of a new place from a diachronic perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maps and Emotions Workshop in the 28th International Cartographic Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02344612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision support system based on GIS, multi-criteria decision making methods and structural properties analysis for transport network vulnerability and resilience assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Zadonina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Dissart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Labbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Conference of the International Society for Integrated Disaster Risk Management (IDRiM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Newcastle, United Kingdom. pp.95-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Road network management in the context of natural hazards: a decision-aiding process based on multi-criteria decision making methods and network structural properties analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Zadonina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Deschâtres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Snow Science Workshop (ISSW 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Grenoble, France. pp.95-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of importance of road networks exposed to natural hazards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somsakun Maneerat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGILE'2012 International Conference on Geographic Information Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Avignon, France. pp.370-375</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02605932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Analysis of a Maritime Trade in Medieval Japan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Sarkiss Tatoyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Kobiljski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroki Yamashita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Historical Network Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.198-255. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25517/jhnr.v10i1.86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04870442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un référentiel géohistorique diachronique : Paris 1900-2020 – les îlots, les voies et les adresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sasha Peignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Rouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Cador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Rinner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70 (2), pp.39-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adresses, géocodage et information historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Pinol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le printemps des cartes à Montmorillon - mai 2023 (255), pp.85-98. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz358cwvtgnjjlp-46087915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un panorama d’expérimentations en cartographie sensible pour l’étude de l’influence des sources d’informations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Bostancıoğlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.29-41. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-46088507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quoi pourrait bien servir la cartographie perceptive et sensible ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cartes &amp; géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.55-59. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-46088632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between location of out-of-hospital cardiac arrest, on-scene socioeconomic status, and accessibility to public automated defibrillators in two large metropolitan areas in Canada and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Heidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Freyssenge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Deakin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennie Helmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resuscitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resuscitation.2022.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer par la carte l’espace pendant le confinement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dominguès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sevil Seten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des politiques sociales et familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Habiter son logement au temps du confinement Expériences contrastées et inégalités, 141, pp.129-139. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpsf.141.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialités sociales à Paris à la veille de la Révolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Varet-Vitu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n°58 (2), pp.157. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rhu.058.0159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03088831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial resilience: from concept to mountain critical infrastructures analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Curt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018 (5-6), pp.20-28. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2018047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What could perceptive and sensitive mapping be used for? Examples of use in urban planning projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Domingues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Cartographic Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abstracts of the ICA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, pp.1-2, 2023, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/ica-abs-6-55-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04395967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de Ligoure : Des données aux plateformes géohistoriques en accès libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cerbelaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Crouzevialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gherdevich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Atelier de Ligoure : Des données aux plateformes géohistoriques en accès libre, Ligoure, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03805518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId115"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401247v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Passini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mermet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Odore" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393628v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03931476v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mermet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grosso" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187137v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellie Khounlivong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098418v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Schweyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paget" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421674v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cerbelaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gherdevich" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142849v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Nguyen Ngoc Minh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395799v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Bostanc&#305;o&#287;lu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevil Seten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-5-7-2023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087108v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jamet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395737v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485599v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-abs-3-70-2021" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496341v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-50-2021" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927567v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Iovan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kulbicki" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS39084.2020.9323802" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854366v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Heidet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verdier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasini Jean" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310027v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando Escobar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pandolfi Beno&#238;t" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827995v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344612v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tacnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mermet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Zadonina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Desch&#226;tres" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humbert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605939v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dissart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Labb&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605932v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somsakun Maneerat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870442v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Sarkiss Tatoyan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Kobiljski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Yamashita" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25517/jhnr.v10i1.86" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056505v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pinol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz358cwvtgnjjlp-46087915" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940428v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Peignot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cador" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rinner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057222v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-46088632" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057197v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-46088507" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03834681v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Freyssenge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Claustre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Deakin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Helmer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2022.10.016" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.141.0129" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088831v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Varet-Vitu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marraud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.058.0159" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608969v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Forestier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Curt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018047" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395967v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingues" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-abs-6-55-2023" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805518v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Crouzevialle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614362v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Bunel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Ducruet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lagesse" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;l&#233;na Petit" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543194v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mermet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grosso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614362v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Bunel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Ducruet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lagesse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mermet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;l&#233;na Petit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393628v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Passini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Odore" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401247v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03931476v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187137v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellie Khounlivong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098418v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Schweyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paget" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421674v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cerbelaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gherdevich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142849v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Nguyen Ngoc Minh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395799v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jolivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Bostanc&#305;o&#287;lu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingu&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevil Seten" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-5-7-2023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087108v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jamet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395737v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496341v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-proc-4-50-2021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485599v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-abs-3-70-2021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927567v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Iovan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kulbicki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS39084.2020.9323802" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854366v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Heidet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827997v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verdier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasini Jean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400294v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310027v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando Escobar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pandolfi Beno&#238;t" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827995v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02344612v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605939v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tacnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mermet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Zadonina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dissart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Labb&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605938v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Desch&#226;tres" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Humbert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605932v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somsakun Maneerat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870442v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Sarkiss Tatoyan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Kobiljski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Yamashita" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25517/jhnr.v10i1.86" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940428v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Peignot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cador" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Rinner" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056505v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pinol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz358cwvtgnjjlp-46087915" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057197v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-46088507" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057222v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-46088632" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03834681v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Freyssenge" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Claustre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Deakin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Helmer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2022.10.016" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517385v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.141.0129" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088831v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Varet-Vitu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marraud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.058.0159" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608969v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Forestier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Curt" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2018047" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395967v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Domingues" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ica-abs-6-55-2023" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805518v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Crouzevialle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>