--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -569,1447 +569,1447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03545682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">André Blumel, gardien de la mémoire de Léon Blum leader socialiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021/2 (150), pp.95-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.150.0095.⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Roger Martelli, Jean Vigreux, Serge Wolikow, Le Parti rouge. Une histoire du PCF 1920-2020, Paris, Armand Colin, « Mnémosya », 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.195-196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/vin.151.0185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03545476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">André Blumel, gardien de la mémoire de Léon Blum leader socialiste</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dessins de Robert Fuzier, révélateurs de la ligne du quotidien socialiste Le Populaire vis-à-vis de l’URSS (1931-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les pays du Nord et la guerre au XXe siècle, n° 279/2020 (3), pp.97-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gmcc.279.0097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ligne « unitaire » des dessins de Robert Fuzier sur les communistes dans le quotidien central du Parti socialiste Le Populaire (1931-1940)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 2021/2 (150), pp.95-110. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/vin.150.0095.⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 2020/4 (148), pp.31-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.148.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/gmcc.279.0097⟩</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'hostilité du Parti socialiste SFIO envers le Sénat révélée par les dessins de Robert Fuzier pour le quotidien Le Populaire (1931-1939)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 689 (1), pp.77-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhis.191.0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dessin satirique de presse et bande dessinée : le cas du dessinateur Robert Fuzier dans le quotidien socialiste Le Populaire, de 1932 à 1939</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ridiculosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25/2018, pp.91-105</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'hostilité du Parti socialiste SFIO envers le Sénat révélée par les dessins de Robert Fuzier pour le quotidien Le Populaire (1931-1939)</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Zyromski, leader de la gauche socialiste en France entre les deux guerres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gavroche : revue d'histoire populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 165, pp.12-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Bloncourt (1896-1978), une figure du socialisme de gauche unitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, A l'heure du coup d'Etat, 2 (12), pp.118-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parl.012.0118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bouneau, Socialisme et jeunesse en France 1879-1969, Acteurs-Discours-Moments et lieux, Maison des Sciences de l’Homme d’Aquitaine, 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 391</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une grande figure du dessin de presse socialiste, Robert Fuzier (1898-1982)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche socialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Hors série (48-49), pp.53-76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Gribaudi, Michèle Riot-Sarcey, 1848, La révolution oubliée, La Découverte, 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 386</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éliane Brault, un parcours au féminin, radical, antifasciste, progressiste, maçonnique et féministe, 1895-1982</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Nouveaux regards sur l'histoire de la France dans la Seconde Guerre mondiale, 9, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hp.009.0098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blumel, dirigeant socialiste et sioniste, 1893-1973</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives Juives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Rencontres ashkénazes-séfarades, 42/2, pp.133-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/aj.422.0133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dixmier, Annie Duprat, Bruno Guignard, Bertrand Tillier, Quand le crayon attaque. Images satiriques et opinion publique en France 1814-1918</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 378</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cahiers Jaurès, n° 177-178, juillet-décembre 2005. Les socialistes et la ville, 1890-1914. Actes de la journée d’études de Montreuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue historique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n° 689 (1), pp.77-100. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rhis.191.0077⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 648/4, pp.980-981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/his.084.0921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 25/2018, pp.91-105</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pacifistes du Parti socialiste SFIO, du congrès national de Nantes à la défaite de la France (juin 1939-juin 1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aden. Paul Nizan et les années trente : revue du GIEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Pacifisme et antimilitarisme, 7, pp.137-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 165, pp.12-17</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Blum (éd.), Les vies de Pierre Naville, Presses universitaires du Septentrion, 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 375</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Une grande figure du dessin de presse socialiste, Robert Fuzier (1898-1982)</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blumel socialiste (1893-1973)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche socialiste</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Hors série (48-49), pp.53-76</w:t>
+              <w:t xml:space="preserve">, 2007, 39-40, pp.149-161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Christine Bouneau, Socialisme et jeunesse en France 1879-1969, Acteurs-Discours-Moments et lieux, Maison des Sciences de l’Homme d’Aquitaine, 2009</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Manceron, 1885 : le tournant colonial de la République, La Découverte, 2007</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'OURS. Office universitaire de recherche socialiste</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 391</w:t>
+              <w:t xml:space="preserve">, 2007, 373</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...676 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04055070v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04054160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vigna, Jean Vigreux, Serge Wolikow (dir.), Le pain, la paix, la liberté, expériences et territoires du Front populaire, Les Editions sociales, 2006</w:t>
               </w:r>
@@ -4209,4094 +4209,4094 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03544791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean Schaeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 11, Ro-Ta, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean Stella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 11, Ro-Ta, et maitron-en-ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04054856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Jean Schaeffer</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Saillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 11, Ro-Ta, et maitron-en-ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 11, Ro-Ta, et maitron-en-ligne</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon-Maurice Nordmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Fusillés (1940-1944): Dictionnaire biographique des fusillés et exécutés par condamnation et comme otages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Pornet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Peyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alphonse Pheulpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Pignan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest Petit (général)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriette Psichari-Renan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon-Maurice Nordmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Fusillés (1940-1944): Dictionnaire biographique des fusillés et exécutés par condamnation et comme otages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 9, Mem-Pen, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lambert Ortolani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 9, Mem-Pen, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Parant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 9, Mem-Pen, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 8, Lem-Me, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Maisonneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 8, Lem-Me, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose Matet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 8, Lem-Me, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 8, Lem-Me, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Mascarello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 8, Lem-Me, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Masson (docteur)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 8, Lem-Me, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Kaïm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 7, Ji-Lel, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Leflond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 7, Ji-Lel, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 6, Gh-Je, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Maurice Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 6, Gh-Je, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Guignebert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 6, Gh-Je, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Fuzier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 5, E-Ge, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Floyrac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 5, E-Ge, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Fouque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 5, E-Ge, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Racine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 5, E-Ge, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dellac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 4, Cos-Dy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 4, Cos-Dy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Duchat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 4, Cos-Dy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Courtioux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 4, Cos-Dy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alphonse Drouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Maner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 4, Cos-Dy, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.3196-3198</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Peyrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 10, Pen-Ri, et maitron-en-ligne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Cheminots engagés, XIXe-XXe siècles, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dellac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots engagés, XIXe-XXe siècles, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Parant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots engagés, XIXe-XXe siècles, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alphonse Drouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots engagés, XIXe-XXe siècles, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots engagés, XIXe-XXe siècles, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blumel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1379-1395</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Brauer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Blumel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, pp.204-206, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éliane Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, pp.343-345, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Bloncourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, pp.193-195, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éliane Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.2675-2686</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bongars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, et maitron-en-ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Bloncourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 2, Bel-Buy, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1294-1303</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Parant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire biographique Mouvement ouvrier Mouvement social, Période 1940-1968, tome 9, Mem-Pen, et maitron-en-ligne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+              <w:t xml:space="preserve">Cheminots et militants. Un siècle de syndicalisme ferroviaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.340-341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dellac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots et militants. Un siècle de syndicalisme ferroviaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.165-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Peyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots et militants. Un siècle de syndicalisme ferroviaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alphonse Drouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots et militants. Un siècle de syndicalisme ferroviaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.176-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cheminots et militants. Un siècle de syndicalisme ferroviaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.101-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Zyromski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Maitron. Deux siècles d’histoire sociale, cédérom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Paul-Boncour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Salengro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le néo-socialisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2010</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Spinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2010</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Moch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...2410 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04055022v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04055017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Lagrange</w:t>
               </w:r>
@@ -9068,177 +9068,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04055215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean Zyromski, portrait d’un dirigeant de l’aile gauche socialiste (SFIO), court-métrage de 15 minutes, filmé et monté par la réalisatrice Jeanne Menjoulet, Centre d’Histoire sociale du XXe siècle (CNRS/Université Paris1), 2017, diffusion sur YouTube. https://youtu.be/f8E3AxMt0_Y?t=4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Menjoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Histoire de la SFIO à travers le parcours de Jean Zyromski (dirigeant de l’aile gauche), court métrage de 39 minutes filmé par la réalisatrice Jeanne, Centre d'histoire sociale du XXe siècle (CNRS/Université de Paris 1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nadaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menjoulet Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Menjoulet Jeanne</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04055207v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-04055211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petite histoire des débuts du Parti socialiste français (SFIO), court-métrage de 7 minutes, filmé et monté par la réalisatrice Jeanne Menjoulet, Centre d’Histoire sociale du XXe siècle (CNRS/Université Paris1)</w:t>
               </w:r>
@@ -9389,51 +9389,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="06C0DACB"/>
+    <w:nsid w:val="2C5B7384"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9620,51 +9620,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-nadaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034053832" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/227062746" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04055158v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nadaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1988PA100024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04052907v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545507v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415670v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545682v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545476v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.151.0185" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03541686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.150.0095." TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544284v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmcc.279.0097" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03543959v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.148.0031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544204v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.191.0077" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544775v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053686v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053827v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055063v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055065v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053709v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.012.0118" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054009v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hp.009.0098" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054098v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aj.422.0133" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055068v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055091v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/his.084.0921" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054136v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055069v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055070v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055072v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054391v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054418v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054381v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.022.0481" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055105v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055100v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055103v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054443v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054453v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054508v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054523v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544629v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.10113" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054651v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054738v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545626v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545603v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055232v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545612v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054744v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054743v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054742v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054741v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055241v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055237v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054829v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054740v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544798v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544791v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054856v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054852v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054847v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054862v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054871v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054872v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054869v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054874v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054865v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054875v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054879v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054881v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054883v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054897v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054889v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054886v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054888v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054892v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054894v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054901v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054902v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054907v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054910v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054906v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054925v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054913v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054918v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054924v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Racine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054943v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054931v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054941v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054933v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054929v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Maner" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055003v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054999v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055002v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055001v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054998v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054945v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054965v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054966v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054961v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054969v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054957v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054947v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054963v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054940v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054991v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054982v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054993v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054988v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054977v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055005v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055031v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055025v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055032v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055022v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055017v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055021v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055018v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055024v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055029v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055020v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055028v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055027v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055007v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03547023v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deluz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Turrel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vannier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055215v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Menjoulet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055207v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menjoulet Jeanne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055211v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055214v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-nadaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034053832" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/227062746" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04055158v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nadaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1988PA100024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04052907v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545507v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415670v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545682v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03541686v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.150.0095." TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545476v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.151.0185" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544284v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmcc.279.0097" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03543959v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.148.0031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544204v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.191.0077" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544775v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053686v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053709v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl.012.0118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055063v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055065v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054009v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hp.009.0098" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054098v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/aj.422.0133" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055068v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055091v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/his.084.0921" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054136v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055069v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054160v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055070v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055072v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054391v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054418v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054381v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055094v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.022.0481" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055105v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055100v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055103v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054443v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054453v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054508v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054523v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544629v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.10113" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054651v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054738v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545626v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545603v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055232v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03545612v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054744v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054743v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054742v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054741v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055241v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055237v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054829v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054740v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544798v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03544791v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054852v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054856v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054847v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054862v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054874v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054869v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054871v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054872v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054865v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054875v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054879v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054881v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054883v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054886v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054888v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054897v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054889v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054892v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054894v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054901v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054902v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054907v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054910v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054906v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054925v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054913v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054918v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054924v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Racine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054941v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054933v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054943v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054931v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054929v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Maner" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055003v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054999v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055002v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055001v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054998v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054965v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054945v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054966v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054961v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054969v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054957v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054947v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054963v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054940v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054991v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054982v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054993v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054988v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054977v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055005v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055031v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055017v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055032v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055022v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055021v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055018v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055024v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055029v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055020v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055028v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055027v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055007v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03547023v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Deluz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Turrel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vannier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055215v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Menjoulet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055211v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055207v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menjoulet Jeanne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04055214v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>