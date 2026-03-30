--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1752,260 +1752,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02876645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de l’étude préliminaire du plateau de Sénart à l’âge du Bronze</w:t>
+                <w:t xml:space="preserve">Alimentation, mobilité et mode de vie dans le Bassin lémanique (Suisse) à l’âge du Bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Belarbi</w:t>
+                <w:t xml:space="preserve">Alessandra Varalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boulenger Lionel</w:t>
+                <w:t xml:space="preserve">Jocelyne Desideri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Legriel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David-Elbiali Mireille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Honegger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’archéologie préventive post-Grands Travaux, Traiter de grandes surfaces fectionnées et discontinues : de l’instruction des dossiers d’aménagements aux modèles spatiaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Patrice Brun; Cyril Marcigny; Jan Vanmoerkerke, May 2012, Châlons-en-Champagne, France. pp.187-196</w:t>
+              <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Poitier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02302179v1</w:t>
+                <w:t xml:space="preserve">halshs-01706477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimentation, mobilité et mode de vie dans le Bassin lémanique (Suisse) à l’âge du Bronze</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Présentation de l’étude préliminaire du plateau de Sénart à l’âge du Bronze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Goude</w:t>
+                <w:t xml:space="preserve">Mehdi Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David-Elbiali Mireille</w:t>
+                <w:t xml:space="preserve">Boulenger Lionel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Honegger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jacques Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Néré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1843èmes Journées de la Société d’Anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Poitier, France</w:t>
+              <w:t xml:space="preserve">L’archéologie préventive post-Grands Travaux, Traiter de grandes surfaces fectionnées et discontinues : de l’instruction des dossiers d’aménagements aux modèles spatiaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Patrice Brun; Cyril Marcigny; Jan Vanmoerkerke, May 2012, Châlons-en-Champagne, France. pp.187-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01706477v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3136,268 +3136,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'occupation humaine au bronze final sur les berges du Léman : deux exemples d'habitats à Chens-sur-Léman, « rue de Charnage » et « Véreître »</w:t>
+                <w:t xml:space="preserve">Présentation de l'étude préliminaire du plateau de Sénart à l'âge du Bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Néré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cousseran-Néré</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Franc</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">cahier d'archeologie romande; CTHS. </w:t>
+                <w:t xml:space="preserve">Medhi Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bulletin de la Société archéologique champenoise. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'homme au bord de l'eau au Néolithique et à la Protohistoire CAR 132 • Documents préhistoriques 30</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 132 (30), cahier d'archeologie romande, pp.327-344, 2012, 2-88028-132-6</w:t>
+              <w:t xml:space="preserve">L’archéologie préventive post-Grands Travaux. Traiter de grandes surfaces fractionnées et discontinues : de l’instruction des dossiers d’aménagement aux modèles spatiaux.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 110 (4), pp.187, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038091v1</w:t>
+                <w:t xml:space="preserve">hal-05038020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de l'étude préliminaire du plateau de Sénart à l'âge du Bronze</w:t>
+                <w:t xml:space="preserve">L'occupation humaine au bronze final sur les berges du Léman : deux exemples d'habitats à Chens-sur-Léman, « rue de Charnage » et « Véreître »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Néré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Boulenger</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cabanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cousseran-Néré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medhi Belarbi</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Bulletin de la Société archéologique champenoise. </w:t>
+                <w:t xml:space="preserve">Odile Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">cahier d'archeologie romande; CTHS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’archéologie préventive post-Grands Travaux. Traiter de grandes surfaces fractionnées et discontinues : de l’instruction des dossiers d’aménagement aux modèles spatiaux.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 110 (4), pp.187, 2012</w:t>
+              <w:t xml:space="preserve">L'homme au bord de l'eau au Néolithique et à la Protohistoire CAR 132 • Documents préhistoriques 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 132 (30), cahier d'archeologie romande, pp.327-344, 2012, 2-88028-132-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038020v1</w:t>
+                <w:t xml:space="preserve">hal-05038091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’âge du Bronze dans la vallée de l’Aisne</w:t>
               </w:r>
@@ -4177,51 +4177,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5D8DF4BD"/>
+    <w:nsid w:val="DF4F8370"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4408,51 +4408,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-nere" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109296v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Notier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03235417v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dam.3841" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05038029v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Nordez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2016.14724" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05038044v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.592" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038062v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saison" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedrick Chatellier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Vital" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039087v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Galtier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genechesie Julia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037733v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guillin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038202v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Nallier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472798v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Riquier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lorin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Achard-Corompt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679243v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Poisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03216558v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Broutin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03216495v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Mougin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02446000v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eymeric Morin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ferber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302179v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulenger Lionel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Legriel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01706477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Varalli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Desideri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Elbiali Mireille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Honegger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05092730v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Du Gardin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04569016v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Boutoille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781803276243" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687228v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aprab.org/publi.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685968v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revue-du-nord.univ-lille.fr/index.php/hors-serie-archeologie-n29/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513762v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fr&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02158647v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Peake" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Denmat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01942199v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brunet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boulenger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01952140v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazi&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dedet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Mercurin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038091v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05038020v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Belarbi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038069v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brun" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Cathelinais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chatillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Guen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cths.fr/ed/edition.php?id=581" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05531035v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minvielle Larousse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dal Col" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gagnol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Horry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173537v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B&#233;ranger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Thiercelin-Ferber" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942287v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;r&#233; &#201;." TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boes X." TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabanis M." TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coussan-N&#233;r&#233; S." TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala&#239; D." TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173559v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173567v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-nere" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109296v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Notier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03235417v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Isnard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cabanis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dam.3841" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05038029v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Nordez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2016.14724" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05038044v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousseran-N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.592" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038062v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saison" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedrick Chatellier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Vital" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039087v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Galtier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genechesie Julia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037733v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric N&#233;r&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guillin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038202v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Nallier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472798v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Riquier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lorin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Achard-Corompt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679243v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Goy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Poisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03216558v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Broutin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03216495v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lalai" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Mougin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02446000v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eymeric Morin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ferber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01706477v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Varalli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Desideri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Elbiali Mireille" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Honegger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302179v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boulenger Lionel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Legriel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05092730v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Du Gardin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04569016v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Boutoille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781803276243" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687228v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aprab.org/publi.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685968v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revue-du-nord.univ-lille.fr/index.php/hors-serie-archeologie-n29/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513762v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fr&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02158647v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Peake" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Denmat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01942199v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brunet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boulenger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01952140v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazi&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dedet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Mercurin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05038020v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Belarbi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038091v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Franc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038069v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brun" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Cathelinais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chatillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Guen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cths.fr/ed/edition.php?id=581" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05531035v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minvielle Larousse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dal Col" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gagnol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Horry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173537v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B&#233;ranger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Thiercelin-Ferber" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942287v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;r&#233; &#201;." TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boes X." TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cabanis M." TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coussan-N&#233;r&#233; S." TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala&#239; D." TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173559v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173567v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>