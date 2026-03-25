--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -381,334 +381,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05408324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical multiscale testing of CFRP bonded stepped repairs</w:t>
+                <w:t xml:space="preserve">Functionalization of Adhesive Bonding to Control On-Demand Disassembly of Composite Aeronautical Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
+                <w:t xml:space="preserve">Lorraine Aparecida Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christine Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chieragatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tws.2024.112764⟩</w:t>
+              <w:t xml:space="preserve">Aerospace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, This article belongs to the Special Issue 14th EASN International Conference on Innovation in Aviation &amp; Space towards Sustainability Today &amp; Tomorrow, 12 (4), pp.269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/aerospace12040269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04842078v1</w:t>
+                <w:t xml:space="preserve">hal-05076585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of Adhesive Bonding to Control On-Demand Disassembly of Composite Aeronautical Structures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental and numerical multiscale testing of CFRP bonded stepped repairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Espinosa</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Chieragatti</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerospace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, This article belongs to the Special Issue 14th EASN International Conference on Innovation in Aviation &amp; Space towards Sustainability Today &amp; Tomorrow, 12 (4), pp.269. </w:t>
+              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 208, pp.112764. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/aerospace12040269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tws.2024.112764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05076585v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review on Metallic Drilling Burrs: Geometry, Formation, and Effect on the Mechanical Strength of Metallic Assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Frutos Taravillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -913,356 +913,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A finite-thickness rate-dependent cohesive zone model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytical solution for the interfacial stress and energy release rate at failure initiation of the three-point bending test (ISO 14679:1997)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Birro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Planas Andrés</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Paroissien</w:t>
+                <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2024.110076⟩</w:t>
+              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (20), pp.3876-3919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01694243.2024.2359264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669213v1</w:t>
+                <w:t xml:space="preserve">hal-04828397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical solution for the interfacial stress and energy release rate at failure initiation of the three-point bending test (ISO 14679:1997)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maëlenn Aufray</w:t>
+                <w:t xml:space="preserve">An enriched finite element for the simplified stress analysis of an entire bonded overlap: continuum macro-element</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828397v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04355046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An enriched finite element for the simplified stress analysis of an entire bonded overlap: continuum macro-element</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A finite-thickness rate-dependent cohesive zone model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Planas Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 302, pp.110076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2024.110076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04355046v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended formulation of macro-element based modelling – Application to single-lap bonded joints</w:t>
               </w:r>
@@ -1365,51 +1365,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Load transfer distribution in bolted-sealed joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh-Nhat To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1486,64 +1486,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of modelling hypotheses on strength assessment of CFRP stepped repairs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1603,64 +1603,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bonded flush repairs for aerospace composite structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1714,347 +1714,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03855537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-static strength and fatigue life of aerospace hole-to-hole bolted joints</w:t>
+                <w:t xml:space="preserve">Formulation methodologies based on Taylor expansion power and Fourier expansion series for the macro-element resolution scheme of enriched models for the stress analysis of adhesively bonded joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Pichon</w:t>
+                <w:t xml:space="preserve">Michel Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Daidié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Paroissien</w:t>
+                <w:t xml:space="preserve">Tuan-Long Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Benaben</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valeria de Angelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Failure Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 143 (Part A), pp.106860. </w:t>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfailanal.2022.106860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/nme.7324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03888013v1</w:t>
+                <w:t xml:space="preserve">hal-04147581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation methodologies based on Taylor expansion power and Fourier expansion series for the macro-element resolution scheme of enriched models for the stress analysis of adhesively bonded joints</w:t>
+                <w:t xml:space="preserve">Quasi-static strength and fatigue life of aerospace hole-to-hole bolted joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Salaün</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Guillaume Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria de Angelis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Audrey Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Engineering Failure Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 143 (Part A), pp.106860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/nme.7324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engfailanal.2022.106860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04147581v1</w:t>
+                <w:t xml:space="preserve">hal-03888013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the effect of roughness parameters on adherence using the three-point bending test (ISO 14679:1997)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Birro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Adhesion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 99 (3), pp.492-517. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2088,51 +2088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling load transfer in single-lap adhesively bonded and hybrid (bolted / bonded) joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2205,64 +2205,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified modal analysis of a single lap bonded joint using the macro-element technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ordonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Benitez-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2320,616 +2320,616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of interface failure behaviour for brittle adhesive using the three-point bending test</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maëlenn Aufray</w:t>
+                <w:t xml:space="preserve">Numerical simulations of adhesive spreading during bonding-induced squeeze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Aparecida Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christine Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas F.M. da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2021.102891⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00218464.2021.1982388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03274744v1</w:t>
+                <w:t xml:space="preserve">hal-03360104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulations of adhesive spreading during bonding-induced squeeze</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Assessment of interface failure behaviour for brittle adhesive using the three-point bending test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Birro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlenn Aufray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas F.M. da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.0. </w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 110, pp.1-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00218464.2021.1982388⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2021.102891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360104v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03274744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology for the computation of the macro-element stiffness matrix for the stress analysis of a lap joint with functionally graded adhesive properties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Simplified stress analysis of multilayered adhesively bonded structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kübra Sekmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 97, pp.0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2019.102505⟩</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2019.102497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02539836v1</w:t>
+                <w:t xml:space="preserve">hal-02467848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">General formulation of macro-elements for the simulation of multi-layered bonded structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Adhesion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 96 (6), pp.602-632. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00218464.2019.1622420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplified stress analysis of multilayered adhesively bonded structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A methodology for the computation of the macro-element stiffness matrix for the stress analysis of a lap joint with functionally graded adhesive properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ordonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Malrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kübra Sekmen</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandre Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 97, pp.0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2019.102497⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2019.102505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02467848v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mode I cohesive zone model parameters identification and comparison of measurement techniques for robustness to the law shape evaluation</w:t>
               </w:r>
@@ -2954,51 +2954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Adhesion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 96 (1-4), pp.272-299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3045,51 +3045,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of a simplified analysis for the simulation of delamination of CFRP composite laminated materials under pure mode I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3162,51 +3162,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3279,51 +3279,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified stress analysis of multilayered bonded structure under 1D-bar kinematics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Torrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 251, pp.112641-112657. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3351,291 +3351,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02954703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology based on the coupled criterion for the assessment of adhesive-to-adherend interface crack initiation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Mode I cohesive zone model parameters identification and comparison of measurement techniques based on uncertainty estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Jaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 102, pp.102664-102676. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 191-192, pp.577-587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2020.102664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.12.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02877747v1</w:t>
+                <w:t xml:space="preserve">hal-02549254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mode I cohesive zone model parameters identification and comparison of measurement techniques based on uncertainty estimation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Jumel</w:t>
+                <w:t xml:space="preserve">A methodology based on the coupled criterion for the assessment of adhesive-to-adherend interface crack initiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Birro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 191-192, pp.577-587. </w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102, pp.102664-102676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.12.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2020.102664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02549254v1</w:t>
+                <w:t xml:space="preserve">hal-02877747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison between macro-element and finite element solutions for the stress analysis of functionally graded single-lap joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3721,51 +3721,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Characterization of Cohesive Zone Models for Thin Adhesive Layers Loaded in Mode I, Mode II, and Mixed-Mode I/II by the use of a Direct Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lélias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3825,51 +3825,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the potential static strength of hybrid (bolted/bonded) lap joints with functionally graded adhesives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3916,51 +3916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Direct Method for the Assessment of Cohesive Zone Models for Thin Adhesive Layers Loaded in Mode I, Mode II, and Mixed-Mode I/II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4033,64 +4033,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified stress analysis of functionally graded single-lap joints subjected to combined thermal and mechanical loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas F.M. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4137,51 +4137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified stress analysis of hybrid (bolted/bonded) joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4280,51 +4280,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An extended semi-analytical formulation for fast and reliable mode I/II stress analysis of adhesively bonded joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lélias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4401,51 +4401,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elasto-plastic analysis of bonded joints with macro-elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4531,51 +4531,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of Single-Lap Bonded and Hybrid (Bolted/Bonded) Joints with Flexible Adhesive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cat-Tan Hoang-Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, vol. 30 (n° 3), pp. 117-129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4609,51 +4609,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid (bolted/bonded)joints applied to aeronautic parts: analytical two-dimensional model of a single-lap joint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sartor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4758,90 +4758,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalisation of adhesive bonding to control on-demand disassembly of composite aeronautical structures.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Aparecida Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chieragatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4922,64 +4922,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Charlotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Aviation Forum and Ascend 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIAA, Jul 2024, Las Vegas, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5013,64 +5013,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the influence of modelling hypotheses on strength prediction of CFRP stepped repair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5134,64 +5134,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of adhesive failure properties for the three-point bending test using an analytical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Birro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5242,51 +5242,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation between experiments and numerical simulation in modelling visco-hyperelasticity of aeronautical sealant in pure bonded and hybrid bolted/bonded joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh-Nhat To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5367,77 +5367,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical validation of a new finite thickness/width rate-dependent cohesive zone model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Mario Planas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European Adhesion Conference &amp; 7th World Congress on Adhesion and Related Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Garmisch-Partenkirchen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5475,77 +5475,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new finite thickness/width rate-dependent cohesive zone model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Mario Planas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Structural Adhesive Bonding Conference (AB2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5570,64 +5570,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensionnement simplifié de réparations composites collées en stepping : une étude comparative de modèles semi-analytiques et numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5672,364 +5672,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04895404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visco-hyperelastic modeling of aeronautical sealant in pure bonded and hybrid bolted/bonded joints</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+                <w:t xml:space="preserve">Experimental and Numerical Investigations of Mechanical Behaviour for Titanium Bolted Joints with Friction Shim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Nassiet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clément Chirol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Adhesion Conference (EURADH) &amp; 7th World Congress on Adhesion and Related Phenomena (WCARP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering &amp; Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Ischia, Italy. pp.827-838, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-15928-2_72⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04456743v1</w:t>
+                <w:t xml:space="preserve">hal-03888060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Numerical Investigations of Mechanical Behaviour for Titanium Bolted Joints with Friction Shim</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Audrey Benaben</w:t>
+                <w:t xml:space="preserve">Visco-hyperelastic modeling of aeronautical sealant in pure bonded and hybrid bolted/bonded joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh-Nhat To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Chirol</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valerie Nassiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchra Hassoune-Rhabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering &amp; Advanced Manufacturing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th European Adhesion Conference (EURADH) &amp; 7th World Congress on Adhesion and Related Phenomena (WCARP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DECHEMA, Sep 2023, Garmisch PartenKirschen, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03888060v1</w:t>
+                <w:t xml:space="preserve">hal-04456743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude numérique du comportement mécanique d’assemblage hole-to-hole sous sollicitation quasi statique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyne Meouchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Congrès Français de Mécanique 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6067,51 +6067,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary assessment of the fatigue strength of hybrid (bolted/bonded) joints as a function of the visco-elastic properties of the adhesive layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh-Nhat To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6179,90 +6179,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des jeux et des désalignements sur un assemblage simple cisaillement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème colloque national S-mart AIP-PRIMECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], Mar 2021, LAVAL VIRTUAL WORLD, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6287,51 +6287,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified Stress Analysis of Multilayered Adhesively Bonded Metallic Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kübra Sekmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6376,567 +6376,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse non linéaire par éléments finis d'assemblages composites boulonnés : comparaison essais-calculs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Montagne</w:t>
+                <w:t xml:space="preserve">Numerical simulations of adhesive squeeze flow: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Aparecida Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas F.M. da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Congourdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
+              <w:t xml:space="preserve">AB2019 5th International Conference on Structural Adhesive Bonding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Porto, Portugal. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02420749v1</w:t>
+                <w:t xml:space="preserve">hal-03591462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulations of adhesive squeeze flow: A review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Analyse non linéaire par éléments finis d'assemblages composites boulonnés : comparaison essais-calculs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Congourdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AB2019 5th International Conference on Structural Adhesive Bonding</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Porto, Portugal. pp.0</w:t>
+              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03591462v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear finite element analysis of composite bolted lap joints: experimental vs numerical tests</w:t>
+                <w:t xml:space="preserve">Analyse non linéaire par éléments finis d’assemblages composites boulonnés : comparaison essais-calculs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Congourdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 22nd International Conference on Composite Materials (ICCM22)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia. pp.1-11</w:t>
+              <w:t xml:space="preserve">JNC 21 - 21èmes Journées Nationales sur les Composites 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02881211v1</w:t>
+                <w:t xml:space="preserve">hal-02355261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse non linéaire par éléments finis d’assemblages composites boulonnés : comparaison essais-calculs</w:t>
+                <w:t xml:space="preserve">Nonlinear finite element analysis of composite bolted lap joints: experimental vs numerical tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Congourdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC 21 - 21èmes Journées Nationales sur les Composites 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France. pp.1-11</w:t>
+              <w:t xml:space="preserve">The 22nd International Conference on Composite Materials (ICCM22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02355261v1</w:t>
+                <w:t xml:space="preserve">hal-02881211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhesive failure characterization using Coupled Criterion and Cohesive Zone Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Birro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6968,260 +6968,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04768571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des modèles de zones cohésives en mode I pour des assemblages composites collés : état de l’art et analyse de sensibilité</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A methodology for the approached formulation of a macro-element for the simulation of bonded overlap with graded properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ordonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Malrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNC 21 - 21èmes Journées Nationales sur les Composites 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France. pp.1-10</w:t>
+              <w:t xml:space="preserve">A methodology for the approached formulation of a macro-element for the simulation of bonded overlap with graded properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02362153v1</w:t>
+                <w:t xml:space="preserve">hal-04768570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology for the approached formulation of a macro-element for the simulation of bonded overlap with graded properties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Identification des modèles de zones cohésives en mode I pour des assemblages composites collés : état de l’art et analyse de sensibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Jaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A methodology for the approached formulation of a macro-element for the simulation of bonded overlap with graded properties</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">JNC 21 - 21èmes Journées Nationales sur les Composites 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768570v1</w:t>
+                <w:t xml:space="preserve">hal-02362153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cohesive zone model identification on mode I bonded assembly: sensitivity analysis</w:t>
               </w:r>
@@ -7233,51 +7233,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Jaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7354,51 +7354,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Conference on Structural Adhesive Bonding Conference (AB2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7462,51 +7462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7525,394 +7525,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02420787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of adhesion failure of bonded joints using 3-point bending test and stress-energy coupled criterion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thiago Birro</w:t>
+                <w:t xml:space="preserve">Failure analysis of composite bolted joints by an experimental and a numerical approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Martini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th international Conference on structural Analysis of Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Tarbes, France. pp.1-43</w:t>
+              <w:t xml:space="preserve">18th European Conference on Composite Materials (ECCM18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Athens, Greece. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01882894v1</w:t>
+                <w:t xml:space="preserve">hal-01892096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive thickness influence on a structural methacrylate adhesive behavior</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Jumel</w:t>
+                <w:t xml:space="preserve">Prediction of adhesion failure of bonded joints using 3-point bending test and stress-energy coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Birro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlenn Aufray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordi Renart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th World Congress on Adhesion and Related Phenomena (WCARP 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, San Diego, United States. pp.1-3</w:t>
+              <w:t xml:space="preserve">8th international Conference on structural Analysis of Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Tarbes, France. pp.1-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01892183v1</w:t>
+                <w:t xml:space="preserve">hal-01882894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure analysis of composite bolted joints by an experimental and a numerical approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Montagne</w:t>
+                <w:t xml:space="preserve">Adhesive thickness influence on a structural methacrylate adhesive behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Jaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Martini</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Renart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Conference on Composite Materials (ECCM18)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Athens, Greece. pp.1-8</w:t>
+              <w:t xml:space="preserve">6th World Congress on Adhesion and Related Phenomena (WCARP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, San Diego, United States. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01892096v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01892183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégie de modélisation avancée des assemblages structuraux aérospatiaux. Matériaux, interfaces, fatigue, dynamique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gourinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7950,51 +7950,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation Simplifiée de Liaisons Collées à l’Aide de la Technique par Macro-Element. Revue des Développements Réalisés depuis 2004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. da Veiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8071,51 +8071,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified stress analysis of bonded joints using the macro-element technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony da Veiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8222,51 +8222,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Piquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8304,51 +8304,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress analysis support to structural sealant development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Campassens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8386,51 +8386,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An 1d-beam approach for both stress analysis and fatigue life prediction of bonded joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony da Veiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8475,247 +8475,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01923420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the fatigue life of aeronautical single-lap bolted joints thanks to the hybrid (bolted/bonded) joining technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Modélisation par la Méthode des Éléments Finis d’Assemblages Collés à l’Aide d’Adhésifs Flexibles – Application à la Modélisation d’assemblages Hybrides (Boulonnés/Collés) Aéronautiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cat-Tan Hoang-Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Ducher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th ICAF Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Rotterdam, Netherlands. pp. 475-492</w:t>
+              <w:t xml:space="preserve">SAMTECH Workshop on Non Linear Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Seilh, France. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01515373v1</w:t>
+                <w:t xml:space="preserve">hal-01893689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation par la Méthode des Éléments Finis d’Assemblages Collés à l’Aide d’Adhésifs Flexibles – Application à la Modélisation d’assemblages Hybrides (Boulonnés/Collés) Aéronautiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the fatigue life of aeronautical single-lap bolted joints thanks to the hybrid (bolted/bonded) joining technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paroissien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cat-Tan Hoang-Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Paroissien</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harvind Bhugaloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ducher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAMTECH Workshop on Non Linear Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Seilh, France. pp.0</w:t>
+              <w:t xml:space="preserve">25th ICAF Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Rotterdam, Netherlands. pp. 475-492</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01893689v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid (bolted/bonded) joints applied to aeronautic parts: analytical one-dimensional models of a single-lap joint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sartor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8766,51 +8766,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid (Bolted/Bonded) Joints Applied to Aeronautic Parts: Analytical Two-Dimensional Model of a Single-Lap Joint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sartor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8874,51 +8874,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution aux assemblages hybrides boulonnés collés aéronautiques : modélisation analytique unidimensionnelle en simple cisaillement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sartor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8969,64 +8969,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faisabilité d'assemblages mixtes boulonnés-collés en aéronautique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chieragatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9103,51 +9103,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Barrau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH 453 Internal Stresses in Polymer Composite Processing and Service Life</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2003, Saint-Etienne, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9204,77 +9204,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adherence assessment under fatigue loading using the three-point bending test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dubernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9325,64 +9325,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réparations collées à fleur pour les structures composites aéronautiques : une revue des approches de modélisation et applications au dimensionnement optimal, fiable et durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Orsatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9459,64 +9459,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Mario Planas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Etude sur l’Adhésion (JADH 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, La Turballe, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9554,51 +9554,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Traction Separation Law Type on Local Mode I Fracture Parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnatan Leplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9649,51 +9649,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des transferts d’effort au travers d’une interface adhésive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9731,90 +9731,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hole to Hole assembly on aeronautical structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Advanced Joining Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Sintra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9833,316 +9833,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03888077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse simplifiée du comportement mécanique des joints collés à gradient de propriétés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Simulations numériques de joints de colle épais en mode I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Jaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jumel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude sur l'adhésion (JADH2019)</w:t>
+              <w:t xml:space="preserve">Journées d'étude sur l'adhésion (JADH 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04895406v1</w:t>
+                <w:t xml:space="preserve">hal-04895403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations numériques de joints de colle épais en mode I</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Analyse simplifiée du comportement mécanique des joints collés à gradient de propriétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ordonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Malrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude sur l'adhésion (JADH 2019)</w:t>
+              <w:t xml:space="preserve">Journées d'étude sur l'adhésion (JADH2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04895403v1</w:t>
+                <w:t xml:space="preserve">hal-04895406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of Adhesion Failure of Bonded Joints using 3-Point Bending Test and Stress-Energy Coupled Criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Birro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10206,51 +10206,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Martini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10288,64 +10288,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation expérimentale et numérique de l’essai de flexion 3 points</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10603,64 +10603,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Birro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Aufray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10710,51 +10710,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution aux assemblages hybrides (boulonnés/collés) - Application aux jonctions aéronautiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique [physics.med-ph]. Université Paul Sabatier - Toulouse III, 2006. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10813,51 +10813,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation simplifiée des transferts d’effort dans les assemblages boulonnés et/ou collés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paroissien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Toulouse III Paul Sabatier, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10965,51 +10965,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8721F3D4"/>
+    <w:nsid w:val="193E6EBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11196,51 +11196,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-paroissien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8466-9419" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112535887" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/O-8296-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pagespro.isae-supaero.fr/eric-paroissien/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408324v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Cal&#236;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schwartz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lachaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Teixeira de Freitas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Paroissien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2025.113787" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842078v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Orsatelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Paroissien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barri&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2024.112764" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076585v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Aparecida Silva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Espinosa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chieragatti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace12040269" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837970v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Frutos Taravillo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Landon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4066979" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280081v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Gustavo Ferreira Cordeiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Birro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Quispe Rodriguez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder Lima de Albuquerque" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Silveira Campos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enganabound.2025.106474" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669213v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Planas Andr&#233;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;rard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110076" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828397v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn Aufray" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2024.2359264" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355046v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806284v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2024.107589" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Nhat To" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nassiet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Hassoune" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2024.2303455" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2024.103682" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855537v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lachaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2022.116338" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888013v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pichon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidi&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Benaben" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2022.106860" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147581v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sala&#252;n" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan-Long Vu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria de Angelis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7324" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538968v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2021.2024808" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690355v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2022.100811" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690320v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ordonneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Benitez-Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2022.111631" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274744v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2021.102891" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360104v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas F.M. da Silva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2021.1982388" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539836v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Malrieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guigue" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.102505" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882394v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2019.1622420" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467848v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#252;bra Sekmen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.102497" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882350v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jaillon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jumel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2019.1669450" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467697v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.111897" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466277v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montagne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Martini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Congourdeau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.111949" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954703v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Torrelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.112641" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877747v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2020.102664" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549254v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.12.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049917v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Filipe Martins Da Silva" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Hammidi Seddiki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.02.070" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878722v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L&#233;lias" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morlier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.09.005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J058372" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788130v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schwartz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7569/RAA.2018.097301" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832705v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.07.015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543283v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony da Veiga" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Barri&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2017.05.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514904v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume L&#233;lias" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.12.027" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926995v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gaubert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. da Veiga" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2012.745053" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514900v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cat-Tan Hoang-Ngoc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2009.12.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892180v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sartor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Huet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.24452" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958507v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chieragatti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701387v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Camberlin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokman Bennani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Charlotte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-4071" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768574v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895407v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768573v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895408v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mario Planas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768572v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895404v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456743v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nassiet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Hassoune-Rhabbour" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888060v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chirol" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15928-2_72" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888102v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyne Meouchy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354106v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296119v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512332v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420749v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Montagne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591462v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881211v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355261v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768571v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362153v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768570v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882215v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754630v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420787v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882894v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892183v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Renart" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892096v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893699v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gourinat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052661v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lelias" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893628v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893642v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Piquet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893672v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Campassens" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923420v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Laborde" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515373v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harvind Bhugaloo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ducher" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893689v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892352v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494327v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892374v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892383v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892402v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Didierjean" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Barrau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304992v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Salazar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dubernard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909689v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895402v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768575v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnatan Leplat" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895410v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888077v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895406v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895403v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153745v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892095v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893622v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Sauvage" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poquillon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216601v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-trp4038" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355134v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00171103v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04417539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-paroissien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8466-9419" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112535887" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/O-8296-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pagespro.isae-supaero.fr/eric-paroissien/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408324v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Cal&#236;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schwartz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lachaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Teixeira de Freitas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Paroissien" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2025.113787" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076585v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Aparecida Silva" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Espinosa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chieragatti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Paroissien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aerospace12040269" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842078v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Orsatelli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barri&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2024.112764" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837970v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Frutos Taravillo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Landon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4066979" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280081v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Gustavo Ferreira Cordeiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Birro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Quispe Rodriguez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder Lima de Albuquerque" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Silveira Campos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enganabound.2025.106474" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828397v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn Aufray" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2024.2359264" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355046v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669213v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Planas Andr&#233;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;rard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110076" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806284v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2024.107589" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Nhat To" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nassiet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Hassoune" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2024.2303455" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2024.103682" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855537v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lachaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2022.116338" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147581v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sala&#252;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan-Long Vu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria de Angelis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7324" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888013v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pichon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidi&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Benaben" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2022.106860" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538968v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2021.2024808" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690355v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2022.100811" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690320v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ordonneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Benitez-Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2022.111631" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360104v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas F.M. da Silva" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2021.1982388" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274744v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2021.102891" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467848v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#252;bra Sekmen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.102497" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882394v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2019.1622420" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539836v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Malrieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guigue" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.102505" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882350v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jaillon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jumel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2019.1669450" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467697v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.111897" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466277v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montagne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Martini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Congourdeau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.111949" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954703v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Torrelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2020.112641" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549254v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.12.014" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877747v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2020.102664" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049917v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Filipe Martins Da Silva" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Hammidi Seddiki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.02.070" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878722v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L&#233;lias" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morlier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.09.005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J058372" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788130v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schwartz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7569/RAA.2018.097301" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832705v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.07.015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543283v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony da Veiga" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Barri&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2017.05.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514904v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume L&#233;lias" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.12.027" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926995v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gaubert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. da Veiga" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2012.745053" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514900v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cat-Tan Hoang-Ngoc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2009.12.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892180v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sartor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Huet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.24452" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958507v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chieragatti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701387v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Camberlin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokman Bennani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Charlotte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-4071" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768574v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895407v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768573v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895408v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mario Planas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768572v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895404v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888060v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chirol" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15928-2_72" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456743v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nassiet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Hassoune-Rhabbour" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888102v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyne Meouchy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354106v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296119v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512332v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591462v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420749v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Montagne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355261v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881211v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768571v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768570v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362153v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882215v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754630v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420787v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892096v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882894v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892183v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Renart" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893699v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gourinat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052661v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lelias" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893628v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893642v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Piquet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893672v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Campassens" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923420v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Laborde" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893689v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515373v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harvind Bhugaloo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ducher" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892352v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494327v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892374v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892383v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892402v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Didierjean" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Barrau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304992v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Salazar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dubernard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909689v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895402v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768575v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnatan Leplat" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895410v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888077v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895403v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895406v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153745v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892095v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893622v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Sauvage" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poquillon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216601v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-trp4038" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355134v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00171103v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04417539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>