--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:104.34782608696px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Perera </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">eric-perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8151-3809</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">149554613</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonction :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur. - Sociologue - Université Montpellier (STAPS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> SantESiH – Santé Education Situations de Handicap</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://santesih.edu.umontpellier.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ses travaux s'articulent principalement autour du corps et de ses transformations, explorant les enjeux sociaux allant du corps stigmatisé (notamment l'obésité et la chirurgie bariatrique) au corps hors norme (à travers l'étude de la discipline ascétique dans le bodybuilding). Plus récemment, ses recherches s'ouvrent à l'accessibilité des loisirs de pleine nature pour les personnes en situation de handicap (exemples : Fauteuil Tout Terrain, handiski). Il développe également une expertise sur l'enquête de terrain et les écritures alternatives en sciences sociales, qu'il coordonne au sein de la collection « In Situ » aux éditions Effigi : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://santesih.edu.umontpellier.fr/collection-in-situ/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élasticité de la peau des body‑builders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Peaulogie - Revue de sciences sociales et humaines sur les peaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le surplus par la perte. Représentations et physicalité de l’excédent de peau non intentionnel, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04379064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maintenir, arrêter ou ne pas initier une activité sportive : étude de l'impact des confinements sur la pratique physique des étudiants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Bouchet-Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pôle sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Covid–19 : l’apport des sciences sociales, 56, pp.31-42. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psud.056.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir hybride post traumatique.Une reconfiguration identitaire, corporelle, et sociale permanente pour deux sujets « amputés de main ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelone Rouvarel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rechercheseducations.12452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences humaines et sociales et le sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Guérandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Terral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 225, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04962497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opération du poids et poids de l'opération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Gallenga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nocca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (3), pp.41-67. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2021.0205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04021944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discipliner les corps : quelles affirmations de soi aujourd’hui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19, pp.415-423. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.019.0415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03579663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs écoresponsables des expéditions en fauteuil tout terrain, un moyen de renforcer la mise en scène de la différence handi-capable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Thaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Galy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourisme sportif et santéDésir d’aventure éco-ludique ou la fabrique d’un bien-être imaginé ici et ailleurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre pleinement l’expérience des loisirs émersifs :vers le bien-être intérieur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera Mcu -Ea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Andrieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inventivité des alpinistes en fauteuil tout terrain: l'usage de la technologie au service de l'autonomie et de la mise en scène de la différence handi-capable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Galy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature et récréation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bodily experience of disabled athletes. A phenomenological study of powerchair football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2019.1609948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir pilote handiski : valoriser la lenteur pour sécuriser l'expérience de glisse handisportive en station de ski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera Mcu -Ea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature et récréation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.22-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjusting deficiency to nature tourism: the case of a contemporaryexperience of expeditions using all-terrain wheelchairs (ATW)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eracle. Journal of Sport and Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6093/2611-6693/6200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôler sa silhouette : l’obésité face aux pressions sociales du recours aux techniques (biomédicales) de modification du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marcellini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Matichescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nocca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°17 (1), pp.329. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.017.0329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of off-road wheelchair riding in France (1990-2015): ‘truly a sport of sharing and diversity’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2016.1273617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Fauteuil Tout Terrain, une « paire de chaussures de montagne » : expériences corporelles et reconfigurations identitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, n° 97 (3), pp.9-16. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2017013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Body-building et mutation du corps dans nos sociétés modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 119 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.119.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ceux qui disent que je suis malade, je les invite à venir prendre l’entraînement avec moi. » Devenir body-builder à l’épreuve du VIH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 119 (1), pp.95. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.119.0095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le muscle au féminin : définition et négociation de l’identité genrée des femmes culturistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, n° 96 (2), pp.5. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sm.096.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of off-road wheelchair riding in France (1990-2015): ‘truly a sport of sharing and diversity’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (4), pp.664-677. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2016.1273617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheur d’émotions : Une expérience in situ en SHS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fauré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.014.0219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport au corps et engagement dans les activités physiques chez les personnes en situation d'obésité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marcellini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, S1 (HS), pp.117-125. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.160.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perception de l’activité physique comme mode de prise de charge du VIH : effets de la visibilité du corps sur les stratégies de gestion d’une « maladie chronique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La recherche en APA-santé : perspectives pluridisciplinaires actuelles, 2 (84), http://www.mov-sport-sciences.org/. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2013081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01075362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence abandonnée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Recours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esporte e sociedade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.1-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dopage dans quatre grands périodiques sportifs français de 1903 aux années soixante. Le secret, le pur et l'impur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 70 (4), pp.89. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.070.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pur, l’impur et le secret. Le dopage dans quatre journaux français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique publique : Revue internationale d'éthique sociétale et gouvernementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, vol. 7, n° 2, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethiquepublique.1923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O doping ao longo do século XX na França : representações do puro, do impuro e do segredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lucia Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Ciências do Esporte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (1), pp.55-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01334941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps, sport et santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the international séminary Body &amp; Health, debate on the topic « Corps, sport et santé »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabel Mendes, May 2024, Natal - Rio Grande do Norte, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourisme sportif et handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TODAY’S SPORT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivan Anastasovski, Oct 2023, Skopje, Macedonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire du terrain durant la pandémie de Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Colquio Corpo, Cultura e Sociedade, Educacao Fisica en Tempos de Pandemia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Avélino Neto, Aug 2021, Natal, Brazil, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des déterminants sociaux de l’activité physique d’étudiants français et brésiliens confinés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Isabel Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Agatti Lüdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : L’apport des sciences sociales à l’analyse de la pandémie de Covid- 19 – organisée par le pôle de recherche sciences sociales Montpellier université d’excellence.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institutionnalisation du fauteuil tout terrain en France de 1990 à nos jours : un «extraordinaire engin» pour retrouver «sa pratique d’avant»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La montagne, territoire d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LabEx ITEM (Innovation et Territoires de montagne) Jan 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01493945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Práticas corporais/atividades físicas e covid-19: impactos do confinamento sobre estudantes universitários brasileiros e franceses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Isabel Brandão de Souza Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Bouchet-Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Cazarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDUFRN. , 2024, Ciências da Saúde, 978-65-5569-448-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversidade e educaçao : experiencias de resistencia e de criaçao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avelino Aldo de Lima Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freire Ferreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-65-5569-203-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourisme sportif. Territoires et sociétés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Riffaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 979-10-91336-19-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ : repousser les frontières de l'enquête de terrain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, 978-2-343-19221-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps, Sport, Handicaps (Tome 3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Issanchou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Téraèdre. 2020, 978-2-36085-104-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Mouvement des savoirs, 978-2-343-19221-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emprise de poids. Une initiation au body-building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan, coll. « Mouvement des Savoirs ».</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.214, 2017, 978-2-343-11090-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ. Situations, interactions et récits d'enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan, coll. « Mouvement des Savoirs ».</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.302, 2016, 978-2-343-09393-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coacher et se démarquer sur les réseaux sociaux en incarnant une préparation physique raisonnée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quidu Matthieu; Favier-Ambrosini Brice; Delalandre Matthieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À la conquête de la forme : regards sociologiques sur le marché du fitness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-270, 2025, Libres cours. Série Sports, cultures, sociétés, 978-2-7061-5498-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les liens entre le handicap et la technologie...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Issanchou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Téraèdre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, Sport, Handicaps. Expérimentations et expériences de la technologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-29, 2020, 978-2-36085-104-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“No pain no gain”: the puritan ethic in bodybuilding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Body Ecology and Emersive Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780203704059</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accessibilité des domaines skiables aux personnes en situation de handicap : des ressorts associatifs et matériels pour pallier le volontarisme ténu des gestionnaires des stations de montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, Sport &amp; Handicaps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tome 3, Tétraèdre, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02359732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Body-building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Edition. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018, Le dictionnaire du corps, 9782271119315</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culturisme et dopage : satisfaire les critères du groupe, In Coste O., Noger K., Liotard P. & Andrieu B. (dir.) Dopage. Comprendre et prévenir, Issy-les-Moulineaux, Elsevier Masson, Collection Sport, pp 7-13.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elsevier Masson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dopage. Comprendre et prévoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017, 9782294749964</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion du corps contaminé et invisibilisation de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Paoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Ferez; Sébastien Ruffié </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps de la honte. Sociohistoire de la prise en charge du VIH/sida en Guadeloupe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, http://www.lcdpu.fr/livre/?GCOI=27000100646430&amp;fa=details, 2015, Épistémologie du corps, 9782814302426</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’ASMF à la FSHPF (1963-1967). Des Amicales au regroupement fédéral.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruffié S. et Ferez S. (dir), Corps, Sport, Handicaps (T1). L’institutionalisation du mouvement handisport (1954-2008), Paris, Téraèdre, 49-62.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un terrain « miné »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Bordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Sylvain Ferez &amp; Julie Thomas (dir.) Sport et VIH : Un corps sous contrainte médicale, collection Passage aux Actes, Ed Téraèdre, Paris, pp. 21-30</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId131"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:104.34782608696px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Eric Perera </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">eric-perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8151-3809</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">149554613</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fonction :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur. - Sociologue - Université Montpellier (STAPS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> SantESiH – Santé Education Situations de Handicap</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://santesih.edu.umontpellier.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ses travaux s'articulent principalement autour du corps et de ses transformations, explorant les enjeux sociaux allant du corps stigmatisé (notamment l'obésité et la chirurgie bariatrique) au corps hors norme (à travers l'étude de la discipline ascétique dans le bodybuilding). Plus récemment, ses recherches s'ouvrent à l'accessibilité des loisirs de pleine nature pour les personnes en situation de handicap (exemples : Fauteuil Tout Terrain, handiski). Il développe également une expertise sur l'enquête de terrain et les écritures alternatives en sciences sociales, qu'il coordonne au sein de la collection « In Situ » aux éditions Effigi : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://santesih.edu.umontpellier.fr/collection-in-situ/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élasticité de la peau des body‑builders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Peaulogie - Revue de sciences sociales et humaines sur les peaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le surplus par la perte. Représentations et physicalité de l’excédent de peau non intentionnel, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04379064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maintenir, arrêter ou ne pas initier une activité sportive : étude de l'impact des confinements sur la pratique physique des étudiants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Bouchet-Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pôle sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Covid–19 : l’apport des sciences sociales, 56, pp.31-42. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psud.056.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir hybride post traumatique.Une reconfiguration identitaire, corporelle, et sociale permanente pour deux sujets « amputés de main ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelone Rouvarel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rechercheseducations.12452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences humaines et sociales et le sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Guérandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Terral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 225, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04962497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opération du poids et poids de l'opération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislaine Gallenga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nocca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Sociales et Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (3), pp.41-67. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/sss.2021.0205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04021944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discipliner les corps : quelles affirmations de soi aujourd’hui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19, pp.415-423. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.019.0415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03579663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs écoresponsables des expéditions en fauteuil tout terrain, un moyen de renforcer la mise en scène de la différence handi-capable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Thaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Galy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourisme sportif et santéDésir d’aventure éco-ludique ou la fabrique d’un bien-être imaginé ici et ailleurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre pleinement l’expérience des loisirs émersifs :vers le bien-être intérieur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera Mcu -Ea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Andrieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inventivité des alpinistes en fauteuil tout terrain: l'usage de la technologie au service de l'autonomie et de la mise en scène de la différence handi-capable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Galy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature et récréation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir pilote handiski : valoriser la lenteur pour sécuriser l'expérience de glisse handisportive en station de ski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera Mcu -Ea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature et récréation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.22-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bodily experience of disabled athletes. A phenomenological study of powerchair football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2019.1609948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjusting deficiency to nature tourism: the case of a contemporaryexperience of expeditions using all-terrain wheelchairs (ATW)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eracle. Journal of Sport and Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6093/2611-6693/6200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôler sa silhouette : l’obésité face aux pressions sociales du recours aux techniques (biomédicales) de modification du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marcellini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marius Matichescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Nocca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°17 (1), pp.329. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.017.0329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of off-road wheelchair riding in France (1990-2015): ‘truly a sport of sharing and diversity’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2016.1273617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Fauteuil Tout Terrain, une « paire de chaussures de montagne » : expériences corporelles et reconfigurations identitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gosset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, n° 97 (3), pp.9-16. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2017013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Body-building et mutation du corps dans nos sociétés modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 119 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.119.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ceux qui disent que je suis malade, je les invite à venir prendre l’entraînement avec moi. » Devenir body-builder à l’épreuve du VIH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 119 (1), pp.95. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.119.0095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le muscle au féminin : définition et négociation de l’identité genrée des femmes culturistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, n° 96 (2), pp.5. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sm.096.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutionalization of off-road wheelchair riding in France (1990-2015): ‘truly a sport of sharing and diversity’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Villoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (4), pp.664-677. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2016.1273617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheur d’émotions : Une expérience in situ en SHS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fauré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/corp1.014.0219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport au corps et engagement dans les activités physiques chez les personnes en situation d'obésité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marcellini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, S1 (HS), pp.117-125. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.160.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perception de l’activité physique comme mode de prise de charge du VIH : effets de la visibilité du corps sur les stratégies de gestion d’une « maladie chronique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La recherche en APA-santé : perspectives pluridisciplinaires actuelles, 2 (84), http://www.mov-sport-sciences.org/. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2013081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01075362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence abandonnée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Recours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rouanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esporte e sociedade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.1-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O doping ao longo do século XX na França : representações do puro, do impuro e do segredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lucia Soares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Ciências do Esporte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 27 (1), pp.55-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01334941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pur, l’impur et le secret. Le dopage dans quatre journaux français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique publique : Revue internationale d'éthique sociétale et gouvernementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, vol. 7, n° 2, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethiquepublique.1923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dopage dans quatre grands périodiques sportifs français de 1903 aux années soixante. Le secret, le pur et l'impur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gleyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 70 (4), pp.89. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.070.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps, sport et santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the international séminary Body &amp; Health, debate on the topic « Corps, sport et santé »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Isabel Mendes, May 2024, Natal - Rio Grande do Norte, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourisme sportif et handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TODAY’S SPORT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivan Anastasovski, Oct 2023, Skopje, Macedonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire du terrain durant la pandémie de Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Colquio Corpo, Cultura e Sociedade, Educacao Fisica en Tempos de Pandemia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Avélino Neto, Aug 2021, Natal, Brazil, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des déterminants sociaux de l’activité physique d’étudiants français et brésiliens confinés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Isabel Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Agatti Lüdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : L’apport des sciences sociales à l’analyse de la pandémie de Covid- 19 – organisée par le pôle de recherche sciences sociales Montpellier université d’excellence.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institutionnalisation du fauteuil tout terrain en France de 1990 à nos jours : un «extraordinaire engin» pour retrouver «sa pratique d’avant»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La montagne, territoire d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LabEx ITEM (Innovation et Territoires de montagne) Jan 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01493945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Práticas corporais/atividades físicas e covid-19: impactos do confinamento sobre estudantes universitários brasileiros e franceses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Isabel Brandão de Souza Mendes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriac Bouchet-Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Cazarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDUFRN. , 2024, Ciências da Saúde, 978-65-5569-448-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversidade e educaçao : experiencias de resistencia e de criaçao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avelino Aldo de Lima Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freire Ferreira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-65-5569-203-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourisme sportif. Territoires et sociétés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Riffaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 979-10-91336-19-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ : repousser les frontières de l'enquête de terrain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, 978-2-343-19221-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps, Sport, Handicaps (Tome 3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Issanchou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Téraèdre. 2020, 978-2-36085-104-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02942428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Mouvement des savoirs, 978-2-343-19221-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04941146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emprise de poids. Une initiation au body-building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan, coll. « Mouvement des Savoirs ».</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.214, 2017, 978-2-343-11090-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Situ. Situations, interactions et récits d'enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan, coll. « Mouvement des Savoirs ».</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.302, 2016, 978-2-343-09393-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coacher et se démarquer sur les réseaux sociaux en incarnant une préparation physique raisonnée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quidu Matthieu; Favier-Ambrosini Brice; Delalandre Matthieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À la conquête de la forme : regards sociologiques sur le marché du fitness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-270, 2025, Libres cours. Série Sports, cultures, sociétés, 978-2-7061-5498-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les liens entre le handicap et la technologie...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Issanchou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Téraèdre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, Sport, Handicaps. Expérimentations et expériences de la technologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-29, 2020, 978-2-36085-104-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accessibilité des domaines skiables aux personnes en situation de handicap : des ressorts associatifs et matériels pour pallier le volontarisme ténu des gestionnaires des stations de montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Beldame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, Sport &amp; Handicaps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tome 3, Tétraèdre, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02359732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“No pain no gain”: the puritan ethic in bodybuilding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Body Ecology and Emersive Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780203704059</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Body-building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Edition. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du corps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018, Le dictionnaire du corps, 9782271119315</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culturisme et dopage : satisfaire les critères du groupe, In Coste O., Noger K., Liotard P. & Andrieu B. (dir.) Dopage. Comprendre et prévenir, Issy-les-Moulineaux, Elsevier Masson, Collection Sport, pp 7-13.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cholley-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elsevier Masson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dopage. Comprendre et prévoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017, 9782294749964</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion du corps contaminé et invisibilisation de soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ferez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Paoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Ferez; Sébastien Ruffié </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps de la honte. Sociohistoire de la prise en charge du VIH/sida en Guadeloupe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, http://www.lcdpu.fr/livre/?GCOI=27000100646430&amp;fa=details, 2015, Épistémologie du corps, 9782814302426</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01736180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’ASMF à la FSHPF (1963-1967). Des Amicales au regroupement fédéral.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruffié S. et Ferez S. (dir), Corps, Sport, Handicaps (T1). L’institutionalisation du mouvement handisport (1954-2008), Paris, Téraèdre, 49-62.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un terrain « miné »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ruffié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Perera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Bordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Sylvain Ferez &amp; Julie Thomas (dir.) Sport et VIH : Un corps sous contrainte médicale, collection Passage aux Actes, Ed Téraèdre, Paris, pp. 21-30</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId131"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A8A350C"/>
+    <w:nsid w:val="1CFED429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-perera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8151-3809" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/149554613" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://santesih.edu.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://santesih.edu.umontpellier.fr/collection-in-situ/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04379064v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668441v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Bouchet-Mayer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Perera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.056.0031" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03829613v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelone Rouvarel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.12452" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZK3NZ94R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962497v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gu&#233;randel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021944v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Beldame" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gallenga" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nocca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0205" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03579663v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.019.0415" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03258977v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Thaler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Galy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885418v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754411v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera Mcu -Ea" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03258979v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Villoing" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Galy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02122804v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2019.1609948" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03258982v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Villoing" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruffi&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942404v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6093/2611-6693/6200" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942329v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marcellini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Matichescu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0329" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679098v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2016.1273617" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681326v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gosset" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-G91MH610-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gleyse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.119.0007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942400v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.119.0095" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942413v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley-Gomez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.096.0005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125845v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833878v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Richard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Faur&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.014.0219" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015974v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rodhain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.160.0117" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075362v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Thomas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Duval" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2013081" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C43C8804EE628C4B3090C7FC4A1437CB683593F7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061630v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Recours" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouanet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942424v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.070.0089" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942422v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.1923" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334941v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lucia Soares" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04942800v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04942826v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04942819v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668443v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Mendes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Agatti L&#252;dorf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01493945v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pse.hal.science/hal-04586569v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Brand&#227;o de Souza Mendes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cazarre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04941197v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelino Aldo de Lima Neto" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freire Ferreira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04941180v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Riffaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942429v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942428v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04941146v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01772295v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=52583" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01772365v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=50865" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947862v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/2155/9782706154980/a-la-conquete-de-la-forme" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258971v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580764v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359732v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580769v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580828v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736180v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paoli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681864v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681880v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bordes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-perera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8151-3809" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/149554613" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://santesih.edu.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://santesih.edu.umontpellier.fr/collection-in-situ/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04379064v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668441v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Bouchet-Mayer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Perera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psud.056.0031" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03829613v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelone Rouvarel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.12452" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZK3NZ94R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962497v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gu&#233;randel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021944v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Beldame" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gallenga" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nocca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0205" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03579663v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vallet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.019.0415" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03258977v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Thaler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Galy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885418v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754411v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera Mcu -Ea" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03258979v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Villoing" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Galy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03258982v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Villoing" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruffi&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02122804v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2019.1609948" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942404v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6093/2611-6693/6200" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942329v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marcellini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Matichescu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0329" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679098v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2016.1273617" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681326v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gosset" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2017013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-G91MH610-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gleyse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.119.0007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942400v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.119.0095" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942413v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley-Gomez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.096.0005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125845v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833878v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Richard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Faur&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.014.0219" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015974v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rodhain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.160.0117" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075362v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Thomas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Duval" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2013081" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C43C8804EE628C4B3090C7FC4A1437CB683593F7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061630v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Recours" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouanet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lucia Soares" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942422v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.1923" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942424v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.070.0089" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04942800v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04942826v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04942819v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668443v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Mendes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Agatti L&#252;dorf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01493945v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pse.hal.science/hal-04586569v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Brand&#227;o de Souza Mendes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cazarre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04941197v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelino Aldo de Lima Neto" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freire Ferreira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04941180v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Riffaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942429v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942428v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04941146v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01772295v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=52583" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01772365v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=50865" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947862v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/2155/9782706154980/a-la-conquete-de-la-forme" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258971v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359732v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580764v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580769v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580828v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736180v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paoli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681864v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681880v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bordes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>