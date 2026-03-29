--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -2941,152 +2941,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02007451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cementochronological analysis in zooarchaeology: a new analytical protocol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Rendu</w:t>
+                <w:t xml:space="preserve">Seasonality in Middle Palaeolithic contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Naji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Pubert</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Hassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Vuillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Symposium on Dental Morphology &amp; 2nd congress of International Association for Paleodontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">86th Meeting of the American Association of Physical Anthropologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02104174v1</w:t>
+                <w:t xml:space="preserve">hal-02195117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taphonomy in Cementochronology</w:t>
               </w:r>
@@ -3111,51 +3111,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron J. Stutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Naji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Vuillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3183,160 +3183,160 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonality in Middle Palaeolithic contexts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Gourichon</w:t>
+                <w:t xml:space="preserve">Cementochronological analysis in zooarchaeology: a new analytical protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Naji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Éric Pubert</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vuillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">86th Meeting of the American Association of Physical Anthropologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">17th International Symposium on Dental Morphology &amp; 2nd congress of International Association for Paleodontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02195117v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonality studies using dental cementum analysis of ungulate hypsodont teeth: issues and perspectives</w:t>
               </w:r>
@@ -3519,277 +3519,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New method to explore past exchange networks and symbolic hunting through the study of mammal teeth beads</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hunting seasonality and mobility patterns among late Neanderthals in Southwestern France. A cementochronological approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rendu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Discamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solange Rigaud</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Éric Pubert</w:t>
+                <w:t xml:space="preserve">Elodie-Laure Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Symposium on Dental Morphology &amp; 2nd congress of International Association for Paleodontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">7th Annual ESHE Meeting, European Society for the study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195134v1</w:t>
+                <w:t xml:space="preserve">hal-02195130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hunting seasonality and mobility patterns among late Neanderthals in Southwestern France. A cementochronological approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Discamps</w:t>
+                <w:t xml:space="preserve">New method to explore past exchange networks and symbolic hunting through the study of mammal teeth beads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Matiolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nicoloso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guinness</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Pubert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Annual ESHE Meeting, European Society for the study of Human Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Leiden, Netherlands</w:t>
+              <w:t xml:space="preserve">17th International Symposium on Dental Morphology &amp; 2nd congress of International Association for Paleodontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02195130v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Resolution In Dental Cementum Analyses Applied To Archaeological Contexts: CemeNTAA Project</w:t>
               </w:r>
@@ -4471,51 +4471,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Discamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie-Laure Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gourichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4605,51 +4605,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Vuillien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e International Symposium on Dental Morphology (ISDM) and 2d congrès de l’International Association for Paleodontology (IAPO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t>
@@ -4860,51 +4860,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Langlais Mathieu; Costamagno Sandrine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’abri Murat, Rocamadour, Lot, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Gallia Préhistoire, supplément 45, cnrs éditions, pp.125-167, 2025, 978-2-271-15492-7</w:t>
+              <w:t xml:space="preserve">, XLVe Supplément, CNRS Editions, pp.125-167, 2025, Gallia Préhistoire, 978-2-271-15492-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -5023,398 +5023,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Cementochronology to Discuss the Organization of Past Neanderthal Societies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cementochronology for Archaeologists: Experiments and Testing for an Optimized Thin-Section Preparation Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Pubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Naji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Rendu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Discamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dental Cementum in Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1, Cambridge University Press, pp.275-287, 2022, 978-1108477086. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.173-188, 2022, 9781108477086</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03766422v1</w:t>
+                <w:t xml:space="preserve">halshs-03506918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cementochronology Protocol for Selecting a Region of Interest in Zooarchaeology</w:t>
+                <w:t xml:space="preserve">Using Cementochronology to Discuss the Organization of Past Neanderthal Societies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Discamps</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dental Cementum in Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cambridge University Press, pp.201-214, 2022, 9781108477086. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/9781108569507.013⟩</w:t>
+              <w:t xml:space="preserve">, 1, Cambridge University Press, pp.275-287, 2022, 978-1108477086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108569507.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03502938v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cementochronology for Archaeologists: Experiments and Testing for an Optimized Thin-Section Preparation Protocol</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cementochronology Protocol for Selecting a Region of Interest in Zooarchaeology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rendu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Naji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Pubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Sánchez-Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vuillien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stephan Naji; William Rendu; Lionel Gourichon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dental Cementum in Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cambridge University Press, pp.173-188, 2022, 9781108477086</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.201-214, 2022, 9781108477086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108569507.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03506918v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03502938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saisonnalité des activités de prédation des chasseurs aurignaciens d’Isturitz</w:t>
               </w:r>
@@ -5943,51 +5943,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423930v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Valtierra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#237;az-Cort&#233;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor del Valle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;. Moreno-Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.70042" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289381v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Plisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Kharevich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Kharevich" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Chistiakov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Zotkina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0328390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030224v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Trenchat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien van de Vijver" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3404" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668775v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990232v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Brozou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello A Mannino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn J M van Malderen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12020184" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006337v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deming Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Uno" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2020.119799" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047854v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#225;nchez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Montes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50719-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kuntz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony S&#233;cher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14551" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891673v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14489" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669504v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de La Noe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Boutin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cahuzac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.1987" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ericpubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Soressi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006417v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Jones" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2002.12603" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006423v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.934" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pal.1999.1179" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-22198" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298093v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006317v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11439" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04486947v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bosq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dugas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12621" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012818v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delagnes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329267v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Caux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007451v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Naji" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104174v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vuillien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195113v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron J. Stutz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195117v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Hassani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195131v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012821v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195134v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rigaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Matiolli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicoloso" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guinness" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195130v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie-Laure Jimenez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104172v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05412767v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ymane Gilbert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033927v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore West" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dufour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gallet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979489v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Haget" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012860v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012844v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012840v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329182v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344323v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Soulier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777132v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13861592" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766422v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502938v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.013" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506918v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891601v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Normand" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329487v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Poissonnier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05515966v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Castel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon-Lau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423930v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Valtierra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#237;az-Cort&#233;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor del Valle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Souron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel &#193;. Moreno-Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.70042" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289381v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Plisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Kharevich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Kharevich" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Chistiakov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Zotkina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0328390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030224v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Trenchat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrien van de Vijver" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oa.3404" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668775v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.14092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990232v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Brozou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello A Mannino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn J M van Malderen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12020184" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006337v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deming Yang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Uno" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2020.119799" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047854v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos S&#225;nchez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Montes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50719-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Kuntz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony S&#233;cher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costamagno" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc P&#233;tillon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14551" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891673v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Langlais" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14489" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669504v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de La Noe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e Boutin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cahuzac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.1987" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739821v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ericpubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Soressi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006417v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Jones" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2002.12603" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006423v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleo.934" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pal.1999.1179" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-22198" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298093v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006317v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11439" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04486947v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bosq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dugas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12621" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012818v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delagnes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329267v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Caux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007451v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Naji" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blaise" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195117v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Hassani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195113v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron J. Stutz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vuillien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104174v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195131v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012821v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195130v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie-Laure Jimenez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195134v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rigaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Matiolli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicoloso" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guinness" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104172v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05412767v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ymane Gilbert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033927v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore West" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dufour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gallet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979489v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Haget" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012860v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012844v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012840v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329182v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344323v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Soulier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777132v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Castel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13861592" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506918v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766422v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.019" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502938v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108569507.013" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891601v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Normand" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329487v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Large" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Poissonnier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05515966v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Castel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon-Lau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>