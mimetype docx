--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,1410 +66,2846 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des bisons gravés au service de la chronologie : la grotte ornée de La Mouthe (Dordogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Garate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Rivero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reflejos de una sociedad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 263-275, 2026, 979-13-990553-5-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grotte de La Mouthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Jaubert (dir.); Editions Confluences. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PréhistoGuide Nouvelle-Aquitaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 315-316, 2023, 978-2355272790</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie d’un bureau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CEDARC, musée du Malgré-Tout. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paillet E., Paillet P., Robert E. (dirs.) Voyages dans une forêt de symboles. Mélanges offerts au Professeur Denis Vialou.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.55-61, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-Propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CEDARC, musée du Malgré-Tout. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paillet E., Paillet P., Robert E. (dirs.) Voyages dans une forêt de symboles. Mélanges offerts au Professeur Denis Vialou.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-10, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arts rupestres préhistoriques dans les chaos gréseux du sud du Bassin parisien : nouvelles recherches au bénéfice de la préservation et de la valorisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Lesvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médard Thiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Paillet, M. Sepulveda, E. Robert, P. Paillet, N. Mélard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAILLET E. et al., dir., Caractérisation, continuités et discontinuités des manifestations graphiques des sociétés préhistoriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Archeopress, pp.79-91, 2020, Caractérisation, continuités et discontinuités des manifestations graphiques des sociétés préhistoriques, Proceedings of the XVIII UISPP World Congress (4-9 June 2018, Paris, France)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations schématiques de cervidés dans les abris ornés du Sud de l’Île-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Romero Godofredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CEDARC, musée du Malgré-Tout. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paillet E., Paillet P., Robert E. (dirs.) Voyages dans une forêt de symboles. Mélanges offerts au Professeur Denis Vialou.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.379-390, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Sepúlveda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mélard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société préhistorique française. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caractérisation, continuités et discontinuités des manifestations graphiques des sociétés préhistoriques : Proceedings of the XVIII UISPP World Congress (4-9 June 2018, Paris, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, , pp.1-2, 2020, Proceedings of the XVIII UISPP World Congress (4-9 June 2018, Paris, France) Session XXVIII-4, 9781789696363</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les gravures figuratives des Gorges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pigeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serge David (dir.); Editions Centre jurassien du patrimoine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aux origines de l’art dans le Jura : Il y a 32 000 ans la grotte des Gorges à Amange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.104-124, 2018, 978-2905854018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’identité culturelle des Aurignaciens de la grotte des Gorges (Amange, Jura)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pigeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Harald Floss; Andreas Pastoors (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Palaeolithic rock and cave art in Central Europe ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 33-60, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuevas perspectivas en el estudio de la cueva de Saint-Front</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lesvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Le Fillâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cretin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">RIVERO VILA O., RUIZ REDONDO A. (eds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El arte de las sociedades prehistoricas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.29-32, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethnologie des territoires symboliques de la Préhistoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">COLLADO GIRALDO H.; GARCIA ARRANZ J. J. (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symbols in the Landscape : Rock Art and its Context. Arkeos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 37, pp.345-375, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'art paléolithique autour d'André Leroi-Gourhan, les chemins de la recherche, vers une ethnologie préhistorique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Feruglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Soulier, Ph. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">André Leroi-Gourhan : "l'homme, tout simplement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 20, Ed. de Boccard, pp.159-172, 2015, Travaux de la Maison René-Ginouvès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01838260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernoux cave, characteristic model of old Upper Palaeolithic art ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lesvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes colloque international Candamo-Espagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.75-87, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Represented animals vs hunted animals, a true dichotomy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marie-Anne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Crépin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arte, simbolismo y sociedad en la Prehistoria. Nuevos descubrimientos, interpretaciones y métodos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Miguel García Bustos, Olivia Rivero Vilá, 2024, Salamanque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieux sites et regards neufs : de l’importance des reprises d’ensembles ornés paléolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Comité des travaux historiques et scientifiques (CTHS n°145)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New approach in an emblematic site : The Paleolithic Cave of La Mouthe (Dordogne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Le Fillâtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium : Art of the Stone Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Moscou, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du neuf avec du vieux : (…) Les grottes des Bernoux et du Mammouth (Dordogne – France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IUSPP Session : Reformulation des interactions artistiques (…)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04948796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La couleur dans l’art pariétal : l’abri du Roc-aux-Sorciers (Angles-sur-l’Anglin, Vienne) et la grotte Blanchard (Saint-Marcel, Indre).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abgrall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Préhistorique Française (Journées de la Société Préhistorique française, 8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Préhistorique Française, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02905011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confronter contexte archéologique et contexte graphique : l'exemple de la grotte des Bernoux (Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IFRAO Session : Entorno al arte : contexto archeologico interno de las cuevas decoradas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Cacérès, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04948846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of digital Technologies in the study of the French Paleolithic sites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Ostensible mais invisible : les tracés vestigiaux de la grotte des Bernoux (Dordogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lesvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium Computer Applications and Quantitative Methods in Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Sienne, Italy</w:t>
+              <w:t xml:space="preserve">Colloque IFRAO Conspicuous or hidden : visibility in the understanding of prehistoric Rock Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Cacérès, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04951866v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04948863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ostensible mais invisible : les tracés vestigiaux de la grotte des Bernoux (Dordogne, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L'évolution des territoires symboliques au Paléolithique supérieur ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IFRAO Conspicuous or hidden : visibility in the understanding of prehistoric Rock Art</w:t>
+              <w:t xml:space="preserve">Colloque IFRAO Session : Ethnologie des territoires symboliques de la Préhistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Cacérès, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948863v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04948851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution des territoires symboliques au Paléolithique supérieur ancien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Use of digital Technologies in the study of the French Paleolithic sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IFRAO Session : Ethnologie des territoires symboliques de la Préhistoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Cacérès, Spain</w:t>
+              <w:t xml:space="preserve">Symposium Computer Applications and Quantitative Methods in Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Sienne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948851v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un site inédit à l’interface de territoires symboliques du Paléolithique supérieur ancien : la grotte des Gorges (Jura), in M. Otte (dir.), Modes de déplacements et de contacts dans le Paléolithique eurasiatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco d'Erricoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Bereiziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Griggo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A venir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Liège, Belgique. pp. 537-567</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01313509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of graphic signs in prehistoric societies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Sauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaelle Bourrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International Union of the Prehistoric and Protohistoric Sciences IUSPP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Burgos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ensemble orné caractéristique du début du Paléolithique supérieur, la grotte des Bernoux (Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International "Cien Años de Investigaciones en la Cueva de La Peña de Candamo"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Candamo, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New figures in a Early Palaeolithic engraved cave : les Bernoux (Bourdeilles,Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Rencontres d'art rupestre du Centre National de Préhistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Les Eyzies, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un site inédit à l'interface de territoires symboliques du Paléolithique supérieur ancien : la grotte des Gorges (Jura)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pigeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco D’errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International IUSPP "Modes de contacts et de déplacements au Paléolithique eurasiatique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1479,6043 +2915,4715 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée de La Mouthe (Les Eyzies Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Nespoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etnologia de los territorios simbolicos</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">L’évolution des territoires symboliques au Paléolithique supérieur ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX International Rock Art Conference IFRAO, Arkeos 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, p.345-346</w:t>
+              <w:t xml:space="preserve">, 2015, p.354-355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04960962v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution des territoires symboliques au Paléolithique supérieur ancien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Etnologia de los territorios simbolicos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX International Rock Art Conference IFRAO, Arkeos 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, p.354-355</w:t>
+              <w:t xml:space="preserve">, 2015, p.345-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04960971v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les influences culturelles dans la grotte des Gorges, à Amanges (Jura)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pigeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX International Rock Art Conference IFRAO, Arkeos 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, p.674</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of graphics signs in prehistoric societies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Sauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaelle Bourrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Garate Maidagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Rivero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX International Rock Art Conference IFRAO, Arkeos 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, p.323-324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confronting archaeological context and graphical context : the Bernoux cave’s example (Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX International Rock Art Conference IFRAO, Arkeos 37</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, p.134-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'art de la grotte des Gorges</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephane Petrognani</w:t>
+                <w:t xml:space="preserve">Les altérites et les couvertures, des facteurs de structuration du karst de la vallée de la Dronne (Dordogne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francesco d'Errico</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Djema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Boche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">2014, pp. 201-274</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la XXIVe Rencontre d'Octobre du spéléo club de Paris, Conseil départemental de la Saône et Loire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, p.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00981639v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les altérites et les couvertures, des facteurs de structuration du karst de la vallée de la Dronne (Dordogne)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">L'art de la grotte des Gorges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pigeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elisa Boche</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco d'Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 2014, p.1-16</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, pp. 201-274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04960992v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00981639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ensemble orné caractéristique du début du Paléolithique supérieur, la grotte des Bernoux (Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cien Años de arte rupestre Paleolitico - Centenario del descubrimiento de la Cueva de La Peña de Candamo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, p.29-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(Pré)Histoires d'Ormesson, Récit de 15 ans de fouilles archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Jamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bachellerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Biard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS; Ministère de la culture et de la communication. pp.271, 2023, Technologie et Ethnologie des Mondes Préhistoriques (UMR TEMPS), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34847/nkl.06de250i⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04307124v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art préhistorique : une archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Petrognani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nouvelles de l'Archéologie; FMSH. 154, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'origine des représentations, Regards croisés sur l'art préhistorique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(dir.) Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(dir.) François Sacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gibeault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vialou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ithaque, 2016, 978 2 916120683</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rock paintings in an engraved landscape. Reassessing the exceptionality of the pictographs of Croc-Marin (Fontainebleau forest, France)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Anthropisation passée et impacts historiques en grotte ornée : une lecture croisée des parois de la grotte de la Mouthe (Dordogne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Rey</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Le Fillâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Calligaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lesvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Garate Maidagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.104275⟩</w:t>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 47-1, pp.125 - 148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeosciences.11920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04665381v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropisation passée et impacts historiques en grotte ornée : une lecture croisée des parois de la grotte de la Mouthe (Dordogne, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rock paintings in an engraved landscape. Reassessing the exceptionality of the pictographs of Croc-Marin (Fontainebleau forest, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Ruiz-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Muñoz-Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Sauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Diego Garate Maidagan</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/archeosciences.11920⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52, pp.104275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.104275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04660055v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée de La Mouthe (Les Eyzies Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Nespoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, année 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The walls of caves: space of the image, framework for the thought of Paleolithic societies?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images Re-Vues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Hors-série 10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/imagesrevues.12731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée de La Mouthe (Les Eyzies Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Rivero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Muth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, année 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée de La Mouthe (Les Eyzies Dordogne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, année 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the walls: High-resolution cartography applied to the analysis of prehistoric cave art in the Grotte du Mammouth (Domme, Dordogne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Le Fillâtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 127, pp.105332. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/J.JAS.2021.105332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03470514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande grotte de Saint-Front, dite du Mammouth, relevé d’art pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Muth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, année 2018, p.197-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande grotte de Saint-Front, dite du Mammouth, relevé d’art pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Muth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, année 2017, p.223-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dating without dates: Stylistic and thematic chronologies in the Paleolithic painted caves of Les Bernoux and Saint-Front (Dordogne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 31, pp.102260. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03354898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de lecture. La grotte d’Enlène, immersion dans un habitat magdalénien, dirigé par Robert Bégouën, Andreas Pastoors et Jean Clottes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 160, pp.61-62. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/nda.10162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03359163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'acte graphique : les dimensions d'un objet d'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Cozzolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Defrasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hameau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polygraphe(s) : approches métissées des actes graphiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1, pp.2-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unas fechas antiguas no hacen une nueva arqueología: la necesitad de integar métodos arquemétricos y arqueológicos en los estudios de arte rupestre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Randall White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Bosinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaelle Bourrillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Clottes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaret W Conkey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anejos de Nailos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, pp.17-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discussing the relevance and scope of ‘Symbolic territories’ for Prehistory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 503, pp.189-190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2019.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mot(if)s croisés : de la grille à la lettre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polygraphe(s) : approches métissées des actes graphiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, actes graphiques, 1, pp.10-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’acte graphique : les dimensions d’un objet d’étude</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New rock-art data from the state of Mato Grosso, Brazil: A graphical analysis of rock-art shelters between the Vermelho and Gavião rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bachelet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polygraphe(s) : approches métissées des actes graphiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 510, pp.133-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2019.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02899595v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New rock-art data from the state of Mato Grosso, Brazil: A graphical analysis of rock-art shelters between the Vermelho and Gavião rivers</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L’acte graphique : les dimensions d’un objet d’étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bourdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Cozzolino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Defrasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hameau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Polygraphe(s) : approches métissées des actes graphiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.2-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011798v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’art préhistorique, une archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 154, pp.4-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/nda.5089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02891477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande grotte de Saint-Front, dite du Mammouth, relevé d’art pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Muth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, année 2016, p.213-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande grotte de Saint-Front, dite du Mammouth, relevé d’art pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Muth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, année 2015, p.283</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domme : la grotte ornée de Saint-Front dite du Mammouth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Le Fillâtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Aquitaine, Service régional de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2014, pp.65-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande grotte de Saint-Front, dite du Mammouth, relevé d’art pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Muth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, année 2014, p.254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'art pariétal à ses contextes : bilan des applications pour l'enregistrement, l'intégration et l'analyse des informations spatiales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">De l'art pariétal à ses contextes : de nouveaux outils d'enregistrement, de mise en réseau et d'analyse des informations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Boche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Estelle Ployon</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, numéro spécial, pp. 145-152</w:t>
+              <w:t xml:space="preserve">, 2014, n° spécial, " Micro-analyses et datations de l'art préhistorique dans son contexte archéologique "</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-01023846v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée des Bernoux (Bourdeilles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, année 2012, p.65-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apport des modélisations 3D pour l'étude de la grotte Blanchard (Saint-Marcel, Indre, France), bilan et perspectives pour l'analyse croisées des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Egels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vigears</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Schelstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pierrot-Deseilligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, numéro spécial, pp. 135-144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-01023838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'art pariétal à ses contextes : de nouveaux outils d'enregistrement, de mise en réseau et d'analyse des informations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">De l'art pariétal à ses contextes : bilan des applications pour l'enregistrement, l'intégration et l'analyse des informations spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Boche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Delannoy</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Ployon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PALEO : Revue d'Archéologie Préhistorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, n° spécial, " Micro-analyses et datations de l'art préhistorique dans son contexte archéologique "</w:t>
+              <w:t xml:space="preserve">, 2014, numéro spécial, pp. 145-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842729v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-01023846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée des Bernoux (Bourdeilles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lesvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Cailhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Djema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, année 2011, p.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grotte ornée des Bernoux (Bourdeilles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Petrognani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Boche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Nouvelle-Aquitaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, année 2010, p.18-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04960900v1</w:t>
-              </w:r>
-[...1691 lines deleted...]
-                <w:t xml:space="preserve">hal-04952331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId157"/>
+      <w:footerReference w:type="default" r:id="rId159"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7662,51 +7770,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marie-Anne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petrognani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cr&#233;pin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947792v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947838v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cretin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Djema" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Le Fill&#226;tre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948796v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905011v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abgrall" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paillet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948846v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951866v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948863v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948851v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313509v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Erricoa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bereiziat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951891v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Sauvet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Bourrillon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951946v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951979v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952017v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960826v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Nespoulet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960962v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Honor&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lucas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960971v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952537v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960977v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garate Maidagan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Rivero" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960958v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00981639v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petrognani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960992v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960997v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665381v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ruiz-L&#243;pez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Mu&#241;oz-Soto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rey" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.104275" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660055v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Calligaro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.11920" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952628v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665392v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/imagesrevues.12731" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960847v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Muth" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960855v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470514v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JAS.2021.105332" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960869v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354898v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102260" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359163v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10162" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03897829v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Cozzolino" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Defrasne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hameau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leroy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250355v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall White" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Bosinski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret W Conkey" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011720v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2019.03.004" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03897875v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899595v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011798v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Guedes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bachelet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2019.01.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891477v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paillet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.5089" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960876v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960880v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842935v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lesvignes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023846v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960892v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023838v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Egels" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vigears" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schelstraete" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pierrot-Deseilligny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842729v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960898v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960900v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307124v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jamon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bachellerie" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.06de250i" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941147v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427620v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Eric Robert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Fran&#231;ois Sacco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gibeault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vialou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Coppola" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926281v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356334v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Paillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357513v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03357516v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Valentin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dard Thiry" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B&#233;nard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357520v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Valentin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Romero Godofredo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356336v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;lard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926908v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926885v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952313v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838260v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928821v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952331v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542667v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Petrognani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garate" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Rivero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926281v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357513v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356334v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Paillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paillet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-03357516v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Valentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lesvignes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;dard Thiry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B&#233;nard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357520v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Valentin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Romero Godofredo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356336v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;lard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926908v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge David" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926885v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952313v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lesvignes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Le Fill&#226;tre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cretin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928821v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Honor&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lucas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838260v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Feruglio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952331v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941079v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marie-Anne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cr&#233;pin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947792v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947838v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Djema" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948796v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905011v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abgrall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paillet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948846v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948863v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948851v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951866v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313509v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Erricoa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bereiziat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951891v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Sauvet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Bourrillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951946v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951979v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952017v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960826v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Nespoulet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960971v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960962v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952537v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960977v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garate Maidagan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960958v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960992v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Boche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00981639v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petrognani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960997v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307124v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jamon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bachellerie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.06de250i" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941147v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427620v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Eric Robert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=(dir.) Fran&#231;ois Sacco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gibeault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vialou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Coppola" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660055v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Calligaro" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.11920" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665381v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ruiz-L&#243;pez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Mu&#241;oz-Soto" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.104275" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952628v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665392v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/imagesrevues.12731" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960847v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Muth" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960855v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470514v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JAS.2021.105332" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960863v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960869v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354898v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102260" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359163v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10162" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03897829v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Cozzolino" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Defrasne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hameau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leroy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250355v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall White" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Bosinski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Clottes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret W Conkey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011720v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2019.03.004" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03897875v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011798v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Guedes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bachelet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2019.01.002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899595v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891477v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.5089" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960876v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960880v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842935v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960882v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842729v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sadier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960892v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023838v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Egels" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vigears" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schelstraete" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pierrot-Deseilligny" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01023846v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ployon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960898v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960900v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>