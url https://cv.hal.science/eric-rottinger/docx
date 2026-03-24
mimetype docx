--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1146,168 +1146,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03268871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizontal acquisition of Symbiodiniaceae in the Anemonia viridis (Cnidaria, Anthozoa) species complex</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Diversity of Muscles and Their Regenerative Potential across Animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Mallien</w:t>
+                <w:t xml:space="preserve">Letizia Zullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin C C Hume</w:t>
+                <w:t xml:space="preserve">Matteo Bozzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian R. Voolstra</w:t>
+                <w:t xml:space="preserve">Alon Daya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Di Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Paolo Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Notes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.1925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells9091925⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03021288v1</w:t>
+                <w:t xml:space="preserve">hal-02982641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cnidarian cell cryopreservation : A powerful tool for cultivating and functional assays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Fricano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1316,449 +1325,440 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Furla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Barnay-Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03021301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Diversity of Muscles and Their Regenerative Potential across Animals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alon Daya</w:t>
+                <w:t xml:space="preserve">Horizontal acquisition of Symbiodiniaceae in the Anemonia viridis (Cnidaria, Anthozoa) species complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Porro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thamilla Zamoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Di Clemente</w:t>
+                <w:t xml:space="preserve">Cédric Mallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Paolo Mancini</w:t>
+                <w:t xml:space="preserve">Benjamin C C Hume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian R. Voolstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Ecology Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02982641v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03021288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7th Euro Evo Devo meeting: Report on the “Evolution of regeneration in Metazoa” symposium</w:t>
+                <w:t xml:space="preserve">The Tara Pacific expedition-A pan-ecosystemic approach of the &amp;quot;-omics&amp;quot; complexity of coral reef holobionts across the Pacific Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Gazave</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Serge Planes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Banaigs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Boissin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jez.b.22897⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (9), pp.e3000483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02321857v1</w:t>
+                <w:t xml:space="preserve">hal-02402685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tara Pacific expedition-A pan-ecosystemic approach of the &amp;quot;-omics&amp;quot; complexity of coral reef holobionts across the Pacific Ocean</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">7th Euro Evo Devo meeting: Report on the “Evolution of regeneration in Metazoa” symposium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Boissin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eve Gazave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Röttinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 17 (9), pp.e3000483. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000483⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.22897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02402685v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NvERTx: a gene expression database to compare embryogenesis and regeneration in the sea anemone Nematostella vectensis</w:t>
               </w:r>
@@ -2452,559 +2452,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02411354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain analysis of the Nematostella vectensis SNAIL ortholog reveals unique nucleolar localization that depends on the zinc-finger domains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nodal signaling is required for mesodermal and ventral but not for dorsal fates in the indirect developing hemichordate, Ptychodera flava</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Röttinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ada Dattoli</w:t>
+                <w:t xml:space="preserve">Timothy Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldine R Amiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Hink</w:t>
+                <w:t xml:space="preserve">Mark Q Martindale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Dubuc</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Rottinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep12147⟩</w:t>
+              <w:t xml:space="preserve">Biology Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (7), pp.830-842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/bio.011809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411391v1</w:t>
+                <w:t xml:space="preserve">hal-02411396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nodal signaling is required for mesodermal and ventral but not for dorsal fates in the indirect developing hemichordate, Ptychodera flava</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
+                <w:t xml:space="preserve">Domain analysis of the Nematostella vectensis SNAIL ortholog reveals unique nucleolar localization that depends on the zinc-finger domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ada Dattoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Dubuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Q Martindale</w:t>
+                <w:t xml:space="preserve">Bram Teunisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Rottinger</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joachim Goedhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4 (7), pp.830-842. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (1), pp.12147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/bio.011809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep12147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02411396v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autophagy : Moving Benchside Promises to Patient Bedsides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Morphological and Cellular Events Underlying Oral Regeneration in the Sea Anemone, Nematostella vectensis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldine R Amiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hereroa Johnston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Nedoncelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Warner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Belaïd</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Eric Röttinger</w:t>
+                <w:t xml:space="preserve">Solène Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Cancer Drug Targets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/156800961508151001102452⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (12), pp.28449-28471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms161226100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411388v1</w:t>
+                <w:t xml:space="preserve">hal-02411397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Morphological and Cellular Events Underlying Oral Regeneration in the Sea Anemone, Nematostella vectensis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jacob Warner</w:t>
+                <w:t xml:space="preserve">Autophagy : Moving Benchside Promises to Patient Bedsides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Belaïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Papa Diogop Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harilaos Filippakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Ferreira</w:t>
+                <w:t xml:space="preserve">Jérémie Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16 (12), pp.28449-28471. </w:t>
+              <w:t xml:space="preserve">Current Cancer Drug Targets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (8), pp.684-702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms161226100⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/156800961508151001102452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02411397v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of a spatial gene expression database for sea anemone Nematostella vectensis during early development</w:t>
               </w:r>
@@ -3029,51 +3029,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fredrik Jansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Q Martindale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3124,64 +3124,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo imaging of Nematostella vectensis embryogenesis and late development using fluorescent probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Dubuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ada Dattoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Babonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3284,51 +3284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Botman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Q Martindale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3440,51 +3440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Wolenski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gilmore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Q Martindale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (5), pp.924-934. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3512,265 +3512,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02411403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal Signaling between the Ectoderm and a Mesendodermal Left-Right Organizer Directs Left-Right Determination in the Sea Urchin Embryo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary crossroads in developmental biology: hemichordates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Röttinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bessodes</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christopher Lowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Rottinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003121⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 139 (14), pp.2463-2475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.066712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411408v1</w:t>
+                <w:t xml:space="preserve">hal-02411407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary crossroads in developmental biology: hemichordates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reciprocal Signaling between the Ectoderm and a Mesendodermal Left-Right Organizer Directs Left-Right Determination in the Sea Urchin Embryo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bessodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Haillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duboc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Lowe</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">François Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 139 (14), pp.2463-2475. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (12), pp.e1003121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.066712⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02411407v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Framework for the Establishment of a Cnidarian Gene Regulatory Network for “Endomesoderm” Specification: The Inputs of ß-Catenin/TCF Signaling</w:t>
               </w:r>
@@ -3782,51 +3782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Dahlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Q Martindale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 8 (12), pp.e1003164. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3873,51 +3873,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative gene expression database for invertebrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Ormestad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Q Martindale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3977,77 +3977,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancestral Regulatory Circuits Governing Ectoderm Patterning Downstream of Nodal and BMP2/4 Revealed by Gene Regulatory Network Analysis in an Echinoderm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Saudemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Haillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Mekpoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bessodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Quirin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4258,51 +4258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Saudemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Besnardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4360,411 +4360,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02411417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nemo-like kinase (NLK) acts downstream of Notch/Delta signalling to downregulate TCF during mesoderm induction in the sea urchin embryo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RTK and TGF-β signaling pathways genes in the sea urchin genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lapraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jenifer C. Croce</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Lhomond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydia Besnardeau</w:t>
+                <w:t xml:space="preserve">Ryan Range</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gache</w:t>
+                <w:t xml:space="preserve">Louise Duloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 133 (21), pp.4341-4353. </w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 300 (1), pp.132-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.02603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.08.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02110438v1</w:t>
+                <w:t xml:space="preserve">hal-02411421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression pattern of three putative RNA-binding proteins during early development of the sea urchin Paracentrotus lividus</w:t>
+                <w:t xml:space="preserve">Nemo-like kinase (NLK) acts downstream of Notch/Delta signalling to downregulate TCF during mesoderm induction in the sea urchin embryo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenifer C. Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lhomond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Besnardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.modgep.2006.02.006⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 133 (21), pp.4341-4353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.02603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411419v1</w:t>
+                <w:t xml:space="preserve">hal-02110438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RTK and TGF-β signaling pathways genes in the sea urchin genome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Expression pattern of three putative RNA-binding proteins during early development of the sea urchin Paracentrotus lividus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Duboc</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Besnardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan Range</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (8), pp.864-872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.modgep.2006.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.08.048⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02411421v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genome of the sea urchin Strongylocentrotus purpuratus.</w:t>
               </w:r>
@@ -4884,103 +4884,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Left-Right Asymmetry in the Sea Urchin Embryo Is Regulated by Nodal Signaling on the Right Side</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lapraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Besnardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 9 (1), pp.147-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5014,90 +5014,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nodal and BMP2/4 Signaling Organizes the Oral-Aboral Axis of the Sea Urchin Embryo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Besnardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 6 (3), pp.397-410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5885,51 +5885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldine Amiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Röttinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6129,51 +6129,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127606v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Clampitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Milanesio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rila Hilma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Mcminds" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Remot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528713v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Andreoni-Pham" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hereroa Johnston" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob F Warner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nedoncelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o E Carvalho" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67196-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800051v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Vullien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldine Amiel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiza Baduel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Diken" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Renaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.07.25.605162" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236425v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carvalho" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Burtin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Detournay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#246;ttinger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.04.14.536874" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04171809v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rouan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pousse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Djerbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38499-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164118v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Agostini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baudena" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01757-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205154v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamilla Zamoum" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Forcioli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gilson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poquet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00946-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03268871v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fricano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Furla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barnay-Verdier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9122541" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021288v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mallien" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin C C Hume" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R. Voolstra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021301v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Barnay-Verdier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982641v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Zullo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bozzo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Daya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Di Clemente" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Paolo Mancini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091925" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321857v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22897" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02402685v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Planes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Banaigs" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000483" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411340v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Warner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guerlais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldine R Amiel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.162867" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01609347v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Chock" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dahlin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Iglesias" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2017.08.015" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411382v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Abdol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Jansson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Kaandorp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2017.06.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411384v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Layden" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Rentzsch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wdev.222" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01468096v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecl&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2016.00157" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411354v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Havrilak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailey Steinworth" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-016-0282-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411391v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Dattoli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hink" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Dubuc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Teunisse" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Goedhart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12147" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411396v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Q Martindale" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rottinger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.011809" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411388v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bela&#239;d" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Diogop Ndiaye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harilaos Filippakis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Roux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156800961508151001102452" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411397v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ferreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms161226100" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411389v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Botman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann de Jong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0209-4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411399v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Babonis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Salinas-Saavedra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-014-0044-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411402v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0103341" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411403v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Wolenski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gilmore" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2013.009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411408v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bessodes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Haillot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duboc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lahaye" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003121" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411407v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lowe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.066712" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411410v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003164" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411412v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Ormestad" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2041-9139-2-17" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411414v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saudemont" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mekpoh" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Quirin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001259" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411415v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nomaksteinsky" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Dufour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Chettouh" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Lowe" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2009.05.063" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411417v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Besnardeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcclay" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.014282" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110438v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenifer C. Croce" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lhomond" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gache" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.02603" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411419v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lepage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.modgep.2006.02.006" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LMN0J3Q-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411421v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapraz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Range" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Duloquin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.08.048" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358487v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Sodergren" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George M Weinstock" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H Davidson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Andrew Cameron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Gibbs" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1133609" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411428v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2005.05.008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411429v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1534-5807(04)00056-5" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236925v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen J Osborn" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-08-102871-1.00005-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874517v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Croce" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2172-1_35" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021252v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0974-3_4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021243v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0974-3_14" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411398v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kaul-Strehlow" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-1856-6_2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411405v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527675418.ch9" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021512v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021504v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Foucher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127606v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Clampitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Milanesio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rila Hilma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Mcminds" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Remot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528713v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Andreoni-Pham" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hereroa Johnston" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob F Warner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nedoncelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o E Carvalho" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67196-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800051v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Vullien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldine Amiel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiza Baduel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilara Diken" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Renaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.07.25.605162" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236425v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carvalho" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Burtin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Detournay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#246;ttinger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.04.14.536874" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04171809v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rouan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pousse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Djerbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38499-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164118v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Agostini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baudena" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01757-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205154v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamilla Zamoum" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Forcioli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gilson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Poquet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00946-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03268871v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fricano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Furla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barnay-Verdier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9122541" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982641v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Zullo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bozzo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Daya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Di Clemente" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Paolo Mancini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091925" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Barnay-Verdier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021288v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mallien" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin C C Hume" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R. Voolstra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02402685v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Planes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allemand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Banaigs" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boissin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000483" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321857v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22897" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411340v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Warner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guerlais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldine R Amiel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.162867" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01609347v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Chock" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dahlin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Iglesias" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2017.08.015" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411382v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Abdol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Jansson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaap Kaandorp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2017.06.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411384v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Layden" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Rentzsch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wdev.222" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01468096v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecl&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2016.00157" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411354v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Havrilak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailey Steinworth" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-016-0282-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411396v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Dubuc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Q Martindale" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rottinger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.011809" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411391v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Dattoli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hink" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Teunisse" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Goedhart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12147" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411397v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ferreira" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms161226100" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411388v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bela&#239;d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Diogop Ndiaye" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harilaos Filippakis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Roux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156800961508151001102452" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411389v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Botman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann de Jong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0209-4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411399v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Babonis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Salinas-Saavedra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12860-014-0044-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411402v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0103341" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411403v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Wolenski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gilmore" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2013.009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411407v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lowe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.066712" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411408v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bessodes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Haillot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duboc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lahaye" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003121" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411410v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003164" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411412v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Ormestad" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2041-9139-2-17" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411414v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saudemont" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mekpoh" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Quirin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001259" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411415v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Nomaksteinsky" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Dufour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Chettouh" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Lowe" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2009.05.063" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411417v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Besnardeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcclay" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.014282" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411421v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapraz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Range" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Duloquin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.08.048" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110438v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenifer C. Croce" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lhomond" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gache" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.02603" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411419v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lepage" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.modgep.2006.02.006" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LMN0J3Q-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358487v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Sodergren" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George M Weinstock" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H Davidson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Andrew Cameron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Gibbs" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1133609" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411428v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2005.05.008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411429v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1534-5807(04)00056-5" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236925v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen J Osborn" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-08-102871-1.00005-1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874517v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Croce" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2172-1_35" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021252v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0974-3_4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021243v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0974-3_14" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411398v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kaul-Strehlow" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-1856-6_2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411405v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527675418.ch9" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021512v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021504v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Foucher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>