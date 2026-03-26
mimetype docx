--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -189,4129 +189,4754 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (42)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les directeurs des compagnies et le Conseil de commerce au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les directeurs des compagnies et les ministres du roi à l'époque moderne. Une relation complexe et ambiguë</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 685, Classiques Garnier, pp.149-179, 2025, Rencontres, 978-2-406-18841-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18841-4.p.0149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les interventions du pouvoir royal dans la nomination des directeurs des compagnies au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les directeurs des compagnies et les ministres du roi à l'époque moderne. Une relation complexe et ambiguë</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 685, Classiques Garnier Numériques, pp.70-101, 2025, Rencontres, 978-2-406-18841-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18841-4.p.0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05284832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los caracteres económicos de la oposición de los indígenas a la congregación, la defensa de sus tierras (Nueva España, siglo XVI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rubén Castro Redondo; Pablo F. Luna. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resistencias campesinas en los espacios rurales de Europa y América durante la Edad Moderna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HisMundI, pp.31-54, 2024, Historia del Mundo Ibérico: Del Antiguo Régimen a las Independencias, 978-84-19024-83-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’État et la régulation du marché des valeurs mobilières au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roulet, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Naissance du marché des valeurs en France. L’achat et la vente des actions (XVIIe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.135-148, 2024, Rencontres, 978-2-406-16116-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The limits of royal control over migration to Spanish America in the sixteenth century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Delahaye, Agnès; Peyrol-Kleiber, Élodie; Roper, Lou; Van Ruymbeke, Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agents of European Overseas Empires: Private Colonisers, 1450-1800</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 19, Manchester University Press, pp.91-107, 2024, Seventeenth- and Eighteenth-Century Studies, 9781526167347</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04533948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’État et la régulation du marché des valeurs mobilières au XVIIIe siècle</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los caracteres económicos de la oposición de los indios a la congregación (nueva españa, siglo XVI y principios del XVII)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rubén Castro Redondo; Pablo F. Luna. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resistencias campesinas en los espacios rurales de Europa y América durante la Edad Moderna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Nacional de La Plata; Editorial de la Universidad de Cantabria, pp.31-54, 2024, 978-84-19024-83-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modalités d’acquisition et de cession des actions au XVIIe siècle d’après les statuts et les actes des compagnies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roulet, Éric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Naissance du marché des valeurs en France. L’achat et la vente des actions (XVIIe-XVIIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Classiques Garnier, pp.135-148, 2024, Rencontres, 978-2-406-16116-5</w:t>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.25-42, 2024, Rencontres, 978-2-406-16116-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Universidad Nacional de La Plata; Editorial de la Universidad de Cantabria, pp.31-54, 2024, 978-84-19024-83-1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Las mujeres en las compañías francesas de comercio según las listas de los accionistas en los siglos XVII y XVIII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">García Gil, Elizabeth; González López, Tamara. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mujeres, negocios y finanzas. Un enfoque histórico a través de la educación, la economía y la legislación (siglos XVI-XIX)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad de Málaga, pp.72-73, 2024, 978-84-1335-373-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les modalités d’acquisition et de cession des actions au XVIIe siècle d’après les statuts et les actes des compagnies</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actions et agiotage à l’époque de la Régence. L’effervescence parisienne vue par un contemporain. Jean Buvat raconte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roulet, Éric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Naissance du marché des valeurs en France. L’achat et la vente des actions (XVIIe-XVIIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Classiques Garnier, pp.25-42, 2024, Rencontres, 978-2-406-16116-5</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.87-103, 2024, Rencontres, 978-2-406-16118-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16118-9.p.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Universidad de Málaga, pp.72-73, 2024, 978-84-1335-373-9</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps du voyage. Perceptions et réalités de la traversée transatlantique. Le cas du voyage vers les Antilles au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Imbert-Pellissier, Florie; Odore, Angelo; Renucci, Léa; Fontvieille, Damien; Di Bartolomeo, Daniele; Trentacoste, Davide. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances (XVe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Provence, pp.163-178, 2024, Collection Le Temps de l'histoire, 979-10-320-0500-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Actions et agiotage à l’époque de la Régence. L’effervescence parisienne vue par un contemporain. Jean Buvat raconte</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moros, moriscos et berberiscos. Des Musulmans dans l’Amérique espagnole (XVIe-XVIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roulet, Éric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Naissance du marché des valeurs en France. L’achat et la vente des actions (XVIIe-XVIIIe siècles)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Partir aux Amériques : les minorités religieuses et le peuplement du Nouveau monde, XVe-XIXe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.59-74, 2024, Histoire et civilisations, 978-2-7574-4096-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Provence, pp.163-178, 2024, Collection Le Temps de l'histoire, 979-10-320-0500-2</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La duchesse d’Aiguillon, entre dévotion et compagnies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genre et investissement. La part des femmes dans les sociétés par actions à l’époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.73-87, 2024, 978-2-406-17424-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Moros, moriscos et berberiscos. Des Musulmans dans l’Amérique espagnole (XVIe-XVIIIe siècles)</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazarin et les compagnies françaises. Quelques réflexions sur le rôle des compagnies dans la politique maritime et coloniale du cardinal ministre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les premières compagnies dans l’Atlantique, 1600-1650, III. États et compagnies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.51-75, 2023, 978-3-8440-8332-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le legs de la Compagnie des Îles de l’Amérique (1626-1651)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saunier, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esclavage. Mémoires normandes. Les ports normands dans la traite atlantique (XV-XXIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Silvana Editoriale, pp.239-251, 2023, 978-88-366-5468-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La experiencia personal de los obispos e inquisidores en la administración de la fe en la península al servicio de la Iglesia de la Nueva España en el siglo XVI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Imízcoz Beunza, José María; Ochoa de Eribe, Javier; Artola Renedo. Andoni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Los entramados políticos y sociales en la España moderna : del orden corporativo-jurisdiccional al Estado liberal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fundación Española de Historia Moderna, pp.2299-2314, 2023, 978-84-949424-6-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contrats d’engagement maritime au XVIIe siècle avant et après Colbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Borde, Christian; Roulet, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’engagement maritime en France XVIe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.1-26, 2022, 978-3-8440-8333-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pittoresque maritime dans les récits de voyages vers les Antilles au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Podvin, Jean-Louis; Soussen, Claire. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le voyage, de l’Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.101-117, 2022, 978-3-8440-7731-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habitants, “nègres” et “sauvages”. La naissance de la société coloniale des petites Antilles françaises dans la première moiti » du XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cellier, Martine; Damerdji, Amina; Lloret, Sylvain. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La fabrique de la race dans la Caraïbe de l’époque moderne à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 11, Garnier, pp.91-110, 2021, Rencontres. Série Histoire, 978-2-406-11493-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’offense à Dieu et à ses serviteurs. Les sacrilèges des Indiens rebelles dans le Nord du Mexique au XVIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lezowski, Marie; Lignereux, Yann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matière à discorde. Les objets chrétiens dans les conflits modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.159-171, 2021, Histoire, 978-2-7535-8181-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El imperativo religioso en la implementación de la política de migración a las Américas de la monarquía francesa en el siglo XVII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nuria del Álamo Gómez; Eva María Picado Valverde. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dans Nuria del Álamo Gómez, Eva María Picado Valverde (dir.), Políticas públicas en defensa de la inclusión, la diversidad y el género III : migraciones y derechos humanos, Salamanque, Ediciones Universidad de Salamanca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ediciones Universidad de Salamanca, pp.399-413, 2021, 978-84-1311-467-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les types de sociétés de commerce d’après l’ordonnance de 1673</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Borde, Christian; Roulet, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les actes de sociétés XVIe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Shaker Verlag, pp.39-63, 2021, Les sources de l'histoire maritime, 978-3-8440-7729-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le personnel des premiers conseils souverains dans les Antilles au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mari, Éric de; Wenzel, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La magistrature ultramarine au temps du Premier Empire colonial (1500-1800) : statuts, carrières, influences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions universitaires de Dijon, pp.21-38, 2020, Histoires, 978-2-36441-363-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cité rêvée des franciscains de la Nouvelle-Espagne au XVIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Demeyer, Lise; Escudero, Xavier; Pouzet Michel, Isabelle; Rolland, Marc; Santini, Benoît. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chili, Mexique et Républiques latino-américaines : entre Histoire et imaginaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.121-141, 2020, 978-3-8440-7684-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le portefeuille de François Fouquet. Les investissements dans les compagnies de commerce et de colonisation d’un homme influent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roulet, Éric. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Partir aux Amériques : les minorités religieuses et le peuplement du Nouveau monde, XVe-XIXe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.59-74, 2024, Histoire et civilisations, 978-2-7574-4096-4</w:t>
+              <w:t xml:space="preserve">Les premières compagnies dans l'Atlantique 1600-1650. II, Actionnariat et stratégies d'investissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.79-94, 2020, Le Monde des compagnies, 978-3-8440-7497-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.73-87, 2024, 978-2-406-17424-0</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les premières entreprises sucrières dans les Antilles françaises et anglaises (des années 1630 aux années 1670)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laloux, Ludovic; Michon, David. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Industries sucrières à travers le monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, Presses universitaires de Valenciennes, pp.17-28, 2020, Monde du travail, 978-2-36424-086-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Manchester university Press, pp.91-107, 2024, Seventeenth- and Eighteenth-Century Studies, 978-1-5261-6733-0</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La régulation des fêtes par les municipalités indigènes en Nouvelle-Espagne au XVIe siècle. Le cas des fêtes de Corpus Christi à Tlaxcala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grunberg, Bernard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les fêtes en Amérique coloniale / séminaire d'histoire de l'Amérique coloniale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, l'Harmattan, pp.49-61, 2020, Cahiers d'histoire de l'Amérique coloniale, 978-2-343-20245-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, HisMundI, pp.31-54, 2024, Historia del Mundo Ibérico: Del Antiguo Régimen a las Independencias, 978-84-19024-83-1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvar a las almas, conmover y llegar a los corazones. Predicar el evangelio en los pueblos indígenas de Nueva España en el siglo XVI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">García-Garrido, Manuela-Águeda; Truchuelo García, Susana; Garau Amengual, Jaume; Testino-Zafiropoulos, Alexandra. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espada de Dios y aliento de la nobleza: el ministerio de la palabra en la España moderna (siglos XV-XVIII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 14, Editorial Sindéredis, pp.211-228, 2020, Colección Instituto de Estudios Hispánicos en la Modernidad (IEHM), 978-84-18206-30-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Shaker Verlag, pp.51-75, 2023, 978-3-8440-8332-3</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamy et les peintures indigènes ou la promotion d’une source historique pour l’étude des anciens Indiens du Mexique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grunberg, Bernard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les fêtes en Amérique coloniale / séminaire d'histoire de l'Amérique coloniale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, L'Harmattan, pp.265-280, 2020, Cahiers d'histoire de l'Amérique coloniale, 978-2-343-20245-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Silvana Editoriale, pp.239-251, 2023, 978-88-366-5468-0</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicissitude d’une fondation portuaire aux Amériques : Vera Cruz au XVIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Llinares, Sylviane; Saupin, Guy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ports nouveaux : création et renaissance du XVe au XXIe siècle, Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.45-61, 2020, Hors-série, 978-2-7535-7979-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Fundación Española de Historia Moderna, pp.2299-2314, 2023, 978-84-949424-6-4</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations entre Français, Caraïbes et Anglais aux Petites Antilles, 1625-1660</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Schnakenbourg, Éric; Ternat, François. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une diplomatie des lointains : la France face à la mondialisation des rivalités internationales, XVIIe-XVIIIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.187-202, 2020, Histoire (Rennes), 978-2-7535-8007-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Shaker Verlag, pp.101-117, 2022, 978-3-8440-7731-5</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intervention de la flotte de don Fadrique de Tolède dans les Petites Antilles en 1629</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guibert, Jean-Sébastien; Lesueur, Boris; AIHP-GEODE (Schoelcher, Martinique). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Navigations militaires aux Antilles (1620-1820) / Journées d'études organisées au sein du laboratoire AIHP-GEODE en octobre 2017 sur le campus de Schoelcher, de l'Université des Antilles.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, pp.25-41, 2019, Histoire maritime des Antilles, 978-2-343-17297-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Shaker Verlag, pp.1-26, 2022, 978-3-8440-8333-0</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Podvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Podvin, Jean-Louis; Roulet, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des forts et des ports. Hommages à Joëlle Napoli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.5-10, 2019, 9783844070217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, PUR, pp.159-171, 2021, Histoire, 978-2-7535-8181-4</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bal des ambitieux. Deux cas de rébellion de gouverneurs dans les Antilles françaises et anglaises au milieu du XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roulet, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les colons contre l'Empire : les contestations dans l'Amérique franco-anglaise du XVIIe et du XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.17-42, 2019, 978-3-8440-7022-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Ediciones Universidad de Salamanca, pp.399-413, 2021, 978-84-1311-467-5</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique de fortifications des Français dans les Petites Antilles au XVIIe et au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Podvin, Jean-Louis; Roulet, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des forts et des ports : hommages à Joëlle Napoli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Shaker Verlag, pp.109-121, 2019, ‎978-3-8440-7021-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 3, Shaker Verlag, pp.39-63, 2021, Les sources de l'histoire maritime, 978-3-8440-7729-2</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les investissements des marchands dieppois aux Antilles au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michon, Bernard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Européens et les Antilles (XVIIe-début du XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.115-129, 2019, Enquêtes et documents (Centre de recherches en histoire internationale et atlantique), 978-2-7535-7701-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 11, Garnier, pp.91-110, 2021, Rencontres. Série Histoire, 978-2-406-11493-2</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Portugais de Nantes et les Petites Antilles françaises dans la première moitié du XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Acerra, Martine; Michon, Bernard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizons atlantiques : villes, négoces, pouvoirs : [mélanges offerts à Guy Saupin]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.315-320, 2019, 978-2-7535-7811-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Shaker Verlag, pp.121-141, 2020, 978-3-8440-7684-4</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lengua de la predicación en la Nueva España en el siglo XVI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernat, Hernández. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transocéanos, viajes culturales en los mundos conocidos (siglos XVI-XVIII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro para la edición de los clásicos españoles/universidad autónoma de Barcelona, pp.229-248, 2019, 978-84-09-17444-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Shaker Verlag, pp.79-94, 2020, Le Monde des compagnies, 978-3-8440-7497-0</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barcos y exploración de las costas de Nueva España. Un preámbulo a la Conquista</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">González Cruz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Barcos y construcción naval entre el Atlántico y el Mediterráneo en la época de los descubrimientos (siglos XV y XVI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consejo Superior de Investigaciones Científicas - CSIC, pp.247-270., 2018, Biblioteca de historia, 978-84-00-10425-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 8, Presses universitaires de Valenciennes, pp.17-28, 2020, Monde du travail, 978-2-36424-086-5</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poincy, rebelle et séditieux devant ses juges 1646-1649</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Salinero, Gregorio; García-Garrido, Manuela-Águeda; Păun, Răducu-Gabriel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paradigmes rebelles. Pratiques et cultures de la désobéissance à l’époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P.I.E. Peter Lang, pp.589-610, 2018, 978-2-8076-0712-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 14, Editorial Sindéredis, pp.211-228, 2020, Colección Instituto de Estudios Hispánicos en la Modernidad (IEHM), 978-84-18206-30-6</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les listes des actionnaires des grandes compagnies françaises au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Salinero, Gregorio; Melón Jiménez, Miguel Ángel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le temps des listes : représenter, savoir et croire à l'époque moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.265-279, 2018, Histoire des mondes modernes, 978-2-8076-0536-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 8, l'Harmattan, pp.49-61, 2020, Cahiers d'histoire de l'Amérique coloniale, 978-2-343-20245-7</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rivalité des juridictions au XVIIe siècle dans les Antilles françaises. Conseil de guerre vs Conseil souverain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wenzel, Éric; De Mari, Éric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justices spécialisées et justices d’exception dans l’espace colonial (XVIe-XXe siècle) : la balance déséquilibrée de Thémis ultramarine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Universitaires de Dijon, pp.55-67, 2018, 978-2-36441-282-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...982 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barcos y exploración de las costas de Nueva España. Un preámbulo a la Conquista</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+                <w:t xml:space="preserve">« Pluralité et complémentarité des modes de financement du commerce privilégié au XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’Association française d’histoire économique (AFHé)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française d’histoire économique, Nov 2025, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04319731v1</w:t>
+                <w:t xml:space="preserve">hal-05547828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« El dinero de las mujeres. Las mujeres accionistas en las compañías francesas en la época moderna »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jornadas Internacionales : Transversalizando la Historia: Formación, trabajo y derechos de las mujeres en la Edad Moderna y Contemporánea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Jaen, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les compagnies privilégiées sont-elles des agents de l’État ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude : Regard sur les sources et les discours des juristes, théoriciens de l’État royal, des serviteurs et de leur entourage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El tiempo de las compañías de comercio francesas en el imperio español de América (fin del siglo XVII-principios del siglo XVIII). Entre oportunidades y contratamiento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XX jornadas internacionales de historia de las monarquías ibéricas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Red columnaria, Dec 2025, Medellin, Colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Las mujeres en las compañías francesas de comercio según las listas de los accionistas en los siglos XVII y XVIII »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international : Mujeres, negocios y finanzas: Un enfoque histórico a través de la educación, la economía y la legislación (siglos XVI-XIX)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Saint-jacques de Compostelle, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les statuts de la CIO au prisme du modèle hollandais »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude : Écrire l'histoire de la première Compagnie des Indes occidentales,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Le havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La irrupción de una compañía francesa en el comercio hispanoamericano. El caso de la “Compagnie de l’Assiente” 1701-1713 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Poderes, poli-centrismo y regulaciones comerciales en los espacios ibéricos: monopolios, privilegios y regímenes exclusivos (siglos XVII-XIX)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Mexico, México</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les projets de la Compagnie de Chine (1660)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Les Routes de la soie et les Échanges entre l'Orient et l'Occident de l'Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HLLI (Unité de Recherche sur l’Histoire, les Langues, les Littératures et l’Interculturel); IICS (International Institute of Chinese Studies), Dec 2021, Boulogne-sur-Mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les directeurs des compagnies et les ministres du roi à l'époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier Numériques, 685, 244 p., 2025, Rencontres, 978-2-406-18839-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18841-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05284850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routiers et instructions nautiques de l’antiquité à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Borde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shaker Verlag, 2025 (5), 210 p., 2025, Les sources de l'histoire maritime, 978-3-8440-9696-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05284874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Naissance du marché des valeurs en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Roulet. Classiques Garnier, 614, 202p., 2024, Rencontres, 978-2-406-16118-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16118-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04527634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partir aux Amériques. Les minorités religieuses et le peuplement du Nouveau Monde (XVe-XIXe siècles).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roulet, Éric; Choquette, Leslie; Codignola, Luca; Duchesne, Jonathan. Presses universitaires du Septentrion, 2024, Histoire et civilisations, 978-2-7574-4096-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et investissement : La part des femmes dans les sociétés par actions à l’époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier, 2024, 978-2-406-17424-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cacique et l'inquisiteur. Les Indiens de la Nouvelle-Espagne devant le tribunal du Saint-Office au XVIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Geste; Presses universitaires de Nouvelle Aquitaine. 2023, 979-10-353-2227-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les colons contre l'Empire : les contestations dans l'Amérique franco-anglaise du XVIIe et du XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shaker Verlag, 2019, 978-3-8440-7022-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conquistadores, négriers et inquisiteurs. Trois figures majeures du monde américain dominé par les Européens XVIe-XVIIIe siècle. Hommages à Bernard Grunberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2018, Recherches &amp; documents Amérique latine, 978-2-343-14880-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conquistadores, négriers et inquisiteurs : trois figures majeures du monde colonial américain, XVIe-XVIIIe siècles : hommages à Bernard Grunberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2018, Recherches &amp; documents Amérique latine, 978-2-343-14880-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Compagnie des îles de l’Amérique 1635-1651 : une entreprise coloniale au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes, 2017, Histoire, 978-2-7535-5541-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évangélisation des Indiens du Mexique : impact et réalité de la conquête spirituelle au XVIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes, 2008, 978-27-5353-074-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presentación : &amp;quot;Los doce y las lenguas: 500 años después de la llegada de los doce franciscanos en 1524</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adenda. Letras novohispanas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 (2), pp.1-13, 2024, Los doce y las lenguas: 500 años después de la llegada de los doce franciscanos en 1524</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fondation de la Bourse de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">notice générale du dossier « Fondation de la Bourse de Paris. 24 septembre 1724 »,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.france-memoire.fr/fondation-de-la-bourse-de-paris/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La créolisation du culte chrétien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie pour une histoire nouvelle de l’Europe [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, https://ehne.fr/node/3151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les idoles amérindiennes et les religieux européens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopédie pour une histoire nouvelle de l’Europe [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, https://ehne.fr/fr/node/21410</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4321,2907 +4946,2793 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conditions matérielles du passage des Français aux Antilles au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 34, pp.91-116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70551/MAJH3310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partir en Amérique. Les conditions de passage des Français aux îles de l’Amérique au XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Mer et mobilités (XIVe-XXe s.), 34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le départ des huguenots vers les Antilles françaises au XVIIe siècle : les raisons du voyage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 449, pp.43-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel De Waele, L’Affirmation du fait colonial dans les relations internationales. La guerre franco-anglaise de 1627-1629.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-septième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 302, pp.162-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dss.241.0162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Los Doce franciscanos, las lenguas y la Inquisición. El uso de las lenguas indígenas por los Doce en los juicios de la Inquisición (siglo XVI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adenda. Letras novohispanas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Los doce y las lenguas: 500 años después de la llegada de los doce franciscanos en 1524, 1 (2), pp.1-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu du livre : La colonisation de la Guyane (1626-1696) , volume 1 : 1626-1652, volume 2 : 1653-1696. Textes établis, présentés et annotés par Martijn Van Den Bel et Gérard Collomb, Paris Hermann, « Les collections de la République des Lettres », 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 447 (4), pp.441-444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdn.1447.0441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La domination comme expérience européenne et américaine à l’époque moderne, edited by David Chaunu and Séverin Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Early American History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2-3), pp.263-265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/18770703-13020006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Covo Entrepôt of Revolutions: Saint-Domingue, Commercial Sovereignty, and the French-American Alliance New York, Oxford University Press, 2022, xi + 304 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 78 (4), pp.825-828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/ahss.2024.16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04559323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de Guillaume Lelièvre, La Préhistoire de la Compagnie des Indes orientales, 1601-1622. Les Français dans la course aux épices , Caen, Presses universitaires de Caen, 2021, 430 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 707, pp.556-559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhis.233.0556⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Jacqueline de Durand-Forest. 2020. Pratiques religieuses et divinatoires des Aztèques. París: Les Belles Lettres.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estudios de Cultura Nahuatl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 63, pp.256-263</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Tomas M. Cohen, Jay T. Harrison, David Rex Galindo (éds.), Franciscans in Colonial Mexico, University of Oklahoma Press/The Academy of American Franciscan History, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archivum franciscanum historicum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 115, pp.570-572</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sédition de Beaufort à la Martinique (1646) : les colons face au pouvoir de la Compagnie, du gouverneur et de la métropole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire Sociale - Social History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (110), pp.1-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une estimation des coûts d’armement d’un navire pour les Antilles de 1663</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chronique d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 90, pp.33-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Pierre-Yves BEAUREPAiRE, Les Lumières et le Monde. voyager, explorer, collectionner, Paris, Belin, 2019, 322 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 437, pp.853-855. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdn.437.0845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Céline GENDRON , Le Papier voyageur. Provenance, circulation et utilisation en Nouvelle-France au XVIIe siècle. Paris, Hermann, Les Presses de l’université Laval, 2018, 386 p., 15 × 23 cm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-septième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 287, pp.359-361</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunkerque, port des Antilles ? Le projet de compagnie de commerce vers les îles de l’Amérique du subdélégué Nacquart de 1663</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (436), pp.603-625</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Lodewijk H ULSMAN , Martijn VAN DEN bEL, Les Hollandais à Cayenne. La présence néerlandaise en Guyane française (1655-1677), Matoury, Ibis rouge, 2019, 240 × 170 × 13 mm, 160 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 429, pp.172-173</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Borde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Financer l'entreprise maritime, 26, pp.13-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/KPAQ4431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aspects logistiques, financiers et juridiques du trafic vers les Petites Antilles françaises dans la première moitié du XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clio@Thémis : Revue électronique d'histoire du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Argent et marchandises en voyage Histoire juridique et financière (xiiie-xxe siècle), 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35562/cliothemis.428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Alain HUGON, La grande migration. De l’Espagne à l’Amérique, 1492-1700, Paris,Vendémiaire, 2019, 412 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 432, pp.862-863</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Romain BERTRAND (dir.), L’exploration du monde. Une autre histoire des grandes découvertes, Paris, seuil, 2019, 528 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 432, pp.860-861</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los cronistas indígenas y mestizos como fuentes históricas en las historias del siglo XVIII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuevas Indias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, pp.115-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5565/rev/nueind.23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La formation d’un savoir linguistique en Nouvelle-Espagne au XVIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Linguistique de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 112, pp.1-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La famille. L’habitation sucrière de la Compagnie des îles de l’Amérique à la Guadeloupe (1642-1649)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de l'Amérique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 69 (3), pp.35-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1035960ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dire et raconter la traversée de l’Atlantique au XVIIe siècle : les trois voyages de Jean-Baptiste Dutertre aux Antilles (1640-1656)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20, pp.205-227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/AJTA9680⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dire et raconter la traversée de l’Atlantique au XVIIe siècle. Les trois voyages de Jean-Baptiste Dutertre aux Antilles (1640-1656)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, La Marine nationale et la Première Guerre mondiale, 20, pp.205-227</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’utilisation des catéchismes en langues indigènes par les curés et vicaires d’Indiens dans l’archevêché de Mexico en 1569</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caravelle. Cahiers du monde hispanique et luso-brésilien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Citoyenneté et formes de violence : La violence de genre en Amérique latine, 102, pp.187-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/caravelle.865⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les capucins et les esclaves noirs de Saint-Christophe et de la Guadeloupe dans la première moitié du XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collectanea Franciscana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 82 (1-2), pp.239-251</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les capucins et les esclaves noirs de Saint-Christophe et de la Guadeloupe dans la première moitié du XVIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collectanea Franciscana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 82/1-2, p. 239-251</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche du Caraïbe perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Grunberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Histoire de l'Amérique Coloniale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Les Indiens des Petites Antilles. Des premiers peuplements aux débuts de la colonisation européenne, 5, pp.9-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02883561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pratique des langues indigènes chez les franciscains de la Nouvelle-Espagne au XVIe siècle (province du Santo Evangelio de Mexico, 1570)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caravelle. Cahiers du monde hispanique et luso-brésilien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Les indépendances en Amérique latine : des commémorations à l’histoire, 94, pp.221-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/caravelle.7907⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los caciques de Coatlán frente al cristianismo (Nueva España 1544)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Mer et mobilités (XIVe-XXe s.), 34</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asian Journal of Latin American Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 21-1, pp.97-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources historiques de Mariano Veitia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caravelle. Cahiers du monde hispanique et luso-brésilien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 74 (1), pp.61-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/carav.2000.1227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariano Veitia: une vision nouvelle de l’histoire indienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04853093v1</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 449, pp.43-62</w:t>
+                <w:t xml:space="preserve">Eric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estudios de Cultura Nahuatl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 27, pp.405-417</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dss.241.0162⟩</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essai sur la formation de la chronologie de l'Historia Antigua de México de Mariano Veitia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 81 (1), pp.143-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/jsa.1995.1586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...2283 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305254v1</w:t>
-              </w:r>
-[...112 lines deleted...]
-                <w:t xml:space="preserve">hal-04853045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les rapports entre les colons d’Amérique et la métropole (Mondes Sociaux)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/u9hs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId135"/>
+      <w:footerReference w:type="default" r:id="rId142"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7289,51 +7800,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2579F325"/>
+    <w:nsid w:val="566CC459"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7520,51 +8031,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-roulet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9843-1823" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/050815423" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/256757745" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000379040146" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284832v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Roulet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18841-4.p.0077" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284857v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18841-4.p.0149" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853086v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703446v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853089v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853096v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853082v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16118-9.p.0087" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853100v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703470v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853060v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703473v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853105v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278794v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278783v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853107v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278805v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278812v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278842v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278875v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278828v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278901v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278949v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278884v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278961v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279004v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278956v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278999v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319752v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278964v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Podvin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319744v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319746v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319741v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319737v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319748v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319740v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319736v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319729v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319735v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319731v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284850v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18841-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284874v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Borde" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527634v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16118-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703433v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853054v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305088v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279404v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319726v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279408v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279394v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279412v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roulet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853065v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278992v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278989v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986957v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/MAJH3310" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853051v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853093v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853091v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443242v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dss.241.0162" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443253v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.1447.0441" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559323v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2024.16" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332495v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.233.0556" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319704v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18770703-13020006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319713v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319714v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278880v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278861v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319710v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.437.0845" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319705v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278917v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319722v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279379v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/cliothemis.428" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319719v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05051315v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KPAQ4431" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319721v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279359v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279350v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/nueind.23" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279332v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035960ar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923313v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/AJTA9680" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279300v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305228v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caravelle.865" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305223v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03554136v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883561v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Grunberg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Delpuech" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305214v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caravelle.7907" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305286v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305266v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/carav.2000.1227" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305246v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305254v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jsa.1995.1586" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853045v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P&#233;rez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105940v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9hs" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eric-roulet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9843-1823" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/050815423" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/256757745" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000379040146" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284857v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Roulet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18841-4.p.0149" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284832v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18841-4.p.0077" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853105v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853086v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533948v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703446v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853089v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853096v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853082v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16118-9.p.0087" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853100v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703470v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853060v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278794v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853107v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278812v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278805v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278828v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278842v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278875v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278964v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278901v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278949v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278884v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279004v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278961v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278999v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278956v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319752v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319740v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Podvin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319744v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319741v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319748v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319731v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319736v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319729v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319735v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547828v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547838v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547813v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547823v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547846v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547852v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547863v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547803v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284850v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18841-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284874v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Borde" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527634v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16118-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703433v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853054v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305088v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279404v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319726v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279408v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279412v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Roulet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853045v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P&#233;rez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853065v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278992v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278989v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986957v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/MAJH3310" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853093v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853091v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443242v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dss.241.0162" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853051v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443253v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.1447.0441" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319704v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18770703-13020006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559323v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2024.16" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332495v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.233.0556" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319713v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319714v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278880v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278861v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319710v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.437.0845" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319705v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278917v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319722v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05051315v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KPAQ4431" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279379v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/cliothemis.428" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319719v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319721v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279350v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/nueind.23" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279359v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279332v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035960ar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923313v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/AJTA9680" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279300v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305228v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caravelle.865" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305223v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03554136v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883561v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Grunberg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Delpuech" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305214v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caravelle.7907" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305286v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305266v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/carav.2000.1227" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305246v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305254v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jsa.1995.1586" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105940v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u9hs" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>